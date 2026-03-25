--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -75,51 +75,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (48)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -243,416 +243,416 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05384159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EMG feature extraction and muscle selection for continuous upper limb movement regression</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Preliminary evaluation of a passive upper-limb exoskeleton based on a new spring design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel-Ange Amorim</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kevin Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Albouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vignais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berenger Le Tellier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedical Signal Processing and Control</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04871025v1</w:t>
+                <w:t xml:space="preserve">hal-05384163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary evaluation of a passive upper-limb exoskeleton based on a new spring design</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estimating center of mass kinematics from an instrumented athletic track: a preliminary study for long jump analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Remy Roinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Berenger Le Tellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ergonomics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2025 - 49th congress of the Société de Biomécanique, pp.1-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/mbj.14553⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05384163v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04738042v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimating center of mass kinematics from an instrumented athletic track: a preliminary study for long jump analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Remy Roinson</w:t>
+                <w:t xml:space="preserve">EMG feature extraction and muscle selection for continuous upper limb movement regression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Quesada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Verdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Boucher</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michel-Ange Amorim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 2025 - 49th congress of the Société de Biomécanique, pp.1-3. </w:t>
+              <w:t xml:space="preserve">Biomedical Signal Processing and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 103, pp.107323. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/mbj.14553⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bspc.2024.107323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04738042v2</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discriminating sensorimotor performance in elite football players: a comparative study of reactive and planned agility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Poquerusse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rufin Boumpoutou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -719,1114 +719,1114 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191752v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markerless motion capture for biomechanical analysis of running: influence of number and configuration of cameras</w:t>
+                <w:t xml:space="preserve">How task-relevant vibratory feedback from an active exoskeleton can lead to ergonomic postures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Roinson</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Waldez Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Quesada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Berret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Verdel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/mbj.16200⟩</w:t>
+              <w:t xml:space="preserve">Communications Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4 (215), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s44172-025-00552-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05191753v2</w:t>
+                <w:t xml:space="preserve">hal-05384168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextual cues and stance decision-making in tennis forehand professional tennis players</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A size-adjustable instrumented track to measure vertical ground reaction forces: a validation study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Remy Roinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Karamanoukian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Teulier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International journal of Sports Science and Coaching</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/17479541251388815⟩</w:t>
+              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (10), pp.16720-16725. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSEN.2025.3552967⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05333648v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04992446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How task-relevant vibratory feedback from an active exoskeleton can lead to ergonomic postures</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Contextual cues and stance decision-making in tennis forehand professional tennis players</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Triolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Delabarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dorian Verdel</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Teulier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s44172-025-00552-w⟩</w:t>
+              <w:t xml:space="preserve">International journal of Sports Science and Coaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/17479541251388815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05384168v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05333648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A size-adjustable instrumented track to measure vertical ground reaction forces: a validation study</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Human movement modifications induced by different levels of transparency of an active upper limb exoskeleton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Verdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Farr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Devienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Berret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 25 (10), pp.16720-16725. </w:t>
+              <w:t xml:space="preserve">Frontiers in Robotics and AI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11, pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JSEN.2025.3552967⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/frobt.2024.1308958⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04992446v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04422454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human movement modifications induced by different levels of transparency of an active upper limb exoskeleton</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Physical Ergonomic Assessment in Cleaning Hospital Operating Rooms Based on Inertial Measurement Units</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Farr</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Daniel Koskas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Robotics and AI</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/frobt.2024.1308958⟩</w:t>
+              <w:t xml:space="preserve">Bioengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (2), pp.154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/bioengineering11020154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04422454v1</w:t>
+                <w:t xml:space="preserve">hal-04445127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical Ergonomic Assessment in Cleaning Hospital Operating Rooms Based on Inertial Measurement Units</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mechanomyographic Analysis for Muscle Activity Assessment during a Load-Lifting Task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Correa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Koskas</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Maxime Projetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle A. Siegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioengineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/bioengineering11020154⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (18), pp.7969. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s23187969⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04445127v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04448990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The contribution of multibody optimization when using inertial measurement units to compute lower-body kinematics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonie Pacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Vauzelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Fradet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 111, pp.103927. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.medengphy.2022.103927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04290928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanomyographic Analysis for Muscle Activity Assessment during a Load-Lifting Task</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Correa</w:t>
+                <w:t xml:space="preserve">Reoptimization of single-joint motor patterns to non-Earth gravity torques induced by a robotic exoskeleton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Verdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Projetti</w:t>
+                <w:t xml:space="preserve">Simon Bastide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle A. Siegler</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Franck Geffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 23 (18), pp.7969. </w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (11), pp.108350. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s23187969⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.108350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04448990v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04280388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reoptimization of single-joint motor patterns to non-Earth gravity torques induced by a robotic exoskeleton</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluation of a Passive Upper Limb Exoskeleton in Healthcare Workers during a Surgical Instrument Cleaning Task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Bastide</w:t>
+                <w:t xml:space="preserve">Bastien Arnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Farr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Geffard</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Vincent Boccara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 26 (11), pp.108350. </w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 20 (4), pp.3153. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.108350⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijerph20043153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04280388v1</w:t>
+                <w:t xml:space="preserve">hal-04289983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Trade-Off between Complexity and Interaction Quality for Upper Limb Exoskeleton Interfaces</w:t>
               </w:r>
@@ -1864,51 +1864,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 23 (8), pp.4122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1981,51 +1981,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sahm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2066,1413 +2066,1413 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04238211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a Passive Upper Limb Exoskeleton in Healthcare Workers during a Surgical Instrument Cleaning Task</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Reliability and sensitivity of MMG and EMG signals during isometric contractions of upper limb muscles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Correa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Projetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle A. Siegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph20043153⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 25, pp.S76-S77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2022.2116885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289983v1</w:t>
+                <w:t xml:space="preserve">hal-04448978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability and sensitivity of MMG and EMG signals during isometric contractions of upper limb muscles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Correa</w:t>
+                <w:t xml:space="preserve">Human Weight Compensation With a Backdrivable Upper-Limb Exoskeleton: Identification and Control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Verdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Projetti</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Simon Bastide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10255842.2022.2116885⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, pp.796864. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fbioe.2021.796864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04448978v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03638977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human Weight Compensation With a Backdrivable Upper-Limb Exoskeleton: Identification and Control</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">The design and evaluation of electromyography and inertial biofeedback in hand motor therapy gaming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Macintosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Fay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Musielak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fbioe.2021.796864⟩</w:t>
+              <w:t xml:space="preserve">Assistive Technology: The Offical Journal of RESNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (2), pp.213-221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10400435.2020.1744770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03638977v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02570258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The design and evaluation of electromyography and inertial biofeedback in hand motor therapy gaming</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Validation of Instrumented Football Shoes to Measure On-Field Ground Reaction Forces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Karamanoukian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assistive Technology: The Offical Journal of RESNA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10400435.2020.1744770⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (10), pp.3673. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s22103673⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02570258v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of Instrumented Football Shoes to Measure On-Field Ground Reaction Forces</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Influence of the Physical Interface on the Quality of Human–Exoskeleton Interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Verdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sahm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bastide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Berret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s22103673⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Human-Machine Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/THMS.2022.3175415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04289880v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03689018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the Physical Interface on the Quality of Human–Exoskeleton Interaction</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A classification and calibration procedure for gesture specific home-based therapy exercise in young people with cerebral palsy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Macintosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vignais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Desailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elaine A. Biddiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Human-Machine Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Neural Systems and Rehabilitation Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29, pp.144--155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/THMS.2022.3175415⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TNSRE.2020.3038370⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03689018v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03059940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A classification and calibration procedure for gesture specific home-based therapy exercise in young people with cerebral palsy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Natural human postural oscillations enhance the empathic response to a facial pain expression in a virtual character</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Treal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Jackson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeuvrey Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Vincent Vigneron</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Meugnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Neural Systems and Rehabilitation Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TNSRE.2020.3038370⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-91710-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03059940v1</w:t>
+                <w:t xml:space="preserve">hal-03466781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural human postural oscillations enhance the empathic response to a facial pain expression in a virtual character</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">An Identification-Based Method Improving the Transparency of a Robotic Upper Limb Exoskeleton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Verdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bastide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aurore Meugnot</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-91710-5⟩</w:t>
+              <w:t xml:space="preserve">Robotica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0263574720001459⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03466781v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03638967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Identification-Based Method Improving the Transparency of a Robotic Upper Limb Exoskeleton</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">A biofeedback-enhanced therapeutic exercise video game intervention for young people with cerebral palsy: A randomized single-case experimental design feasibility study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Macintosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Desailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bastien Berret</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elaine Biddiss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0263574720001459⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (6), pp.e0234767. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0234767⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03638967v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02878320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A biofeedback-enhanced therapeutic exercise video game intervention for young people with cerebral palsy: A randomized single-case experimental design feasibility study</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Evaluation of a virtual reality head mounted display as a tool for posture assessment in digital human modelling software</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Rizzuto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael W.L. Sonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Elaine Biddiss</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Keir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0234767⟩</w:t>
+              <w:t xml:space="preserve">Applied Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 79, pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apergo.2019.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02878320v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04284277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a virtual reality head mounted display as a tool for posture assessment in digital human modelling software</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael Rizzuto</w:t>
+                <w:t xml:space="preserve">Analysing human-exoskeleton interaction: on the human adaptation to modified gravito-inertial dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bastide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael W.L. Sonne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Vignais</w:t>
+                <w:t xml:space="preserve">N. Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Keir</w:t>
+                <w:t xml:space="preserve">F. Geffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Ergonomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 79, pp.1-8. </w:t>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 22 (sup1), pp.S507-S509. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apergo.2019.04.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2020.1714999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04284277v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04262540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balance control during stance - A comparison between horseback riding athletes and non-athletes</w:t>
               </w:r>
@@ -3484,51 +3484,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Viseu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vuillerme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3569,2530 +3569,2413 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04282941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysing human-exoskeleton interaction: on the human adaptation to modified gravito-inertial dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simon Bastide</w:t>
+                <w:t xml:space="preserve">Biofeedback interventions for individuals with cerebral palsy: a systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Macintosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Vignais</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bastien Berret</w:t>
+                <w:t xml:space="preserve">Emily Lam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vignais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elaine Biddiss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10255842.2020.1714999⟩</w:t>
+              <w:t xml:space="preserve">Disability and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 41 (20), pp.2369--2391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09638288.2018.1468933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04262540v1</w:t>
+                <w:t xml:space="preserve">hal-01790612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biofeedback interventions for individuals with cerebral palsy: a systematic review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexander Macintosh</w:t>
+                <w:t xml:space="preserve">Ergonomic Testing for the Design of an Innovative Mail Delivery Vehicle: A Physical Mock-up Case Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emily Lam</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Elaine Biddiss</w:t>
+                <w:t xml:space="preserve">Francois Ranger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Sagot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Disability and Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09638288.2018.1468933⟩</w:t>
+              <w:t xml:space="preserve">Journal of Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 08 (02), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4172/2165-7556.1000228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01790612v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03162607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ergonomic Testing for the Design of an Innovative Mail Delivery Vehicle: A Physical Mock-up Case Study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Biofeedback intervention effects for people with cerebral palsy: Insights from a systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Macintosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Francois Ranger</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elaine Biddiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Claude Sagot</w:t>
+                <w:t xml:space="preserve">Éric Desailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Ergonomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 08 (02), </w:t>
+              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 61, pp.e318 - e319. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4172/2165-7556.1000228⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rehab.2018.05.743⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03162607v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04887421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biofeedback intervention effects for people with cerebral palsy: Insights from a systematic review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physical risk factors identification based on body sensor network combined to videotaping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vignais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Macintosh</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Vincent Vigneron</w:t>
+                <w:t xml:space="preserve">Fabien Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Desailly</w:t>
+                <w:t xml:space="preserve">Gérard Touvenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Sagot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rehab.2018.05.743⟩</w:t>
+              <w:t xml:space="preserve">Applied Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 65, pp.410-417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apergo.2017.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04887421v1</w:t>
+                <w:t xml:space="preserve">hal-03162573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biofeedback interventions for people with cerebral palsy: A systematic review protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Macintosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaine Biddiss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systematic Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13643-017-0405-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03515021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical risk factors identification based on body sensor network combined to videotaping</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Virtual Environments for Sport Analysis: Perception-Action Coupling in Handball Goalkeeping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Touvenot</w:t>
+                <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Sagot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cathy Craig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Multon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Ergonomics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Virtual Reality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 08 (4), pp.43-48</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03162573v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01530485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual Environments for Sport Analysis: Perception-Action Coupling in Handball Goalkeeping</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Which technology to investigate visual perception in sport: Video vs. virtual reality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Kulpa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Presse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Virtual Reality</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Human Movement Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 39, pp.12-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.humov.2014.10.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01530485v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01095548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which technology to investigate visual perception in sport: Video vs. virtual reality</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Analysis of the musculoskeletal system of the hand and forearm during a cylinder grasping task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Presse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoit Bideau</w:t>
+                <w:t xml:space="preserve">Frédéric Marin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Movement Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 39, pp.12-26. </w:t>
+              <w:t xml:space="preserve">International Journal of Industrial Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 44 (4), pp.535-543. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.humov.2014.10.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ergon.2014.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01095548v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04885199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the musculoskeletal system of the hand and forearm during a cylinder grasping task</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">The influence of muscle action on joint loading during dynamic finger pressing tasks in an open-source modelling environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Macintosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Marin</w:t>
+                <w:t xml:space="preserve">David Cocchiarella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aaron Kociolek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Keir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Industrial Ergonomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ergon.2014.03.006⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Human Factors Modelling and Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (3/4), pp.162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJHFMS.2014.067165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04885199v1</w:t>
+                <w:t xml:space="preserve">hal-04877617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of muscle action on joint loading during dynamic finger pressing tasks in an open-source modelling environment</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Innovative system for real-time ergonomic feedback in industrial manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Cocchiarella</w:t>
+                <w:t xml:space="preserve">Markus Miezal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aaron Kociolek</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gabriele Bleser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katharina Mura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominic Gorecky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Human Factors Modelling and Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1504/IJHFMS.2014.067165⟩</w:t>
+              <w:t xml:space="preserve">Applied Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 44 (4), pp.566-574. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apergo.2012.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04877617v1</w:t>
+                <w:t xml:space="preserve">hal-04863442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovative system for real-time ergonomic feedback in industrial manufacturing</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Démarche Qualité En Laboratoire de Recherche Biomédicale~: Application Pour l'analyse Quantifiée de La Marche (AQM)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominic Gorecky</w:t>
+                <w:t xml:space="preserve">E. Rouzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Paucton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Farges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Fradet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Ergonomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apergo.2012.11.008⟩</w:t>
+              <w:t xml:space="preserve">IRBM News</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 33 (4), pp.86--89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.irbmnw.2012.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04863442v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04435890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Démarche Qualité En Laboratoire de Recherche Biomédicale~: Application Pour l'analyse Quantifiée de La Marche (AQM)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">G. Farges</w:t>
+                <w:t xml:space="preserve">Influence of the graphical levels of detail of a virtual thrower on the perception of the movement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vignais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Kulpa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Fradet</w:t>
+                <w:t xml:space="preserve">Cathy M. Craig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Multon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IRBM News</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 33 (4), pp.86--89. </w:t>
+              <w:t xml:space="preserve">Presence: Teleoperators and Virtual Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 19 (3), pp.243-252. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.irbmnw.2012.06.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1162/pres.19.3.243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04435890v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual thrower versus real goalkeeper: The influence of different visual conditions on performance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Using Virtual Reality to Analyze Sports Performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Kulpa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Multon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Presence: Teleoperators and Virtual Environments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1162/PRES_a_00003⟩</w:t>
+              <w:t xml:space="preserve">IEEE Computer Graphics and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 30 (2), pp.14-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MCG.2009.134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03515062v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00536605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the graphical levels of detail of a virtual thrower on the perception of the movement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Virtual thrower versus real goalkeeper: The influence of different visual conditions on performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Kulpa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy M. Craig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bideau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Presence: Teleoperators and Virtual Environments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 19 (3), pp.243-252. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1162/pres.19.3.243⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 19 (4), pp.281-290. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/PRES_a_00003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03515034v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Virtual Reality to Analyze Sports Performance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+                <w:t xml:space="preserve">Virtual thrower vs. real goalkeeper: influence of different visual conditions on performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vignais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Kulpa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Craig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Computer Graphics and Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Presence: Teleoperators and Virtual Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, To appear</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00536605v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00536615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual thrower vs. real goalkeeper: influence of different visual conditions on performance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Does the level of graphical detail of a virtual handball thrower influence a goalkeeper's motor response?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy M. Craig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Multon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Presence: Teleoperators and Virtual Environments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, To appear</w:t>
+              <w:t xml:space="preserve">Journal of Sports Science and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 8 (4), pp.501-508</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00536615v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03515024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does the level of graphical detail of a virtual handball thrower influence a goalkeeper's motor response?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Virtual reality, a serious game for understanding behavior and training players in sport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Kulpa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Multon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sports Science and Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 8 (4), pp.501-508</w:t>
+              <w:t xml:space="preserve">IEEE Computer Graphics and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03515024v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00431443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virtual Environments for Sport Analysis: Perception-Action Coupling in Handball Goalkeeping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Craig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Multon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Virtual Reality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00431419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual reality, a serious game for understanding behavior and training players in sport</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+                <w:t xml:space="preserve">Virtual Environments for Sport Analysis: Perception-Action Coupling in Handball Goalkeeping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vignais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Craig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...124 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Multon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International journal of virtual reality</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 8 (4), pp.43-48. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.20870/IJVR.2009.8.4.2748⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04783706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6102,1865 +5985,1865 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La MMG comme outil d’évaluation de la fatigue musculaire: une étude exploratoire</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Spatiotemporal Analysis of the Lineout in Rugby Union</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clélia Boulati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Sorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Szarzewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle A. Siegler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOFAMEA 2025 - XXIIIe congrès de la Société francophone d'analyse du mouvement chez l'enfant et l'adulte</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">ISB 2025 - XXX Congress of the Interntional Society of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04896003v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05316175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatiotemporal Analysis of the Lineout in Rugby Union</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A methodology based on virtual environments to assess and prevent musculoskeletal disorder risks in industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Robillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clélia Boulati</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Estelle Chin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISB 2025 - XXX Congress of the Interntional Society of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">XR 2025 - Colloque « La XR en mouvement »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05316175v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05332022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A methodology based on virtual environments to assess and prevent musculoskeletal disorder risks in industry</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">La MMG comme outil d’évaluation de la fatigue musculaire: une étude exploratoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Correa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Projetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle A. Siegler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XR 2025 - Colloque « La XR en mouvement »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Limoges, France</w:t>
+              <w:t xml:space="preserve">SOFAMEA 2025 - XXIIIe congrès de la Société francophone d'analyse du mouvement chez l'enfant et l'adulte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05332022v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04896003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity of an embedded Sensor-Based method for Joint Moment Calculation in Cycling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Removing motion artifacts from mechanomyographic signals: an innovative filtering method applied to human movement analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Correa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Fradet</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle A. Siegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Projetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISB 2025 – XXX Congress of the International Society of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society of Biomechanics (ISB), Jul 2025, Stockholm, Sweden</w:t>
+              <w:t xml:space="preserve">EMBC 2025 - 47th Annual International Conference of the IEEE Engineering in Medicine and Biology Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Copenhagen, Denmark. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05316187v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05225934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Removing motion artifacts from mechanomyographic signals: an innovative filtering method applied to human movement analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Sensitivity of an embedded Sensor-Based method for Joint Moment Calculation in Cycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chevallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maxime Projetti</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Fradet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBC 2025 - 47th Annual International Conference of the IEEE Engineering in Medicine and Biology Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Copenhagen, Denmark. pp.1-6</w:t>
+              <w:t xml:space="preserve">ISB 2025 – XXX Congress of the International Society of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society of Biomechanics (ISB), Jul 2025, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05225934v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05316187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effort generation capabilites mapping for personalized robotic assistance of the elbow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Gallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Manzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICORR 2025 - IEEE International Conference on Rehabilitation Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Chicago, United States. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICORR66766.2025.11063068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04926088v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of anteroposterior ground reaction forces from the vertical component through a deep learning approach: A preliminary study for running activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Roinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Karamanoukian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IBS 2025 - Congress of the International Society of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05326298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commande partagée par cartographie musculaire pour l’assistance du membre supérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Gallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Manzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Babel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SOFAMEA 2025 - XXIIIe Congrès de la Société Francophone d'Analyse du Mouvement chez l'Adulte et l'Enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04897551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repeatability of kinematics and kinetics data in cycling using wearable sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Fradet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 - 50ème congrès de la Société de Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Marseille (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05333608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personalizing the assistive law of an upper-limb exoskeleton based on simulation and experimental data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Treussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Geffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PREMUS 2025 - 12th International Scientific Conference on the Prevention of Work-Related Musculoskeletal Disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Tubingen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05333646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of EMG signal processing on accuracy and latency of motor intention prediction</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Validation métrologique d'une plateforme stabilométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Wack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vignais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Gouelle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neural Control of Movement (2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Society for the Neural Control of Movement, Apr 2024, Dubrovnik, Croatia</w:t>
+              <w:t xml:space="preserve">SOFPEL 2024 - 30ème éditions du congrès de la Société Francophone Posture Équilibre et Locomotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04894855v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04895997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation métrologique d'une plateforme stabilométrique</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Impact of EMG signal processing on accuracy and latency of motor intention prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Quesada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Verdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Berret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Ange Amorim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOFPEL 2024 - 30ème éditions du congrès de la Société Francophone Posture Équilibre et Locomotion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Neural Control of Movement (2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society for the Neural Control of Movement, Apr 2024, Dubrovnik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04895997v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04894855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring fatigue-induced ground reaction forces variations among professional football players using an instrumented pair of football shoes: a two-phase study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Karamanoukian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 IEEE International Workshop on Sport, Technology and Research (STAR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Lecco, Italy. pp.181-186, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/star62027.2024.10635982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04699175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of a Wireless 3D Pedal Sensor for Measuring Foot-Pedal Interaction Forces during cycling: Comparison with Conventional Sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Fradet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Boucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French Society of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Compiègne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04895993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetic-based method for long jump performance analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Roinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04895999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convergence and robustness of the Hopf oscillator applied to an ABLE exoskeleton: reachability analysis and experimentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelwaheb Hafs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Verdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jawher Jerray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modélisation des Systèmes Réactifs (MSR'23)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS, Nov 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04465224v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of EMG-to-torque models using an upper-limb exoskeleton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Quesada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7982,258 +7865,258 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Ange Amorim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48e Congrès de la Société de Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société de Biomécanique, Oct 2023, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04204184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preventing Injuries through Embedded sensors - Application in Soccer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Karamanoukian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Labbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International Conference of Indian Society of sports and Exercise Medicine, ISSEMCON 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Virtual conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04889797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human-Exoskeleton Interfaces Design and their Impact on Interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Verdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sahm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bastide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8252,113 +8135,113 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Workshop on Integrating Multidisciplinary Approaches to Advance Physical Human-Robot Interaction: Challenges of Interfacing Wearable Robots with the Human Neuromotor System, ICRA 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Philadelphia, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04253255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An identification method to improve the transparency of an exoskeleton: development and validation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Verdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bastide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8373,817 +8256,817 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19e Congrès International Association des Chercheurs en Activités Physiques et Sportives (ACAPS) 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives (ACAPS), Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04289702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of fatigue on ground reaction forces measured through embedded sensors in football shoes during a constant velocity run: a preliminary study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Karamanoukian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-P Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04289669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de l’utilisation d’un dispositif d’assistance physique pour des mouvements impliquant des flexions de tronc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakaria Jelti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bastide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pol Le Borgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Slangen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ERGO'IA 2021 - De l’Interaction Homme-Machine à la Relation Homme-Machine, comment concevoir des systèmes performants et éthiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Bidart, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03365466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fear-Avoidance Belief Questionnaire, motor control and dynamic electromyography in case of patients with chronic Low Back Pain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick A. Delpierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guêné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Aupetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46ème Congrès Société Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Saint-Etienne (FR), France. pp.S1-S325, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2021.1978758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04889772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving and quantifying the transparency of an upper-limb robotic exoskeleton with a force sensor and electromyographic measures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Verdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bastide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46e Congrès Société Biomécanique, Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03643957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of on-field ground reaction forces measured through force sensors embedded into a football shoe: a preliminary study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Karamanoukian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-P Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CongrèsAssociation des Chercheurs en Activités Physiques et Sportives (ACAPS) 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives (ACAPS), 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04289714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Football shoes measuring on-field ground reaction forces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Karamanoukian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04889793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of a new control law improving the transparency of an exoskeleton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Verdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bastide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9198,4575 +9081,4575 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICRA 2020 Workshop "Integrating Multidisciplinary Approaches to Advance Physical Human-Robot Interaction"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04279858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preventing musculoskeletal disorders with on-body sensors and real-time biofeedback</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">National Tsing Hua University &amp; Université Paris-Saclay Bilateral Virtual Symposium: Biomedical Smart Devices and Characterization Tools</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Virtual conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04889743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-body sensors for ergonomic analysis: influence of supports for order picking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Castanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French Society of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Poitiers, France. pp.S253-S254, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2020.1714262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04889153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlling an upper-limb exoskeleton by EMG signal while carrying unknown load</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Treussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Geffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Marin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 IEEE International Conference on Robotics and Automation (ICRA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Paris, France. pp.9107-9113, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICRA40945.2020.9197087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02945595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On-body sensors for ergonomic analysis: influence of supports for order picking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Castanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Poitiers, France. pp.S253-S254</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04284861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maintien de l’équilibre bipédique : comparaison entre des cavalières de dressage professionnelles et des non athlètes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Viseu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Villerme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Association des Chercheurs en Activités Physiques et Sportives (ACAPS) 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives (ACAPS), Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04289442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation du risque d’apparition de trouble musculo-squelettique par des capteurs embarqués : un exemple dans la fabrication des selles d’équitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Caen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Association des Chercheurs en Activités Physiques et Sportives (ACAPS) 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives (ACAPS), Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04289429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biofeedback in an active video game technology: Engaging young people with cerebral palsy in home-based therapy activities</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Controlling an Exoskeleton with EMG Signal to Assist Load Carrying: A Personalized Calibration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Treussart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Geffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Marin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 RESNA/RehabWeek conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MoRSE 2019 - International Conference on Mechatronics, Robotics and Systems Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Bali, Indonesia. pp.246-252, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MoRSE48060.2019.8998701⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04289245v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02863563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling an Exoskeleton with EMG Signal to Assist Load Carrying: A Personalized Calibration</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Biofeedback in an active video game technology: Engaging young people with cerebral palsy in home-based therapy activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Macintosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Fay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Musielak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MoRSE 2019 - International Conference on Mechatronics, Robotics and Systems Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2019 RESNA/RehabWeek conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Toronto, Canada</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02863563v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysing human-exoskeleton interaction: on the human adaptation to modified gravito-inertial dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bastide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Geffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Poitiers, France. pp.S1-S393</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04284835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MyoDashy: Building a game to practice therapeutic hand gestures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Macintosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaine Biddiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Musielak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Desailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Academy of Childhood Disability conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04289214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical risk factors identification based on body sensor network combined to videotaping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French Society for Hospital Hygiene Annual Congress 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04886327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation to unfamiliar gravito-inertial dynamics induced by the interaction with an upper-limb exoskeleton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bastide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Geffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Motor Control XII 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04284821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la latéralité, de la prise d’informations visuelles et du type d’appuis sur la vitesse de balle, la précision et la biomécanique du coup droit en tennis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Triolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Ganesan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Association des Chercheurs en Activités Physiques et Sportives (ACAPS) 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives (ACAPS), Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04289469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the use of circular statistics to describe hand movements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Innovation méthodologique en ergonomie physique pour la prévention des TMS : deux cas d'application au métier de sellier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nima Caën</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vincent Vigneron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th World Congress of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">ERGO'IA 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Bidart, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04284346v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01882622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation méthodologique en ergonomie physique pour la prévention des TMS : deux cas d'application au métier de sellier</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Interacting with a &amp;quot;transparent&amp;quot; upper-limb exoskeleton: a human motor control approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bastide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Geffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ERGO'IA 2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IROS 2018 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Madrid, France. pp.4661-4666, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IROS.2018.8593991⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01882622v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02183873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reach and grasp motion recognition for virtual rehabilitation of youth with cerebral palsy: a random forest classification procedure to improve intervention efficacy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Macintosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaine Biddiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Vigneron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th World Congress of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04284337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interacting with a &amp;quot;transparent&amp;quot; upper-limb exoskeleton: a human motor control approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Exploring the use of circular statistics to describe hand movements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bastien Berret</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Macintosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elaine Biddiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Vigneron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IROS 2018 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">8th World Congress of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Dublin, Ireland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02183873v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04284346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building interactive computer play games with youth with cerebral palsy: Improving practice efficacy through biofeedback and user-centered design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Macintosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Biddiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Desailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society of Physical and Rehabilitation Medicine World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Paris, France. pp.e465-e466, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.rehab.2018.05.1087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biofeedback intervention effects for people with Cerebral Palsy: insights from a systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Macintosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaine Biddiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Desailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society of Physical and Rehabilitation Medicine World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04284733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of human-exoskeleton interactions: an elbow flexion/extension case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bastide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Geffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Berret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Reims, France. pp.9-10, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2017.1382835⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02175436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of wearing an upper-limb exoskeleton on load carrying and reaching</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Greco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Mazzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bastide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Seville (Spain), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ergonomic analysis of egress/ingress postures for vehicle design: Digital prototype vs. Physical mock-up</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Maysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Sagot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEA-Digital Human Modeling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Montreal (Canada), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the index finger : a comparison of computational methods to assess joint loading with submaximal dynamic tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Macintosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Cocchiarella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Kociolek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Keir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ontario Biomechanics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Barrie, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04877607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A model to predict carpal tunnel syndrome risk in the workplace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Keir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamie Inman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Weresch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEA-Digital Human Modeling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Ann Harbor - Michigan, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamical assessment of finger joint loads using kinetic and kinematic measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Cocchiarella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Kociolek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Keir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEA-Digital Human Modeling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Ann Harbor - Michigan, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04877593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation and calibration processes of a musculoskeletal model of the hand and forearm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Marin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computer-aided ergonomics: automated implementation of the RULA tool for movement analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Marin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">French Society of Movement Analysis for Children and Adults</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do the Kinematic of the Throwing Action in Handball Influence Goalkeeper’s Judgement?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Kulpa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Craig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Delamarche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EHF 2011 Science and Analytical Expertise in Handball</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the musculoskeletal system of the hand and forearm for ergonomic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Marin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36ème congrès de la Société de Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Besançon, France. pp.75-76, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2011.592369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative study of analysis methodologies for handball goalkeeping: videography or virtual environments?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Kulpa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Presse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04821245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Musculoskeletal model of the hand and forearm: from motion capture to biomechanical modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Marin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euromech511 Colloquium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Ponta Delgada, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A musculoskeletal model of the hand for biomechanical and ergonomic analyses of manual tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Marin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEA-Digital Human Modeling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In situ evaluation of the cushioning characteristics of different sport shoe midsoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Badier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering (CMBBE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Valencia, Spain. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13140/2.1.1778.2723⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01159477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation biomécanique et musculo-squelettique de la main</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GEM Société Française de Chirurgie de la Main 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Paris, France. pp.390-438, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.main.2010.09.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04783822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virtual thrower vs. real goalkeeper: influence of different visual conditions on performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Kulpa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Craig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RAVE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00536610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virtual reality to investigate sport performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Kulpa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Craig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Workshop On Movement Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04783435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Handball goalkeeping and the analysis of the perception-action coupling in virtual environment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">La prise d’informations visuelles du gardien de but de handball : analyse d’une situation en environnement virtuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Kulpa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Multon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Reality and Graphical Interaction conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Rennes, France</w:t>
+              <w:t xml:space="preserve">Congrès de l'Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04783653v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04783733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La prise d’informations visuelles du gardien de but de handball : analyse d’une situation en environnement virtuel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Handball goalkeeping and the analysis of the perception-action coupling in virtual environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Kulpa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Craig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Lyon, France</w:t>
+              <w:t xml:space="preserve">Virtual Reality and Graphical Interaction conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04783733v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04783653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomechanical evaluation for the identification of free kick determinants in soccer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Kulpa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Billien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Workshop On Movement Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04783543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence du Niveau de Détails d'un Mouvement de Tir Virtuel sur la Perception des Gardiens de But de Handball</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Kulpa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Craig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bilavarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de l'Association Française de Réalité Virtuelle (AFRV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04783402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation de la perception du gardien de handball : mise en place d'un cadre de travail en environnement virtuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Craig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Multon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Kulpa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de l'Association Française de Réalité Virtuelle (AFRV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04783373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réalité virtuelle pour l’étude du duel gardien-tireur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Multon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Kulpa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bilavarn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l'Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04783329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13776,91 +13659,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception of a new methodology to analyze visual information uptake during handball goalkeeping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010, Editions Universitaires Européennes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04783840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13870,51 +13753,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Less is more: uncompensated gravity torques for intuitive EMG-based assistance with a robotic exoskeleton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Quesada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13936,103 +13819,103 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Ange Amorim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EMG-to-torque models for exoskeleton assistance: a framework for the evaluation of in situ calibration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Quesada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14054,528 +13937,528 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Berret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Ange Amorim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04448394v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personalizing the control law of an upper-limb exoskeleton using EMG signal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Treussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Geffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03846998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of using a physical assistance device for movements involving trunk bending</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakaria Jelti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bastide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pol Le Borgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Slangen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03138721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postural Control Specificities According to Sports Expertise: A Comparison between Female Soccer Players, Horseback Riders and Non-Athletes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Viseu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Yiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04889789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural human postural oscillations enhance the empathic response to a facial pain expression in a virtual character.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Treal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip L Jackson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Jeuvrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Meugnot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02990506v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14585,100 +14468,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en oeuvre et évaluation d'une méthodologie fondée sur la réalité virtuelle pour l'analyse de la prise d'informations visuelles du gardien de but de handball</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Rennes 2, 2009. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00439397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14688,105 +14571,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From sensors to biofeedback and exoskeletons: How biomechanics may support ergonomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vignais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biomechanics [physics.med-ph]. Université Paris-Saclay, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04104117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId341"/>
+      <w:footerReference w:type="default" r:id="rId337"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -14933,51 +14816,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384159v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Quesada" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Verdel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bruneau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Berret" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ange Amorim" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02783649251414884" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871025v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Ange Amorim" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bspc.2024.107323" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384163v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lebel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Albouy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vignais" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berenger Le Tellier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738042v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Roinson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Boucher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14553" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191752v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Poquerusse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rufin Boumpoutou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bideau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sorel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16199" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191753v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Roinson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Hardouin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Karamanoukian" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16200" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333648v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Triolet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Delabarre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Teulier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17479541251388815" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384168v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waldez Gomes" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44172-025-00552-w" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992446v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2025.3552967" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422454v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Farr" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Devienne" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2024.1308958" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445127v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Koskas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering11020154" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290928v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Pacher" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chatellier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vauzelle" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fradet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2022.103927" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448990v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Correa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Projetti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle A. Siegler" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23187969" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280388v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bastide" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Geffard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.108350" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243646v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sahm" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23084122" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238211v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adh9533" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289983v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Arnoux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boccara" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20043153" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448978v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2022.2116885" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638977v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2021.796864" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570258v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Macintosh" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vigneron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Fay" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Musielak" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10400435.2020.1744770" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289880v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Labb&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22103673" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689018v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/THMS.2022.3175415" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059940v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Desailly" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine A. Biddiss" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSRE.2020.3038370" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466781v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Treal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Jackson" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeuvrey Jean" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Meugnot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-91710-5" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638967v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574720001459" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878320v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine Biddiss" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0234767" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284277v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rizzuto" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael W.L. Sonne" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Keir" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2019.04.001" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282941v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Olivier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Viseu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vuillerme" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0211834" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262540v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vignais" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Geffard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714999" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790612v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Lam" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09638288.2018.1468933" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162607v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Roger" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ranger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Sagot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2165-7556.1000228" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887421v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Macintosh" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Desailly" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.05.743" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515021v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13643-017-0405-y" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162573v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bernard" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Touvenot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Sagot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2017.05.003" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530485v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bideau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Craig" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brault" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Multon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095548v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kulpa" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Presse" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2014.10.006" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5WKPCN8N-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885199v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ergon.2014.03.006" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1V8LD1BS-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877617v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cocchiarella" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Kociolek" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJHFMS.2014.067165" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863442v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Miezal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Bleser" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Mura" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Gorecky" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2012.11.008" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5FPRGPRG-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435890v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rouzel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Daoudi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Paucton" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Farges" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fradet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbmnw.2012.06.002" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90DNW74X-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515062v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy M. Craig" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/PRES_a_00003" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515034v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/pres.19.3.243" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536605v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCG.2009.134" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536615v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515024v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00431419v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00431443v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783706v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IJVR.2009.8.4.2748" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896003v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316175v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Boulati" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Szarzewski" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Blanchard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332022v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Robillard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316187v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chevallier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225934v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04926088v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Gallois" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Manzano" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gu&#233;gan" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Babel" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICORR66766.2025.11063068" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326298v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897551v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333608v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333646v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Treussart" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Caron" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894855v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895997v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Wack" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Poirier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gouelle" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699175v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/star62027.2024.10635982" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895993v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895999v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465224v2" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelwaheb Hafs" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawher Jerray" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04204184v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889797v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Labbe" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253255v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289702v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289669v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Boucher" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Labb&#233;" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365466v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Jelti" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Le Borgne" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Slangen" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889772v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick A. Delpierre" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gu&#234;n&#233;" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Aupetit" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garnier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643957v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Vignais" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289714v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889793v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279858v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889743v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889153v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Besombes" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Castanier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714262" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945595v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA40945.2020.9197087" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284861v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289442v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Villerme" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289429v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Caen" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289245v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Fay" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02863563v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MoRSE48060.2019.8998701" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284835v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bastide" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289214v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886327v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284821v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289469v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Triolet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ganesan" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284346v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882622v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Ca&#235;n" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284337v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183873v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2018.8593991" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885960v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Biddiss" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Desailly" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.05.1087" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284733v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175436v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Geffard" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Berret" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382835" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885254v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Greco" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Mazzon" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885221v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Maysse" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877607v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Cocchiarella" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kociolek" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863460v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Inman" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Weresch" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877593v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863417v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863410v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863405v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Delamarche" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863392v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2011.592369" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821245v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863374v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863382v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01159477v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Badier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marin" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.1778.2723" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783822v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Durand" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.main.2010.09.014" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536610v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783435v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783653v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783733v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783543v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nicolas" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Billien" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783402v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bilavarn" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783373v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783329v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783840v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487797v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04448394v2" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846998v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Caron" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Marin" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03138721v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889789v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Yiou" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990506v2" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip L Jackson" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jeuvrey" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00439397v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04104117v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384159v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Quesada" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Verdel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bruneau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Berret" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ange Amorim" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02783649251414884" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384163v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lebel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Albouy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vignais" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berenger Le Tellier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738042v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Roinson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Boucher" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14553" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871025v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Ange Amorim" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bspc.2024.107323" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191752v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Poquerusse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rufin Boumpoutou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bideau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sorel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16199" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384168v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waldez Gomes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44172-025-00552-w" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992446v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Karamanoukian" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2025.3552967" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333648v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Triolet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Delabarre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Teulier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17479541251388815" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422454v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Farr" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Devienne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2024.1308958" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445127v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Koskas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering11020154" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448990v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Correa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Projetti" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle A. Siegler" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23187969" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290928v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Pacher" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chatellier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vauzelle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Fradet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2022.103927" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280388v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bastide" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Geffard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.108350" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289983v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Arnoux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boccara" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20043153" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243646v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sahm" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23084122" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238211v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adh9533" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448978v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2022.2116885" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638977v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2021.796864" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570258v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Macintosh" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vigneron" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Fay" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Musielak" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10400435.2020.1744770" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289880v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Labb&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22103673" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689018v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/THMS.2022.3175415" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059940v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Desailly" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine A. Biddiss" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSRE.2020.3038370" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466781v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Treal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Jackson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeuvrey Jean" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Meugnot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-91710-5" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638967v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574720001459" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878320v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine Biddiss" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0234767" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284277v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rizzuto" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael W.L. Sonne" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Keir" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2019.04.001" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262540v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vignais" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Geffard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714999" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282941v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Olivier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Viseu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vuillerme" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0211834" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790612v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Lam" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09638288.2018.1468933" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162607v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Roger" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ranger" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Sagot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2165-7556.1000228" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887421v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Macintosh" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Desailly" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.05.743" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162573v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bernard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Touvenot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Sagot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2017.05.003" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515021v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13643-017-0405-y" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530485v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bideau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Craig" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brault" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Multon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095548v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kulpa" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Presse" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2014.10.006" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5WKPCN8N-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885199v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ergon.2014.03.006" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1V8LD1BS-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877617v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cocchiarella" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Kociolek" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJHFMS.2014.067165" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863442v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Miezal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Bleser" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Mura" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Gorecky" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2012.11.008" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5FPRGPRG-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435890v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rouzel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Daoudi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Paucton" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Farges" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fradet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbmnw.2012.06.002" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90DNW74X-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515034v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy M. Craig" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/pres.19.3.243" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536605v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MCG.2009.134" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515062v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/PRES_a_00003" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536615v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515024v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00431443v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00431419v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783706v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/IJVR.2009.8.4.2748" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316175v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Boulati" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Szarzewski" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Blanchard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332022v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Robillard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896003v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225934v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316187v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chevallier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04926088v2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Gallois" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Manzano" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gu&#233;gan" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Babel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICORR66766.2025.11063068" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326298v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897551v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333608v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333646v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Treussart" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Caron" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895997v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Wack" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Poirier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gouelle" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894855v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699175v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/star62027.2024.10635982" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895993v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895999v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465224v2" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelwaheb Hafs" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jawher Jerray" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04204184v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889797v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Labbe" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253255v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289702v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289669v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Boucher" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Labb&#233;" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365466v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Jelti" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Le Borgne" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Slangen" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889772v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick A. Delpierre" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gu&#234;n&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Aupetit" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garnier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643957v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Vignais" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289714v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889793v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279858v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889743v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889153v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Besombes" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Castanier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714262" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945595v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA40945.2020.9197087" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284861v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289442v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Villerme" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289429v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Caen" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02863563v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MoRSE48060.2019.8998701" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289245v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Fay" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284835v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bastide" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289214v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886327v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284821v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289469v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Triolet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ganesan" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882622v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Ca&#235;n" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183873v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2018.8593991" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284337v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284346v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885960v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Biddiss" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Desailly" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.05.1087" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284733v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175436v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Geffard" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Berret" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382835" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885254v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Greco" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Mazzon" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885221v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Maysse" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877607v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Cocchiarella" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kociolek" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863460v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Inman" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Weresch" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877593v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863417v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863410v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863405v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Delamarche" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863392v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2011.592369" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821245v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863374v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863382v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01159477v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Badier" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marin" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.1778.2723" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783822v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Durand" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.main.2010.09.014" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00536610v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783435v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783733v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783653v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783543v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nicolas" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Billien" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783402v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bilavarn" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783373v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783329v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783840v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487797v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04448394v2" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846998v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Caron" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Marin" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03138721v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889789v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Yiou" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990506v2" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip L Jackson" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jeuvrey" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00439397v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04104117v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>