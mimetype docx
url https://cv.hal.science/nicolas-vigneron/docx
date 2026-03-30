--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -234,161 +234,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05419503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association Between the Renin–Angiotensin System and Ibrutinib-Related Cardiovascular Adverse Events: A Translational Cohort Study</w:t>
+                <w:t xml:space="preserve">Is Survival Impacted by One or Several Successive Cancers After Liver Transplantation? A French National Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonaz Font</w:t>
+                <w:t xml:space="preserve">Anaïs Briant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amir Hodzic</w:t>
+                <w:t xml:space="preserve">Rémy Morello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angélique Da-Silva</w:t>
+                <w:t xml:space="preserve">Olivier Sérée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Delapierre</w:t>
+                <w:t xml:space="preserve">Nicolas Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghandi Damaj</w:t>
+                <w:t xml:space="preserve">Sarah Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedicines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13 (9), pp.2184. </w:t>
+              <w:t xml:space="preserve">Clinical Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 39 (2), pp.e70109. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biomedicines13092184⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ctr.70109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05411085v1</w:t>
+                <w:t xml:space="preserve">hal-05411064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geographical variability in cancer incidence explained by the socioeconomic environment: an example of lung cancer in northwestern France</w:t>
               </w:r>
@@ -413,427 +413,427 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Bara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 79 (3), pp.200-206. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/jech-2024-222704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05419547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is Survival Impacted by One or Several Successive Cancers After Liver Transplantation? A French National Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">More than two-thirds of patients with prostate cancer have the same or even a greater survival than the general male population: a French population-based study from Francim network of cancer registries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Jooste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Briant</w:t>
+                <w:t xml:space="preserve">Cyrille Delpierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Morello</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Karima Hammas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vigneron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarah Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ctr.70109⟩</w:t>
+              <w:t xml:space="preserve">The French Journal of Urology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 36 (1), pp.103066. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fjurol.2025.103066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05411064v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05413812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">More than two-thirds of patients with prostate cancer have the same or even a greater survival than the general male population: a French population-based study from Francim network of cancer registries</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Association Between the Renin–Angiotensin System and Ibrutinib-Related Cardiovascular Adverse Events: A Translational Cohort Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonaz Font</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Hodzic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Lamy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valérie Jooste</w:t>
+                <w:t xml:space="preserve">Angélique Da-Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Delpierre</w:t>
+                <w:t xml:space="preserve">Baptiste Delapierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karima Hammas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Vigneron</w:t>
+                <w:t xml:space="preserve">Ghandi Damaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The French Journal of Urology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 36 (1), pp.103066. </w:t>
+              <w:t xml:space="preserve">Biomedicines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (9), pp.2184. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fjurol.2025.103066⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/biomedicines13092184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05413812v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05411085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Access to primary care and mortality in excess for patients with cancer in France: Results from 21 French Cancer Registries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Gardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne‐valérie Guizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -949,91 +949,91 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Bara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vigneron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 79 (3), pp.200 - 206. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/jech-2024-222704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05411561v1</w:t>
@@ -1749,51 +1749,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419503v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jooste" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Nousbaum" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Alves" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Woronoff" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Launoy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2025.41732" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05411085v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonaz Font" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Hodzic" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Da-Silva" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Delapierre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghandi Damaj" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines13092184" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419547v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Pouchin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Genin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bara" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vigneron" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech-2024-222704" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05411064v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Briant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Morello" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier S&#233;r&#233;e" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Wilson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ctr.70109" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05413812v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lamy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Delpierre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Hammas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fjurol.2025.103066" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419555v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Gardy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;val&#233;rie Guizard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bouvier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Launay" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cncr.35519" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411561v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05418234v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Wambecke" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ahmad" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;marie Morice" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lambert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis&#8208;bastien Weiswald" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878-0261.13045" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418298v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Meryet-Figuiere" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Vernon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamy Andrianteranagna" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Brochen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13163970" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05411088v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Meryet-Figui&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Brotin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Bastien Weiswald" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1535-7163.MCT-19-0510" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01856064v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lecerf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Varin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coll" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Louis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3892/or.2017.5882" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419503v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jooste" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Nousbaum" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Alves" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Woronoff" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Launoy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2025.41732" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05411064v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Briant" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Morello" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier S&#233;r&#233;e" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vigneron" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Wilson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ctr.70109" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419547v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Pouchin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Genin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bara" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech-2024-222704" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05413812v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lamy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Delpierre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Hammas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fjurol.2025.103066" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05411085v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonaz Font" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Hodzic" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Da-Silva" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Delapierre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghandi Damaj" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines13092184" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419555v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Gardy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;val&#233;rie Guizard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bouvier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Launay" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cncr.35519" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411561v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05418234v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Wambecke" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ahmad" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;marie Morice" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lambert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis&#8208;bastien Weiswald" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878-0261.13045" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05418298v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Meryet-Figuiere" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Vernon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamy Andrianteranagna" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Brochen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13163970" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05411088v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Meryet-Figui&#232;re" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Brotin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Bastien Weiswald" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1535-7163.MCT-19-0510" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01856064v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lecerf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Varin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coll" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Louis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3892/or.2017.5882" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>