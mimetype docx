--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -195,51 +195,51 @@
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gouvernance portuaire : pouvoir, intérêts, représentations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Institut Francophone pour la Justice et la Démocratie (IFJD), 210, 192 p., A paraître, (Colloques et essais), 9782370324214</w:t>
+              <w:t xml:space="preserve">Institut Francophone pour la Justice et la Démocratie (IFJD), 210, 176 p., 2025, (Colloques et essais), 978-2-37032-421-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (ouvrage de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04939990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1384,199 +1384,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03018551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La liberté de manifester face à l’état d’urgence sanitaire</w:t>
+                <w:t xml:space="preserve">L’arme du droit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liora Israël</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Droit ouvrier</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Paris, Presses de Sciences Po </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/lectures.45006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03015173v1</w:t>
+                <w:t xml:space="preserve">hal-03015100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’arme du droit</w:t>
+                <w:t xml:space="preserve">La liberté de manifester face à l’état d’urgence sanitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guillet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Liora Israël</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Paris, Presses de Sciences Po </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Droit ouvrier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 866, pp.669-677</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-03015100v1</w:t>
+                <w:t xml:space="preserve">hal-03015173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hommage à André-Jean Arnaud</w:t>
               </w:r>
@@ -2885,51 +2885,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2CCDDB38"/>
+    <w:nsid w:val="D61F137C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3116,51 +3116,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolasguillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/074734059" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939990v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guillet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676178v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039161v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Klein" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Saunier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lemarchand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03008920v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676167v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546324v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964535v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836520v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04825804v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Antoine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Trole" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Sorci" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Ordono" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939953v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039180v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Korsakoff" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Manuel Larralde" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crdf.8359" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141242v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039152v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039164v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03018551v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03015173v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03015100v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liora Isra&#235;l" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.45006" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-KNH1Q63T-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03015236v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanda Capeller" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Commaille" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ortiz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.37014" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03023754v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Jude" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03015151v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03015218v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel H&#233;bert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.33481" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199486v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199564v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219601v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02218865v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039165v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/narrations-de-la-norme" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546338v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mareetmartin.com/les-editions-mare-et-martin/les-editions" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809962v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-universite-bruxelles.be/fiche/view/2770" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625775v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03015257v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03015245v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02184515v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolasguillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/074734059" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939990v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guillet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676178v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039161v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Klein" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Saunier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lemarchand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03008920v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676167v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546324v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964535v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836520v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04825804v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Antoine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Trole" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Sorci" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Ordono" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939953v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039180v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Korsakoff" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Manuel Larralde" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/crdf.8359" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141242v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039152v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039164v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03018551v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03015100v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liora Isra&#235;l" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.45006" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-KNH1Q63T-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03015173v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03015236v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanda Capeller" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Commaille" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ortiz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.37014" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03023754v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Jude" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03015151v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03015218v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel H&#233;bert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.33481" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199486v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02199564v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02219601v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02218865v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039165v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/narrations-de-la-norme" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546338v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mareetmartin.com/les-editions-mare-et-martin/les-editions" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809962v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-universite-bruxelles.be/fiche/view/2770" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625775v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03015257v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03015245v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02184515v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>