--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -770,295 +770,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04051059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological Role of Pazopanib and Sunitinib Aldehyde Derivatives in Drug-Induced Liver Injury</w:t>
+                <w:t xml:space="preserve">Gestational exposure to bisphenol A induces region-specific changes in brain metabolomic fingerprints in sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Maillard</w:t>
+                <w:t xml:space="preserve">Davy Guignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Arellano</w:t>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Vachoux</w:t>
+                <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Chevreau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Cabaton</w:t>
+                <w:t xml:space="preserve">Elodie Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/metabo12090852⟩</w:t>
+              <w:t xml:space="preserve">Environment International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 165, pp.107336. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envint.2022.107336⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03799313v1</w:t>
+                <w:t xml:space="preserve">hal-03701070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestational exposure to bisphenol A induces region-specific changes in brain metabolomic fingerprints in sheep</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biological Role of Pazopanib and Sunitinib Aldehyde Derivatives in Drug-Induced Liver Injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Canlet</w:t>
+                <w:t xml:space="preserve">Maud Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
+                <w:t xml:space="preserve">Cécile Arellano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Chaillou</w:t>
+                <w:t xml:space="preserve">Christelle Vachoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roselyne Gautier</w:t>
+                <w:t xml:space="preserve">Christine Chevreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 165, pp.107336. </w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (9), pp.852. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envint.2022.107336⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/metabo12090852⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03701070v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03799313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uptake, fate, and gut toxicity of perfluorooctanoic acid (PFOA) in vitro</w:t>
               </w:r>
@@ -1217,51 +1217,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joran Villaret-Cazadamont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine P Claus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1632,51 +1632,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Dubois-Pot-Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Proteome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 18 (1), pp.204-216. </w:t>
@@ -1740,64 +1740,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Poupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1874,64 +1874,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Zalko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1982,90 +1982,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic metabolic disruption in rats perinatally exposed to low doses of bisphenol-A</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheryl M Schaeberle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2244,338 +2244,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01855040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-dose BPA exposure alters the mesenchymal and epithelial transcriptomes of the mouse fetal mammary gland.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of low doses of bisphenol A on the metabolome of perinatally exposed CD-1 mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perinaaz R Wadia</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Carlos Sonnenschein</w:t>
+                <w:t xml:space="preserve">Perinaaz R. Wadia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0063902⟩</w:t>
+              <w:t xml:space="preserve">Environmental Health Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 121 (5), pp.586-593. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1289/ehp.1205588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02645606v1</w:t>
+                <w:t xml:space="preserve">hal-02646392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of low doses of bisphenol A on the metabolome of perinatally exposed CD-1 mice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Low-dose BPA exposure alters the mesenchymal and epithelial transcriptomes of the mouse fetal mammary gland.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perinaaz R Wadia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cécile Canlet</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael D Borrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beverly S Rubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perinaaz R. Wadia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Roselyne Gautier</w:t>
+                <w:t xml:space="preserve">Carlos Sonnenschein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Health Perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 121 (5), pp.586-593. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (5), pp.e63902. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1289/ehp.1205588⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0063902⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02646392v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perinatal Exposure to Environmentally Relevant Levels of Bisphenol A Decreases Fertility and Fecundity in CD-1 Mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perinaaz R. Wadia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beverly S. Rubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2837,51 +2837,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Zalko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Rathahao-Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Delous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3246,627 +3246,627 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-omics and modelling investigation reveals transgenerational, sex-specific effects of the obesogenic compound TBT on hepatic metabolism in mice</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P01-08 Impact of the food additives butylated hydroxyanisole and butylated hydroxytoluene on thyroid hormone hepatic catabolism in the HepaRG cell line</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raquel Chamorro-García</w:t>
+                <w:t xml:space="preserve">C. Viguié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toshi Shioda</w:t>
+                <w:t xml:space="preserve">L. Urien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard C Chang</w:t>
+                <w:t xml:space="preserve">E. Person</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Manière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotox congress 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Eurotox 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Athens, Greece. 411, pp.S67-S68, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2025.07.186⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05445062v1</w:t>
+                <w:t xml:space="preserve">hal-05292937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P19-07 Assessment of the Metabolic Fate of Bisphenol A Alternatives Prioritized Under the PARC Project in HepaRG cells</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Oligoesters migrating from food can coatings -Filling risk assessment gaps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Person</w:t>
+                <w:t xml:space="preserve">Mathilde Godéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Chevolleau-Mege</w:t>
+                <w:t xml:space="preserve">Patricia Vázquez Loureiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Feuillastre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROTOX 2025</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">8th International Symposium on Food Packaging (ILSI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Dubrovnik, Croatia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05292954v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05305498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oligoesters migrating from food can coatings -Filling risk assessment gaps</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patricia Vázquez Loureiro</w:t>
+                <w:t xml:space="preserve">A multi-omics and modelling investigation reveals transgenerational, sex-specific effects of the obesogenic compound TBT on hepatic metabolism in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Poupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Rivière</w:t>
+                <w:t xml:space="preserve">Raquel Chamorro-García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Feuillastre</w:t>
+                <w:t xml:space="preserve">Toshi Shioda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élodie Person</w:t>
+                <w:t xml:space="preserve">Richard C Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Symposium on Food Packaging (ILSI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Dubrovnik, Croatia</w:t>
+              <w:t xml:space="preserve">Eurotox congress 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Athenes, Grece, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05305498v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05445062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P01-08 Impact of the food additives butylated hydroxyanisole and butylated hydroxytoluene on thyroid hormone hepatic catabolism in the HepaRG cell line</w:t>
+                <w:t xml:space="preserve">P19-07 Assessment of the Metabolic Fate of Bisphenol A Alternatives Prioritized Under the PARC Project in HepaRG cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Viguié</w:t>
+                <w:t xml:space="preserve">L. Gütter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Urien</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">S. Bruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hillenweck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Michel</w:t>
+                <w:t xml:space="preserve">S. Chevolleau-Mege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotox 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Athens, Greece. 411, pp.S67-S68, 2025, </w:t>
+              <w:t xml:space="preserve">EUROTOX 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Athens, Greece. 411, pp.S240, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2025.07.186⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2025.07.572⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05292937v1</w:t>
+                <w:t xml:space="preserve">hal-05292954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P19-30 Biotransformation of the colour developer Pergafast 201 in human in vitro models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gütter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Tsykhotska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Valleix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hillenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elsevier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROTOX 2025</w:t>
@@ -4010,277 +4010,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04678753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The GOLIATH project on metabolism disrupting compounds: test method assessment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sibylle Ermler</w:t>
+                <w:t xml:space="preserve">Augmentation of the CYP induction test method in the human hepatic HepaRG™ cell line and application to metabolism disrupting compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Person</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas J Cabaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Urien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Z Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorke H Kamstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th World Congress on Alternatives and Animal Use in the Life Sciences WC12</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Niagara Falls, Canada</w:t>
+              <w:t xml:space="preserve">16th European ISSX and DMDG Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Hatfield, Hertfordshire, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04679078v1</w:t>
+                <w:t xml:space="preserve">hal-04672525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Augmentation of the CYP induction test method in the human hepatic HepaRG™ cell line and application to metabolism disrupting compounds</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jorke H Kamstra</w:t>
+                <w:t xml:space="preserve">The GOLIATH project on metabolism disrupting compounds: test method assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Balaguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruce Blumberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Cabaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sibylle Ermler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th European ISSX and DMDG Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Hatfield, Hertfordshire, United Kingdom</w:t>
+              <w:t xml:space="preserve">12th World Congress on Alternatives and Animal Use in the Life Sciences WC12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Niagara Falls, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04672525v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04679078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulation of hepatic xenobiotic metabolizing enzymes following chronic low-dose exposure to PFOA in mice under chronic stress</w:t>
               </w:r>
@@ -4680,64 +4680,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Butin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European RFMF Metabomeeting 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Toulouse, France</w:t>
@@ -4885,648 +4885,648 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04678985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbiote : un nouveau paradigme en toxicologie ?</w:t>
+                <w:t xml:space="preserve">Hepatic metabolomics and transcriptomics provide valuable insights on inflammatory and metabolic features in rats fed on a high fat diet but showing similar clinical phenotyping alterations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Rousselle</w:t>
+                <w:t xml:space="preserve">Sergio Polakof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Amblard</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jérémie David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. congrès national de la SFM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Paris, France. 2019</w:t>
+              <w:t xml:space="preserve">12. Journées Scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Clermont-Ferrand, France. 168 p., 2019, Livre des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02944540v1</w:t>
+                <w:t xml:space="preserve">hal-02162582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RGPearl: Innovative 3D HepaRG Microtissue Model for Safety Assessment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
+                <w:t xml:space="preserve">Study of the hepatic metabolic effects induced by PFOA exposure using a multiplatform metabolomics approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joran Villaret-Cazadamont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemie Butin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Society of Toxicology 58th Annual Meeting and ToxExpo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Baltimore, United States</w:t>
+              <w:t xml:space="preserve">55. Congress of the European-Societies-of-Toxicology (EUROTOX) - Toxicology - Science Providing Solutions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Helsinki, Finland. ELSEVIER IRELAND LTD, 2019, TOXICOLOGY LETTERS</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04678785v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the hepatic metabolic effects induced by PFOA exposure using a multiplatform metabolomics approach</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Roselyne Gautier</w:t>
+                <w:t xml:space="preserve">Metabolic balance of [3H]-BADGE in rodents: A spotlight on the complex in vivo fate of the diglycidyl ether analogue of bisphenol A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Person</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Jouanin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Jamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Blas-Y-Estrada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Bruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55. Congress of the European-Societies-of-Toxicology (EUROTOX) - Toxicology - Science Providing Solutions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Helsinki, Finland. ELSEVIER IRELAND LTD, 2019, TOXICOLOGY LETTERS</w:t>
+              <w:t xml:space="preserve">IUTOX 15th International Congress of Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Honolulu, Hawaii, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02306108v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04672542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic balance of [3H]-BADGE in rodents: A spotlight on the complex in vivo fate of the diglycidyl ether analogue of bisphenol A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elodie Person</w:t>
+                <w:t xml:space="preserve">Microbiote : un nouveau paradigme en toxicologie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rousselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc P. Belzunces</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Jouanin</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie-Chantal Canivenc-Lavier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUTOX 15th International Congress of Toxicology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Honolulu, Hawaii, United States</w:t>
+              <w:t xml:space="preserve">15. congrès national de la SFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Paris, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04672542v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hepatic metabolomics and transcriptomics provide valuable insights on inflammatory and metabolic features in rats fed on a high fat diet but showing similar clinical phenotyping alterations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">RGPearl: Innovative 3D HepaRG Microtissue Model for Safety Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raif Eren Ayata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergio Polakof</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cécile Canlet</w:t>
+                <w:t xml:space="preserve">Jérôme Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie David</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabien Jourdan</w:t>
+                <w:t xml:space="preserve">Pablo Ibanez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Person</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Journées Scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Clermont-Ferrand, France. 168 p., 2019, Livre des résumés</w:t>
+              <w:t xml:space="preserve">Society of Toxicology 58th Annual Meeting and ToxExpo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Baltimore, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02162582v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04678785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration of the hepatic metabolic effects induced by PFOA exposure using global &amp; combined metabolomics approaches</w:t>
               </w:r>
@@ -5551,51 +5551,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Butin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5663,51 +5663,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie N Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lidia de la Fuente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Jouanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien L Jamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5775,64 +5775,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined effects of perinatal exposure to bisphenol A and high fat diet in rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Zalko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Amiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6006,445 +6006,445 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01595588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for metabolic disruption in CD1 mice following exposure to low doses of bisphenol A (BPA)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of metabolomic data from an experimental design the ASCA method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perinaaz R. Wadia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ARRA Grantee meeting at NIEHS, Research Triangle Park</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, Inconnue, United States. 2011</w:t>
+              <w:t xml:space="preserve">Metabomeeting 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Manchester, United Kingdom. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02803835v1</w:t>
+                <w:t xml:space="preserve">hal-02805098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of metabolomic data from an experimental design the ASCA method</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Effects of Bisphenol-A (BPA) on HEPG2 cells: an untargeted NMR-based metabonomics study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cécile Canlet</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Riu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Roselyne Gautier</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lapeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabomeeting 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Manchester, United Kingdom. 2012</w:t>
+              <w:t xml:space="preserve">4th Health Food Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Toulouse, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02805098v1</w:t>
+                <w:t xml:space="preserve">hal-02810092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Bisphenol-A (BPA) on HEPG2 cells: an untargeted NMR-based metabonomics study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Evidence for metabolic disruption in CD1 mice following exposure to low doses of bisphenol A (BPA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perinaaz R. Wadia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Claire Lapeyre</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th Health Food Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Toulouse, France. 2012</w:t>
+              <w:t xml:space="preserve">ARRA Grantee meeting at NIEHS, Research Triangle Park</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Inconnue, United States. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02810092v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02803835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic disruption in male CD-1 mice perinatally exposed to low doses of Bisphenol A (BPA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6525,90 +6525,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic disruption in CD1 mice perinatally exposed to low doses of bisphenol A (BPA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perinaaz R. Wadia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Copenhagen Workshop on Endocrine Disrupters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Copenhague, Denmark. 2011</w:t>
@@ -6637,103 +6637,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact d’une exposition périnatale à de faibles doses de Bisphénol A (BPA) sur le métabolisme chez la souris CD1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perinaaz R Wadia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique (RFMF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Paris, France. 2011</w:t>
@@ -7165,90 +7165,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of non-intentionally added substances migrating from inner coatings of metallic cans – Toward provisional risk assessment of oligoesters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Godéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Covès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olha Matviichuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41st International Conference on Environmental &amp; Food Monitoring, ISEAC-41</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Amsterdam (Pays-Bas), Netherlands</w:t>
@@ -7290,77 +7290,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of non-intentionally added substances migrating from inner coatings of metallic cans – Toward provisional risk assessment of oligoesters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Godéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Covès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Mathe-Allainmat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7428,77 +7428,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Poupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Chamorro-García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toshi Shioda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard C Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15èmes journées scientifiques du Réseau Français de Métabolomique et Fluxomique (RFMF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Perpignan, France</w:t>
@@ -7566,51 +7566,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Perdu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Rathahao-Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Cravedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7678,64 +7678,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-Helena Noguer Meireles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien L. Jamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7811,51 +7811,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the interplay between the cental nervous and endocrine systems for identifying biomarkers of effect of developmental exposure to endocrine disruptors: a sheep point of view</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Viguié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Guignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique V. Gayrard-Troy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7949,51 +7949,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Debrauwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien L. Jamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Jouanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie S. Chevolleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8074,64 +8074,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Zalko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8163,355 +8163,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02811476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HepaRG: Xenobiotic metabolism and metabolomic studies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Development of metabolomics method associating NMR and UPLC-HRMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien L. Jamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Helena Meireles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">. HepaRG Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ville service., Sep 2011, Rennes, France</w:t>
+              <w:t xml:space="preserve">SMAP 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Saisissez le nom du laboratoire, du service ou du département., Ville service., Sep 2011, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02804382v1</w:t>
+                <w:t xml:space="preserve">hal-02804072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of metabolomics method associating NMR and UPLC-HRMS</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">HepaRG: Xenobiotic metabolism and metabolomic studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Zalko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-Helena Meireles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SMAP 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Saisissez le nom du laboratoire, du service ou du département., Ville service., Sep 2011, Avignon, France</w:t>
+              <w:t xml:space="preserve">. HepaRG Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ville service., Sep 2011, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02804072v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02804382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disruption of global metabolism after perinatal exposure to low doses of BPA - A metabonomic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perinaaz R. Wadia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Copenhagen Workshop on Endocrine Disrupters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ville service., Apr 2011, Copenhagen, Denmark</w:t>
@@ -8553,90 +8553,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disruption of global metabolism after perinatal exposure to low doses of BPA using a metabonomic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perinaaz R. Wadia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique (RFMF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Paris, France</w:t>
@@ -8757,943 +8757,943 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Annuel de la Société Française de toxicologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2007, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03593237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exposition alimentaire au plastique, méfions-nous des fausses solutions de remplacement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Coumoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Fini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Bortoli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03975952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis de l'Anses relatif à l’évaluation du triphénylphosphate (TPP) (EC No 204-112-2 ; CAS No 115-86-6) dans le cadre de l’évaluation des substances sous REACH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sakina Mhaouty-Kodja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Habert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Babajko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Beau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas J. Cabaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n°2022-REACh-0027, Anses. 2023, 12 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04166740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SCCS opinion on Sodium Bromothymol Blue (C186) (CAS No. 34722-90-2, EC No. 252-169-7) - SCCS/1645/22 - Final Version</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U. Bernauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Bodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q. Chaudhry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.J. Coenraads</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dusinska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">European commission. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04046917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis de l'Anses relatif à l’élaboration d’une liste de substances chimiques d’intérêt en raison de leur activité endocrine potentielle - Méthode d’identification et stratégie de priorisation pour l’évaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sakina Mhaouty-Kodja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Habert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Emond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice M.R. Appenzeller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Babajko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2019-SA-0179, Anses. 2021, 107 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04088761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis de l'Anses relatif à l’élaboration d’une méthodologie d’évaluation du caractère PE des substances chimiques en vue d’un classement en catégories « avérées, présumées, suspectées »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sakina Mhaouty-Kodja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Habert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice M.R. Appenzeller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Babajko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Belzunces</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2019-SA-0179, Anses. 2021, 20 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04088565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis de l'Anses relatif à « l’utilisation d’huiles essentielles de Melaleuca dans la composition des compléments alimentaires »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Weniger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Boutefnouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Champy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanh Dufat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n°2018-SA-0096, Anses. 2020, 80 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04303067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avis de l'Anses relatif à l’identification en tant que substance extrêmement préoccupante (SVHC) du Bisphénol B pour son caractère de perturbateur endocrinien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sakina Mhaouty-Kodja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Habert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Emond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice M.R. Appenzeller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Babajko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n°2019-SA-0221, Anses. 2020, 13 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04303301v1</w:t>
-              </w:r>
-[...131 lines deleted...]
-                <w:t xml:space="preserve">hal-03975952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9711,123 +9711,123 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biological Role of Pazopanib and Sunitinib Aldehyde Derivatives in Drug-Induced Liver Injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arellano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Vachoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chevreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Cabaton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, pp.852. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/metabo12090852⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938390v1</w:t>
@@ -10007,51 +10007,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05315562v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Person" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J Cabaton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Urien" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Z Lacroix" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorke H Kamstra" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2025.154300" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447922v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Rogiers" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Benfenati" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Bernauer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bodin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patience Browne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-025-04275-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05305150v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Mobley" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Leveque" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte B A Stoffels" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bruel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.180666" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04629007v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beausoleil" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Th&#233;bault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Andersson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cabaton" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Ermler" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2024.116995" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04051059v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique V. Gayrard-Troy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Vigui&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Zalko" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2023.116477" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799313v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Maillard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arellano" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Vachoux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chevreau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12090852" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701070v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Guignard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Gautier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2022.107336" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511808v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Stoffels" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fourquaux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilia Theodorou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(21)00778-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02556806v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Smith" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joran Villaret-Cazadamont" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine P Claus" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10030104" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927122v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poupin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Tournadre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Batut" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Gales" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10090338" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03109907v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10120490" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01937261v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Corlu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J. Cabaton" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dubois-Pot-Schneider" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.8b00524" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618654v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Audebert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2018.00571" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640118v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Soto" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jourdan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2016-1207" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632321v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryl M Schaeberle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0141698" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855040v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Fol" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Ait-Aissa" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dolo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Grimaldi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es505302c" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645606v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perinaaz R Wadia" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D Borrero" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beverly S Rubin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sonnenschein" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063902" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646392v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perinaaz R. Wadia" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1289/ehp.1205588" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649514v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beverly S. Rubin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryl M. Schaeberle" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1289/ehp.1002559" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01962644v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Dumont" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle S&#233;verin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Perdu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2008.09.024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8242PTF4-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173776v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Rathahao-Paris" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Delous" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tiv.2008.07.004" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WP4BSF9Z-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668619v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Chagnon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lhuguenot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre J. P. Cravedi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf062250q" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-20S7589T-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681581v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stroheker" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Berges" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lamothe" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0278-6915(03)00108-X" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445062v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Chamorro-Garc&#237;a" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshi Shioda" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C Chang" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05292954v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. G&#252;tter" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hillenweck" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Person" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevolleau-Mege" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2025.07.572" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05305498v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde God&#233;r&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia V&#225;zquez Loureiro" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Rivi&#232;re" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Feuillastre" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Person" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05292937v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vigui&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Urien" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mani&#232;re" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2025.07.186" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05292971v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tsykhotska" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Valleix" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2025.07.588" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678753v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie N Person" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679078v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Hoffmann" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balaguer" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Blumberg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672525v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679026v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dages" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Robert" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mercier-Bonin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678741v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511660v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Sola-Tapias" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948361v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Butin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Martin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678985v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hillenweck" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Blas-Y-Estrada" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien L Jamin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944540v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rousselle" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Amblard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc P. Belzunces" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Chantal Canivenc-Lavier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678785v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raif Eren Ayata" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Caron" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ibanez" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306108v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Butin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672542v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouanin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Jamin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162582v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Polakof" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie David" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678711v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678671v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia de la Fuente" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605913v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Amiel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595588v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien L. Jamin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Amiel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djawed Bennouna" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debrauwer" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803835v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805098v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810092v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riu" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lapeyre" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809354v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pero,aaz R/ Wadia" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804085v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804830v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802904v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cottret" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vinson" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Meireles" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03592921v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cravedi" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116122v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Le Mo&#235;l" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Garofalo" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Corti Isgro" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinton" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Puel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400003v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Cariou" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cov&#232;s" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olha Matviichuk" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400030v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Mathe-Allainmat" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04596856v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757609v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603269v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Noguer Meireles" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2016.07.368" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K74HB84V-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797334v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Picard-Hagen" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745532v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Chevolleau" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Z. Lacroix" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811476v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804382v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804072v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dubois" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806723v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804383v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03593237v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N J Cabaton" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04166740v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakina Mhaouty-Kodja" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Habert" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Babajko" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Beau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046917v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Bernauer" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bodin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Chaudhry" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Coenraads" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dusinska" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04088761v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Emond" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice M.R. Appenzeller" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04088565v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Belzunces" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04303067v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Weniger" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Boutefnouchet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Champy" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanh Dufat" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haddad" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04303301v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975952v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Coumoul" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fini" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bortoli" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938390v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05315562v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Person" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J Cabaton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Urien" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Z Lacroix" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorke H Kamstra" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2025.154300" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447922v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Rogiers" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Benfenati" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike Bernauer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bodin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patience Browne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-025-04275-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05305150v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Mobley" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Leveque" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte B A Stoffels" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bruel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.180666" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04629007v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Beausoleil" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Th&#233;bault" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Andersson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cabaton" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Ermler" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2024.116995" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04051059v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique V. Gayrard-Troy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Vigui&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Zalko" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2023.116477" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701070v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Guignard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Gautier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2022.107336" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799313v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Maillard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arellano" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Vachoux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chevreau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12090852" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511808v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Stoffels" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fourquaux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilia Theodorou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4274(21)00778-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02556806v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Smith" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joran Villaret-Cazadamont" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine P Claus" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10030104" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927122v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poupin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Tournadre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Batut" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Gales" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10090338" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03109907v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10120490" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01937261v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Corlu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J. Cabaton" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dubois-Pot-Schneider" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.8b00524" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618654v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Audebert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2018.00571" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640118v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Soto" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jourdan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2016-1207" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632321v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryl M Schaeberle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0141698" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01855040v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Fol" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Ait-Aissa" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dolo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Grimaldi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es505302c" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646392v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perinaaz R. Wadia" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1289/ehp.1205588" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645606v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perinaaz R Wadia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D Borrero" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beverly S Rubin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sonnenschein" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063902" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649514v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beverly S. Rubin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheryl M. Schaeberle" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1289/ehp.1002559" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01962644v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Dumont" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle S&#233;verin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Perdu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2008.09.024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8242PTF4-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173776v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Rathahao-Paris" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Delous" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tiv.2008.07.004" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WP4BSF9Z-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668619v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Chagnon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lhuguenot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre J. P. Cravedi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf062250q" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-20S7589T-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681581v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stroheker" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Berges" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lamothe" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0278-6915(03)00108-X" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05292937v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vigui&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Urien" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Person" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mani&#232;re" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2025.07.186" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05305498v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde God&#233;r&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia V&#225;zquez Loureiro" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Rivi&#232;re" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Feuillastre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Person" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445062v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Chamorro-Garc&#237;a" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshi Shioda" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C Chang" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05292954v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. G&#252;tter" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bruel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hillenweck" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevolleau-Mege" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2025.07.572" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05292971v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tsykhotska" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Valleix" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2025.07.588" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678753v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie N Person" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672525v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679078v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Hoffmann" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balaguer" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Blumberg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679026v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dages" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Robert" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Mercier-Bonin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678741v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511660v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Sola-Tapias" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948361v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Butin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Martin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678985v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hillenweck" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Blas-Y-Estrada" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien L Jamin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162582v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Polakof" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie David" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306108v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Butin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672542v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouanin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Jamin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944540v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rousselle" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Amblard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc P. Belzunces" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Chantal Canivenc-Lavier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678785v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raif Eren Ayata" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Caron" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ibanez" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678711v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678671v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia de la Fuente" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605913v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Amiel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595588v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien L. Jamin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Amiel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djawed Bennouna" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debrauwer" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805098v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810092v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Riu" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lapeyre" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803835v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809354v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pero,aaz R/ Wadia" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804085v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804830v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802904v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cottret" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vinson" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Meireles" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03592921v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cravedi" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116122v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Le Mo&#235;l" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Garofalo" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Corti Isgro" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pinton" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Puel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400003v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Cariou" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cov&#232;s" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olha Matviichuk" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400030v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Mathe-Allainmat" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04596856v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757609v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603269v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Helena Noguer Meireles" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2016.07.368" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K74HB84V-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797334v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Picard-Hagen" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745532v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Chevolleau" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Z. Lacroix" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811476v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804072v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dubois" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804382v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806723v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804383v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03593237v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N J Cabaton" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975952v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Coumoul" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fini" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bortoli" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04166740v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakina Mhaouty-Kodja" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Habert" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Babajko" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Beau" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046917v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Bernauer" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bodin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Chaudhry" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Coenraads" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dusinska" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04088761v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Emond" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice M.R. Appenzeller" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04088565v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Belzunces" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04303067v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Weniger" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Boutefnouchet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Champy" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanh Dufat" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Haddad" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04303301v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938390v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>