--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -115,27136 +115,27136 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Conditions de la délégation d’assurance-vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1, pp.39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04955007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le caractère manifestement exagéré des primes ne s’apprécie pas par rapport à l’actif successoral laissé par le souscripteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 6, pp.158</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05413192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Conditions de la délégation d’assurance-vie</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crédit in fine adossé à un contrat d’assurance-vie nanti : vérifier l’interdépendance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2, pp.com. 42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revirement de revirement : la substitution de bénéficiaire n’est finalement pas conditionnée à sa connaissance par l’assureur avant le décès du souscripteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4, pp.103</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05188602v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que peuvent être les unités de compte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1, pp.37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04954999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prime s’était égarée : pas de préjudice fiscal pour le souscripteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1, pp.37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04954988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'obscur clarté des clauses de garantie et d'exclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4, pp.104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05188600v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les obligations d'information, de conseil et de mise en garde du conseiller en gestion de patrimoine dans le cadre d'un crédit in fine adossé à un contrat d'assurance-vie antérieurement souscrit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1, pp.36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04954963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prise en charge du remboursement du prêt par l’assureur et la fin de l’exception de nullité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6, pp.157</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05413183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’atteinte à la réserve n’est pas un critère du caractère manifestement exagéré des primes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2025, 1, pp.39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Ce que peuvent être les unités de compte</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04955020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le caractère manifestement exagéré des primes ne dépend pas seulement de l'absence de revenus du souscripteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 1, pp.37</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">La prime s’était égarée : pas de préjudice fiscal pour le souscripteur</w:t>
+              <w:t xml:space="preserve">, 2024, 5, pp.46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04835618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’action en nullité du contrat d’assurance pour dol ne relève pas du contrat et donc pas de la prescription biennale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 1, pp.37</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Crédit in fine adossé à un contrat d’assurance-vie nanti : vérifier l’interdépendance</w:t>
+              <w:t xml:space="preserve">, 2024, 1, pp.10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505742v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Portabilité de l'assurance collective prévoyance-santé et liquidation judiciaire de l'employer souscripteur : l'assureur peut résilier le contrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin juridique des assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 95, pp.comm. 17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04835633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractérisation et conséquences de l'interdépendance existant entre des contrats de prêt in fine et un contrat d'assurance-vie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 2, pp.com. 42</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Revirement de revirement : la substitution de bénéficiaire n’est finalement pas conditionnée à sa connaissance par l’assureur avant le décès du souscripteur</w:t>
+              <w:t xml:space="preserve">, 2024, 3, pp.62</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04620495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étendue de l'obligation de la banque prêteuse d'éclairer l'emprunteur quant à l'assurance en cas de non-adhésion de celui-ci à l'assurance proposée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 4, pp.103</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">L'obscur clarté des clauses de garantie et d'exclusion</w:t>
+              <w:t xml:space="preserve">, 2024, 5, pp.44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04835624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Encore les conséquences du Covid-19 sur l’assurance des pertes d’exploitation : une clause d’exclusion de garantie ne relève pas du droit commun des contrats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 4, pp.104</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">La prise en charge du remboursement du prêt par l’assureur et la fin de l’exception de nullité</w:t>
+              <w:t xml:space="preserve">, 2024, 1, pp.9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelle réglementation du mandat d’arbitrage entre les unités de compte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 6, pp.157</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Les obligations d'information, de conseil et de mise en garde du conseiller en gestion de patrimoine dans le cadre d'un crédit in fine adossé à un contrat d'assurance-vie antérieurement souscrit</w:t>
+              <w:t xml:space="preserve">, 2024, 1, pp.11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505754v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Lorsque » le mot est de trop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 1, pp.36</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">L’atteinte à la réserve n’est pas un critère du caractère manifestement exagéré des primes</w:t>
+              <w:t xml:space="preserve">, 2024, 3, pp.60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04620489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Informer de tout, même de ce qui n’existe pas : la deuxième chambre civile continue, à raison, de persister</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 1, pp.39</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Le caractère manifestement exagéré des primes ne dépend pas seulement de l'absence de revenus du souscripteur</w:t>
+              <w:t xml:space="preserve">, 2024, 1, pp.12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505751v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La créance de rachat forme l'assiette de la saisie administrative à tiers détenteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 5, pp.46</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">L’action en nullité du contrat d’assurance pour dol ne relève pas du contrat et donc pas de la prescription biennale</w:t>
+              <w:t xml:space="preserve">, 2024, 3, pp.63</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04620499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La conscience des risques n'implique pas la conscience du caractère inéluctable des dommages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 1, pp.10</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Étendue de l'obligation de la banque prêteuse d'éclairer l'emprunteur quant à l'assurance en cas de non-adhésion de celui-ci à l'assurance proposée</w:t>
+              <w:t xml:space="preserve">, 2024, 3, pp.61</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04620493v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrat d'assurance-vie souscrit par un majeur sous curatelle : d'abord être certain qu'il a lui-même signé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin juridique des assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04704661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Premiers arrêts de la Cour de cassation sur l’assurance des pertes d’exploitation liées à l’épidémie de Covid-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 5, pp.44</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Caractérisation et conséquences de l'interdépendance existant entre des contrats de prêt in fine et un contrat d'assurance-vie</w:t>
+              <w:t xml:space="preserve">, 2023, 1, pp.11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04506205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance-vie : identification du préjudice en cas de manquement à l’obligation d’information ou de conseil et ses conséquences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 3, pp.62</w:t>
-[...110 lines deleted...]
-                <w:t xml:space="preserve">Encore les conséquences du Covid-19 sur l’assurance des pertes d’exploitation : une clause d’exclusion de garantie ne relève pas du droit commun des contrats</w:t>
+              <w:t xml:space="preserve">, 2023, 5, pp.146</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La motivation de la résiliation du contrat d'assurance par l'assureur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue générale du droit des assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faute de rappeler la prescription applicable dans le contrat, l’action du souscripteur contre l’assureur est imprescriptible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 1, pp.9</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Nouvelle réglementation du mandat d’arbitrage entre les unités de compte</w:t>
+              <w:t xml:space="preserve">, 2023, 1, pp.12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04506196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance en général : la faute dolosive n’est pas seulement créer le risque de dommage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 1, pp.11</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">« Lorsque » le mot est de trop</w:t>
+              <w:t xml:space="preserve">, 2023, 5, pp.145</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance de groupe : inopposabilité des clauses d’exclusion de garantie en cas de défaut de remise de la notice d’information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 3, pp.60</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Informer de tout, même de ce qui n’existe pas : la deuxième chambre civile continue, à raison, de persister</w:t>
+              <w:t xml:space="preserve">, 2023, 3, pp.92</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un serment doctoral, mais pour quoi faire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13, pp.641</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04055162v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance-vie : le contrat « accidents de la vie » n’est pas une assurance vie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 1, pp.12</w:t>
-[...110 lines deleted...]
-                <w:t xml:space="preserve">La créance de rachat forme l'assiette de la saisie administrative à tiers détenteur</w:t>
+              <w:t xml:space="preserve">, 2023, 3, pp.91</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modification du bénéficiaire du contrat d'assurance-vie : quand les circonstances créent l'équivoque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 3, pp.63</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">La conscience des risques n'implique pas la conscience du caractère inéluctable des dommages</w:t>
+              <w:t xml:space="preserve">, 2023, 4, pp.129</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance en général : unité d’appréciation de la faute dolosive à la Cour de cassation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 3, pp.61</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Premiers arrêts de la Cour de cassation sur l’assurance des pertes d’exploitation liées à l’épidémie de Covid-19</w:t>
+              <w:t xml:space="preserve">, 2023, 3, pp.90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étendue de la nullité du contrat d’assurance-emprunteur en cas de fausse déclaration des risques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 1, pp.11</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Assurance-vie : identification du préjudice en cas de manquement à l’obligation d’information ou de conseil et ses conséquences</w:t>
+              <w:t xml:space="preserve">, 2023, 5, pp.147</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance emprunteur : l'assurance emprunteur qui a pris fin du fait de la déchéance du terme du prêt ne réapparaît pas lorsque les effets de cette déchéance sont suspendus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 5, pp.146</w:t>
-[...102 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+              <w:t xml:space="preserve">, 2023, 3, pp.93</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance en général : la deuxième chambre civile de la Cour de cassation confirme sa récente jurisprudence relative à l’assurance des pertes d’exploitation liées à l’épidémie de Covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.94</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effet de la mise à la retraite anticipée de l’emprunteur sur le remboursement du prêt par l’assureur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1, pp.14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prorogation de la faculté de renonciation au contrat : le formalisme, le formalisme, encore le formalisme de la note d’information, même si le contrat ne contient pas les éléments devant figurer dans ce document</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1, pp.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04506192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intégration au calcul du TEG des primes relatives au contrat d’assurance-vie : il faut que la souscription de l’assurance soit une condition d’octroi du prêt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4, pp.130</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assurance-vie : de l’absence de relations spontanées ente le bénéficiaire, le notaire et l’assureur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 4, pp.131</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La déchéance pour fausse déclaration des conséquences du sinistre n’est pas une sanction disproportionnée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1, pp.13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04506200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obligation de la banque de rechercher le coût de l’assurance pour déterminer le TEG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6, pp.165</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cautionnement disproportionné : effets entre cofidéjusseurs et délai de prescription</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508263v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Objet du sous-cautionnement et date de naissance de la dette de la sous-caution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revirement : la prescription biennale est une exception opposable par la caution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrat racheté disparaît et, avec lui, l'éventuel caractère manifestement exagéré des primes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.93</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Encore la distinction entre condition et exclusion de garantie : application au contrat d'architecte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4, pp.116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constitutionnalité du délai de prescription biennale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.92</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appréciation de la perte de chance subie par l’emprunteur en cas de manquement de la banque à son obligation de l’éclairer sur l’adéquation des risques couverts à sa situation personnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6, pp.164</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachat par l’assureur au titre d’avance sur le contrat d’assurance-vie : le souscripteur doit y avoir consenti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6, pp.166</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le créancier désintéressé perd intérêt à agir contre le débiteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit de préemption du preneur est écarté en cas de vente sous autorité de justice du local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appréciation de la disproportion des cautionnements d'époux séparés de biens faisant masse de leurs biens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'indivisaire dont l'assurance-emprunteur a permis le remboursement de l'emprunt n'a pas droit à indemnité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.96</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subrogation de l'assureur qui a payé l'indemnité au crédit-bailleur du bien assuré par le crédit-preneur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.97</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Création du statut d'entrepreneur individuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que l'indemnité due au preneur en cas d'expropriation doit intégrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Désignation du bénéficiaire par voie testamentaire : pas besoin que l'assureur soit informé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Encore le défaut d'information et l'abus dans la renonciation au contrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.94</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maintien du cautionnement du prêt en cas de caducité de l'accord de conciliation ayant mis en place ce prêt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rupture brutale des relations commerciales : le juge des référés peut imposer la poursuite des livraisons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preuve de l'exécution de l'obligation d'information annuelle de la caution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inopposabilité à la caution du régime spécial de responsabilité du prestataire de services de paiement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les héritiers du souscripteur qui agissent au titre d’un manquement contractuel ne peuvent agir sur le terrain délictuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6, pp.167</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04506214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réduction proportionnelle en cas de fausse déclaration : précision sur la méthode de calcul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4, pp.115</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions sur le droit de préemption du preneur en cas de vente du local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La caution peut renoncer à la condition dont elle bénéficie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand la caution peut poursuivre le codébiteur contre lequel la dette n'est pas exigible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La société qui veut faire payer la diffusion de ses programmes télévisuels n'impose pas un prix minimum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entrée en vigueur de la loi n° 2022-270 du 28 février 2022 : l'assurance-emprunteur sera-t-elle plus accessible ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4, pp.117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Primes manifestement excessives : ne pas oublier d’analyser le montant des primes au regard de l'âge, de la situation familiale et de l'utilité du contrat pour le souscripteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6, pp.168</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04506208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Risque d'endettement excessif de la caution : tenir compte des parts détenues dans la société débitrice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La cession du fonds de commerce n'emporte toujours pas la cession des contrats de distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accepter le renouvellement, c'est renoncer à la résolution du bail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508251v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'avocat, son client et la rupture brutale de leurs relations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changement de gérance ou de contrôle de la société agent commercial et faute privative d'indemnité de fin de contrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La demande aux fins de radiation d'une hypothèque est imprescriptible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508254v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Point de départ du délai de prescription de l'action en responsabilité de l'emprunteur assuré contre la banque en cas de manquement à son devoir de conseil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand la forme protège l’assuré de mauvaise foi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6, pp.163</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04506224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le montant des échéances de remboursement qui doit figurer dans l'encadré situé en tête du contrat de crédit à la consommation n'a pas à intégrer le montant de l'assurance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3, pp.66</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prendre en compte l'existence d'autres sûretés pour apprécier la proportionnalité du cautionnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un élément de l'activité du preneur peut-elle être un facteur local de commercialité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas d'effet de la procédure collective du cédant sur le paiement de la créance cédée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de double original en matière de cautionnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanction du défaut d'aléa : l'assureur peut choisir de ne pas garantir plutôt que de demander la nullité du contrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5, pp.125</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La chance ne sourit pas toujours à la canaille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cautionnement dit réel : double illustration d'un faux concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le bailleur ne peut échapper à son obligation de délivrance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prescription de la créance garantie entraîne l'extinction de l'hypothèque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511502v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Définition du bail renouvelé : conséquences sur l'application d'une loi nouvelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conséquences de la prise en charge du prêt par l'assureur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2, pp.27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le co-emprunteur solidaire ne peut agir en garantie contre l'assureur de l'autre emprunteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5, pp.127</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507305v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La caution ne peut toujours pas invoquer le dol subi par le débiteur principal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Incendier volontairement l'immeuble de son concubin n'est pas vouloir causer de dommages aux tiers : pas de faute intentionnelle !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6, pp.156</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exemple de clause d'exclusion de garantie en matière d'incapacité et précisions sur le droit de l'assuré à la communication d'informations le concernant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6, pp.157</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appréciation du caractère abusif de la clause de transformation du capital en rente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6, pp.159</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le véritable préjudice de l'emprunteur en cas de manquement de la banque à son obligation de l'éclairer sur l'assurance-emprunteur et conséquences sur la prescription de l'action en responsabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2, pp.26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507319v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Savoir identifier les primes d'assurance qui intègrent le calcul du TEG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de plafonnement de l'indemnité d'occupation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nantissement d'assurance-vie subsiste tant que subsiste la dette de remboursement garantie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3, pp.64</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'utilisation du vocable « héritier » pour désigner le bénéficiaire : le légataire à titre universel peut être considéré comme héritier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2, pp.29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nullité de l'hypothèque constituée par une SCI en garantie de la dette d'un associé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réforme des sûretés par l'ordonnance n° 2021-1192 du 15 septembre 2021 : simplification et efficacité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511497v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changements multiples de bénéficiaires et bonne foi de l'assureur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5, pp.129</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prime et les frais de l'assurance-vie condition d'octroi du prêt doivent intégrer le TEG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2, pp.28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507322v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application de la prescription décennale à l'action de la personne qui revendique la qualité de bénéficiaire du contrat et fixation du point de départ du délai</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6, pp.160</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La clause de l'offre de crédit à la consommation par laquelle l'emprunteur reconnaît avoir reçu la notice d'information relative à l'assurance-emprunteur ne vaut pas preuve de cette remise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3, pp.65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507312v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Révoquer les bénéficiaires par lettres-types ? Oui, mais à la condition que la volonté du souscripteur soit certaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2, pp.30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507317v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le « cautionnement hypothécaire » est en dehors de la procédure collective du constituant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assouplissement des règles de constitution et de réalisation de la fiducie-sûreté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tant que dure le prêt, dure le nantissement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prorogation de la faculté de renonciation au contrat : hors du formalisme de la note d'information, point de salut pour l'assureur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3, pp.62</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La distinction de la faute intentionnelle et de la faute dolosive : avancée de la troisième chambre civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5, pp.126</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accepter une garantie n'est pas restreindre le contrat à cette garantie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6, pp.158</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La clause excluant la garantie pour les dommages résultant d'un défaut d'entretien est une clause d'exclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6, pp.155</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appréciation de l'invalidité : quand l'impossibilité de travailler est davantage sociale que physique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5, pp.128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand le préjudice consécutif à un manquement de la banque à ses obligations d'information et de conseil lors d'un arbitrage exercé par le souscripteur d'un contrat d'assurance-vie est-il constitué ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3, pp.63</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présomption de préjudice de la caution en cas de perte de droit préférentiel par le créancier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de la déchéance de la caution de son recours contre le débiteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le consentement du conjoint au prêt est nécessaire à l'efficacité du privilège de prêteur de deniers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application dans le temps de la sanction du réputé non écrit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit de rétention : quelle connexité entre la détention et la créance ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renoncement à une sûreté et bénéfice de subrogation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La désignation bénéficiaire, la curatelle et l'insanité d'esprit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2, pp.36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'acceptation du bénéficiaire ne prive pas le souscripteur de sa faculté de rachat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1, pp.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cession d'un bail verbal et charge de la taxe foncière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Covid-19 et catastrophe naturelle : peu de lueur d'espoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conformité à la Convention EDH de la nullité du cautionnement du fait d'une mention manuscrite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faute de la caution et étendue de son recours contre le débiteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preuve de la soumission ou tentative de soumission d'un partenaire commercial : toujours du concret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La purge amiable des inscriptions étant facultative, le vendeur ne peut y être contraint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand le règlement de copropriété limite la pose d'enseignes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nantissement d'assurance-vie donne un droit exclusif au paiement à son bénéficiaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6, pp.132</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelles garanties d'assurance pour les entreprises ? . - De la qualification de catastrophe naturelle du Covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3, pp.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'usufruitier, en tant que bailleur, est le seul débiteur de l'indemnité d'éviction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511709v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas d'immatriculation, pas d'indemnité d'éviction !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le devoir de mise en garde pour endettement excessif est distinct de l'exigence de proportionnalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nantissement d'assurance-vie confère à son bénéficiaire un droit exclusif au paiement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nantissement ne crée pas une créance contre le constituant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Choisir le bail commercial, c'est choisir « tout » le bail commercial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La faute dolosive et le suicide de l'assuré ou quand la Cour de cassation fait preuve d'humanité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4, pp.82</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractérisation de la faute dolosive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2, pp.35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le maintien dans les lieux opère transformation du bail dérogatoire en bail commercial, nonobstant tout accord contraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le bailleur commercial peut se rétracter pour ne pas payer l'indemnité d'éviction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511643v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'extinction de la créance pour déclaration irrégulière profite à la caution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Savoir distinguer la clause d'indexation d'une de ses stipulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nullité du contrat, opposabilité aux victimes et conséquences pour le FGAO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2, pp.34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cession de droit au bail en procédure collective : ajout d'une faculté de substitution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accepter un prix de cession inférieur à la valeur du stock gagé, une faute du créancier ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Succession dans le temps de baux dérogatoires : tous les prendre en compte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les baux commerciaux face au Covid-19 : à votre bon cœur les bailleurs !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de l'attribution de l'indemnité d'assurance aux créanciers titulaires d'une sûreté sur la chose assurée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, pp.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de prescription lorsque l'assureur n'a pas rappelé les règles relatives à la prescription biennale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3, pp.85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de retrait d'associé en SELARL d'avocats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constitution d'un gage de compte d'instruments financiers : la déclaration, rien que la déclaration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identifier le débiteur principal dans la mention manuscrite : mode d'emploi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8, pp.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511969v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caducité de l'accord de conciliation et disparition consécutive des sûretés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets de l'accession différée sur le loyer renouvelé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'insaisissabilité met l'immeuble à l'abri de la procédure collective, mais pas des effets du divorce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractérisation de l'abus de droit de renoncer au contrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5, pp.163</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application, au contrat de gérance-mandat, de la rupture brutale de relations commerciales établies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Défaut d'information annuelle de la caution : étendue de la déchéance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets de la suspension de la prescription à l'égard de codébiteurs solidaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nullités de la période suspecte : application à l'hypothèque pour des dettes antérieures échues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'acquéreur de la chose assurée a droit aux indemnités correspondant à un sinistre antérieur à la vente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3, pp.84</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du caractère non abusif de certaines clauses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5, pp.165</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fin de l'obligation de sincérité des déclarations spontanées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, pp.18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507893v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omission du coût de l'assurance dans le calcul du TAEG : pas de déchéance du droit aux intérêts lorsque l'irrégularité était apparente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3, pp.86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'agent commercial a droit à l'indemnité de rupture, même lorsqu'elle intervient lors de la période d'essai</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prescription de l'action en répétition des charges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La date n'est pas une condition de validité du cautionnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7, pp.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Article L. 642-12 du Code de commerce : transfert de la charge des échéances du prêt mais absence de novation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5, pp.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'assureur n'a pas à vérifier l'existence de sûretés sur le bien assuré avant de payer l'indemnité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de l'affectation de l'indemnité d'assurance à la remise en état de l'immeuble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4, pp.128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plafonnement du loyer commercial : ne pas se tromper de loyer de référence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changer de bénéficiaire, mais dans les temps et dans les formes !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5, pp.164</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La faute dolosive est celle qui rend inéluctable la réalisation du dommage et fait disparaître l'aléa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, pp.17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renvoi aux règles de l'art n'est pas formel et limité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, pp.197</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507844v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ordre public de la limitation dans le temps de la garantie du cédant du bail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clause de loyer binaire et application de l'article L. 145-33 du Code de commerce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du caractère non abusif de certaines clauses de contrats d'assurance emprunteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le syndic de copropriété n'est pas un intermédiaire d'assurance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3, pp.83</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transmission accessoire du contrat d'assurance lors de la vente du fonds de commerce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11, pp.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04957610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crédit in fine et obligation de mise en garde : en attendant le préjudice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511989v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de relation commerciale entre un avocat et le cabinet auquel il collabore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04511991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appréciation du caractère rachetable du contrat et conséquences sur l'ISF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, pp.16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'âge de l'emprunteur assuré et l'obligation du prêteur de l'éclairer sur l'adéquation de la garantie d'assurance à sa situation personnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3, pp.87</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déclaration des circonstances nouvelles : les questions, toujours les questions posées par l'assureur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, pp.19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le bénéficiaire qui rédige sa désignation ne l'accepte pas pour autant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4, pp.131</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transmission accessoire du contrat d'assurance à l'aliénation de la chose assurée : application à la cession de fonds de commerce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, pp.196</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La chambre commerciale suit la deuxième chambre civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1, pp.20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions sur le droit de rachat en assurance de groupe en cas de vie souscrite par l'employeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4, pp.129</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'obligation de vérifier l'adéquation de l'assurance à la situation personnelle de l'emprunteur pèse sur le prêteur, pas sur l'assureur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4, pp.130</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inopposabilité de la prescription biennale en cas d'absence d'informations relatives à cette prescription dans le contrat d'assurance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4, pp.127</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La renonciation abusive au contrat d'assurance-vie doit s'apprécier en tenant compte de la qualité d'assuré averti ou profane et des informations dont il disposait réellement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2, pp.52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507891v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions sur la levée du secret médical et sur la preuve de la remise de la notice d'information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5, pp.125</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507951v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mari, la femme, le divorce et l'assurance pour compte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2, pp.38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'administrateur peut résilier à tout moment le bail commercial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de bénéfice de subrogation en matière de sûreté réelle constituée en garantie de la dette d'autrui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proportionnalité du cautionnement souscrit par une personne mariée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En matière de prêt professionnel, l'année lombarde peut être retenue, sauf pour le TEG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrat en unités de compte : définition des obligations éligibles à l'assurance-vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1, pp.commentaire 11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obligation d'information et de conseil : ne pas oublier le souscripteur éventuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2, pp.39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'exclusion des dommages survenus lors d'essais sur circuit fermé n'est pas toujours valable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5, pp.123</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'indication de la durée doit être précise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La déclaration de gage suffit à constituer et à rendre opposable le gage de comptes d'instruments financiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interprétation du contrat d'assurance en faveur du souscripteur consommateur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3, pp.68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La résiliation après sinistre ne doit pas être abusive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2, pp.37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand les héritiers ne sont pas les héritiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2, pp.40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la liberté de ne pas financer une association de commerçants d'un centre commercial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conséquences de l'absence de notification de la résiliation du bail commercial au créancier nanti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faute de biens affectés à l'EIRL, il n'y a pas d'EIRL !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit de préemption du preneur commercial prévu par l'article L. 145-6-1 est d'ordre public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La déclaration de risque devra-t-elle bientôt être faite par une mention manuscrite ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, pp.163</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507942v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauf éléments particuliers, le notaire n'a pas à vérifier la sincérité de la souscription d'une assurance obligatoire par le vendeur d'un immeuble à construire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5, pp.126</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La faculté annuelle de résiliation est conforme à la Constitution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2, pp.36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recours entre assureurs d'un ensemble routier : pas de partage égalitaire entre l'assureur du tracteur et l'assureur de la remorque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1, pp.commentaire 14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'article L. 442-6 du Code de commerce n'est pas applicable au bail commercial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Point de départ des intérêts moratoires du loyer du bail renouvelé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512143v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Premières précisions sur le droit de préemption du preneur commercial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La déchéance de garantie pour fausse déclaration de sinistre nécessite que soit apportée la preuve de la mauvaise foi de l'assuré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5, pp.124</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La désignation des héritiers en tant que bénéficiaires de l'assurance-vie en présence d'un legs universel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, pp.161</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507946v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obligation d'information du souscripteur : la notice, rien que la notice !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3, pp.66</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le caractère averti d'un emprunteur personne morale dépend uniquement de son dirigeant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets d'un congé irrégulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512025v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cautionnement : quand un mot manque à la mention manuscrite…</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fixation conventionnelle du loyer en cours de bail et risque de déplafonnement lors du renouvellement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apprécier la disproportion du cautionnement : tous les revenus de la caution, même ceux émanant du débiteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512015v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préjudice né du dépassement du mandat de gestion : les pertes, rien que les pertes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de QPC contre l'article L. 624-9 du Code de commerce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La distorsion doit résulter de la clause elle-même</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04512011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'action contre le mandataire en charge des arbitrages des unités de comptes est soumise à la prescription biennale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3, pp.67</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extension du domaine des obligations du prêteur envers l'emprunteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, pp.160</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rappel utile : en cas de contradiction, les conditions particulières du contrat priment les conditions générales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, pp.162</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de personnalité morale pour un fonds de titrisation : conséquences sur le recouvrement des créances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03003535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas d'obligation pour l'assureur de proposer une traduction du contrat d'assurance lorsque le souscripteur est étranger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1, pp.13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'assurance-emprunteur peut désormais être résiliée tous les ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit du créancier antérieur à poursuivre le bien déclaré insaisissable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La caution peut exercer l'action directe du sous-traitant contre le maître de l'ouvrage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de déséquilibre significatif dans le contrat constitutif d'un GIE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513268v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On ne peut renoncer dans le bail à la révision du loyer pour hausse de plus du quart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sort du cautionnement en cas de transformation du bail dérogatoire en bail commercial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les associations sont des partenaires commerciaux comme les autres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrats d'assurance successifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03003717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Succession dans le temps de contrats d'assurance responsabilité civile : ce qui compte, c'est la date du fait dommageable.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souscrire à un contrat collectif ne signifie pas adhérer à la société mutuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6, pp.248</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand les difficultés économiques écartent la brutalité de la rupture de la relation commerciale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Créateurs et repreneurs d'entreprises : vous risquez d'être des cautions averties !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subroger le preneur ne dispense pas le bailleur de garantir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ne pas renouveler un crédit n'est pas une rupture brutale de relation commerciale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cautionnement donné après l'ouverture de la procédure collective pour une dette antérieure : où est la cause ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Opposabilité de la demande de renouvellement au nouveau propriétaire du local</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'autorisation de dispense d'exploitation personnelle donnée à une location-gérance est provisoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513203v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renouvellement du bail et variation de plus du quart du loyer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arbitrage et rupture brutale de relations commerciales établies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nullité du bail en cas d'absence d'autorisation de changement d'affectation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fixation de l'indemnité d'éviction suspend la prescription</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas d'obligation de conseil de la part du bénéficiaire du nantissement d'un contrat d'assurance-vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représentation des coassureurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6, pp.249</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La résiliation annuelle applicable à l'assurance emprunteur d'un crédit immobilier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aval et cautionnement : à chacun son droit (bis) !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prescription de l'action en requalification du bail commercial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nullité d'un avenant à un contrat de gage fait en période suspecte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions du recours de la caution après clôture de la liquidation judiciaire du débiteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513425v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Négocier... éventuellement contre soi-même</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le caractère abusif de l'appel de la garantie ne rend pas forcément abusif l'appel d'une contre-garantie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cautionnement donné par un établissement de crédit est... une opération de crédit fournie aux emprunteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513451v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inopposabilité de la clause compromissoire au ministre de l'Économie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand la signature peut figurer avant l'engagement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513413v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bail dérogatoire transformé en bail commercial : prescription de l'action en fixation du loyer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand la rupture prévisible n'en est pas moins brutale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Savoir ou ne pas savoir... telle est la question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'absence de notification ne prive pas la caution d'un droit préférentiel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gage de stocks : finalement, c'est comme on veut !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La protection du consommateur ne connaît pas les frontières procédurales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513448v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En l'absence de congé, le bail est poursuivi et le preneur a droit au renouvellement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513442v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La durée du sous-bail commercial peut être inférieure à celle du bail principal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La clause d'indexation ne jouant qu'à la hausse est nulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel. Droit de la distribution et de la concurrence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'offre et l'acceptation entrent dans le Code civil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le loyer binaire n'exclut pas toujours les règles d'évolution du loyer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Randonnée motorisée organisée par une société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand le cautionnement rencontre l'arbitrage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le brasseur qui produit selon le savoir-faire d'un autre n'est pas indépendant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas d'autonomie dans les rapports entre le donneur d'ordre et le bénéficiaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le gage portant sur des stocks est obligatoirement un gage... de stock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Affirmation du caractère relatif de la relation commerciale établie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appréciation du déséquilibre significatif entre partenaires commerciaux (suite)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application dans le temps du décret du 13 janvier 2011 portant réforme de l'arbitrage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liberté contractuelle et responsabilité pour rupture brutale d'une relation commerciale établie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toujours pas de retour vers le futur pour apprécier la disproportion !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Substitution d'assurance-emprunteur : précisions sur la notion de niveau de garantie équivalent Commentaire de l'avis du Comité consultatif du secteur financier du 13 janvier 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets de la cessation des fonctions de l'agent commercial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application du caractère relatif de la relation commerciale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stipuler une clause d'indexation écarte la révision du loyer à la valeur locative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Substitution d'assurance-emprunteur : précisions sur la notion de niveau de garantie équivalent. - Commentaire de l'avis du Comité consultatif du secteur financier du 13 janvier 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02887975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La convention d'occupation précaire n'est pas un bail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appréciation du déséquilibre significatif entre professionnels : soyons concrets !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Même non inscrite, une hypothèque existe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions de l'indivisibilité entre le contrat de crédit et le contrat d'assurance-vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Licéité de l'utilisation de mots clés associés à une marque concurrente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La banque et l’assurance du bien financé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02887889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constitution de nantissement d'assurance-vie et calcul du TEG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nullité de la vente d'une participation majoritaire intervenue sans information des salariés a vécu !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Disproportion du cautionnement : tout le patrimoine de la caution... et tous ses cautionnements (bis)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513831v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Convention entre une société d'assurances et un courtier grossiste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les droits du créancier nanti sur un contrat d’assurance-vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de droit bancaire et financier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02887972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De nouvelles précisions sur la rupture brutale des relations commerciales établies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand le créancier peut s'en remettre à la caution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caution solidaire et tierce opposition à la sentence arbitrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De nouveaux outils pour assurer la liberté des distributeurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le porte-fort est un engagement autonome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coup(s) de boutoir contre la déclaration d'insaisissabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'expérience du surendettement des particuliers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit &amp; Patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 242, pp.71</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02887977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La personnalité des peines et l'article L. 442-6 du Code de commerce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charge de la preuve du retour à meilleure fortune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accession différée des constructions et indemnité d'éviction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D'un bail l'autre, ou savoir distinguer bail dérogatoire et convention d'occupation précaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’EXPÉRIENCE DU SURENDETTEMENT DES PARTICULIERS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit &amp; Patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la prospective au constat d'un échec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJDI. Actualité juridique Droit immobilier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 12, pp.830</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02222483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce qui est fautif envers le débiteur ne l'est pas nécessairement envers la caution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prêt viager hypothécaire exclu des mesures de traitement du surendettement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Congé irrégulier : le preneur peut quitter les lieux loués et obtenir une indemnité d'éviction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nullité de la clause d'agrément par le bailleur dans le bail à construction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Validation de la clause d'indexation à indice de base fixe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Validité de la clause compromissoire indépendamment de l'activité des parties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513846v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rupture abusive de crédit et cautionnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand une modification substantielle du contrat équivaut à sa rupture brutale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’habitat participatif institutionnalisé par la loi ALUR : coopératives d’habitants et sociétés d’autopromotion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Chantepie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue trimestrielle de droit immobilier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, numéro spécial Loi ALUR, p. 83</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02157516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dette garantie ne peut être modifiée à l'insu de la caution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extensions du domaine des baux commerciaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513850v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dérogez au contrat-type, il en restera toujours quelque chose !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préempter, oui ; diviser, non !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions sur l'information de la caution d'une location avec option d'achat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fusion-absorption et cautionnement : pas de révolution !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La caution qui a remboursé ses cofidéjusseurs peut agir contre le débiteur principal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mandataire doit conseiller son mandant, fût-il lui-même professionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513951v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La caution peut exercer le retrait litigieux... si elle en remplit les conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le bénéfice de subrogation profite à toute caution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Défaut de déclaration de créance et décharge de la caution : suite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Publier le nantissement oui, mais correctement !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Rachat par le souscripteur en liquidation judiciaire », commentaire de Cass. com. 11 déc. 2012, n° 11-27437</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02926963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Défaut de déclaration de la créance et bénéfice de subrogation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513946v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le préavis contractuel n'est pas nécessairement suffisant et il peut être trop important</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retenir une chose n'est pas en retenir une autre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cautionnements régis par le Code de la consommation : quand ce n'est pas l'un, c'est l'autre !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cessionnaire, la caution et les fautes du cédant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un cautionnement mal formé peut être régularisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Disproportion du cautionnement : tout le patrimoine de la caution, mais seulement son patrimoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les critères de sélection des distributeurs ne doivent pas aboutir à une discrimination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transformation d'un bail dérogatoire en bail commercial et sort du cautionnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le délégué n'est pas nécessairement un garant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'obligation de délivrance ne concerne pas l'environnement commercial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le garant de livraison dispose d'un recours contre le donneur d'ordre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachat par le souscripteur en liquidation judiciaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Encore l'obligation faite au preneur d'adhérer... mais à une société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Condition de proportionnalité du cautionnement : une caution avertie en vaut une autre !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De quelques difficultés suscitées par la substitution d'assurance-emprunteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand les cautions tentent de faire flèche de tout bois...</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nature de la prestation contractuelle n'a pas d'incidence sur le caractère établi d'une relation commerciale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions importantes sur le régime des actions ouvertes à un indivisaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des rapports de voisinage en lotissement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Chantepie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clause d'accroissement et indivision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'assurance dans la garantie du prêt immobilier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AJDI. Actualité juridique Droit immobilier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12, pp.847</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02222313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les conditions d'exercice du droit de préemption des indivisaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des rapports entre la livraison de la chose vendue et la clause de réserve de propriété</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aval et cautionnement : à chacun son droit !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essentiel Droit des contrats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions sur la déclaration de créance et sur l'appel formé par un indivisaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'information en assurance-emprunteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508018v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réflexions sur la personnification de l’indivision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La crise dans l'indivision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feue la responsabilité pour trouble anormal du voisinage en matière d'antennes relais ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une sûreté méconnue : l’assurance-crédit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'art de se tromper deux fois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réflexions sur la nature juridique des assurances du crédit : assurance-emprunteurs et assurance-crédit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anticipation et mutualisation du risque : l'assurance-crédit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La subrogation de l'assureur-crédit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui ne paie pas la rente viagère ne paie pas le prix de vente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nantissement d'assurance vie réformé en catimini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un rôle nouveau pour le sinistre en assurance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'obligation d'information de l'assureur vie : une obligation générale et non négociable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04507913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Divorce et devoir conjugal : en condamnant la France, la CEDH ne comprend manifestement pas le droit français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04912428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une justice plus efficace, revoir le mode de recrutement de nos magistrats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04515361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un serment doctoral, mais pour quoi faire ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...20761 lines deleted...]
-                <w:t xml:space="preserve">Gaël Chantepie</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04508211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le refus de réintégrer les soignants non-vaccinés trahit une conception scientiste et puritaine de notre droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04515375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lutte contre la pandémie est une chose trop grave pour être confiée aux médecins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...3639 lines deleted...]
-                <w:t xml:space="preserve">hal-04507913v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Desmons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04515368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Covid-19: voulons-nous vivre à vie sous un régime de restrictions de libertés?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04515359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mise en œuvre des sûretés en présence d’une procédure d’insolvabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Favoriser la mise en œuvre des sûretés : jusqu’où aller ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jean-François Riffard, Mar 2025, Clermont- Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05055718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le consentement aux relations sexuelles en mariage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réflexions critiques autour du consentement en droit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sophie Corioland et Guillaume Millerioux, Apr 2025, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05055724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les servitudes collectives en lotissement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les servitudes collectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Tours, Nov 2015, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03138988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le droit des procédures collectives est-il adapté aux PME?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les PME existent-elles ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03138981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La protection financière du dirigeant social par le recours à l’assurance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La protection du dirigeant social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Grenoble Alpes, Dec 2014, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03138975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La sécurisation de l’emprunt immobilier par l’assurance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La sécurisation de l’opération immobilière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Valenciennes et du Hainaut-Cambrésis, May 2012, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03138965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anticipation et mutualisation des risques, l’assurance-crédit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La prévision en droit des affaires, utopie ou nécessité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EFB, Sep 2010, Issy-les-Moulineaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03138958v1</w:t>
-              </w:r>
-[...415 lines deleted...]
-                <w:t xml:space="preserve">hal-04515359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -27350,165 +27350,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'état de catastrophe naturelle, une solution pour les entreprises?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le droit face au coronavirus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 978-2-7110-3639-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04514391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les masques et après? Lire et relire La Société du Risque d'Ulrich Beck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leblond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Droit face au Coronavirus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 978-2-7110-3639-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04514406v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04514391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Code du numérique</w:t>
               </w:r>
@@ -28040,51 +28040,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413192v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leblond" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955007v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954999v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954988v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055708v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188602v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188600v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413183v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954963v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955020v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835618v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505742v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835624v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620495v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835633v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505746v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505754v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620489v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505751v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704661v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620499v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620493v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506205v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505764v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505780v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04055162v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505862v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506196v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505773v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505843v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505826v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505871v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505760v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505878v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505885v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505867v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506192v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505809v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505817v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506200v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507274v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508263v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508258v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508253v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507294v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507282v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507289v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507277v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507279v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508259v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507287v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508228v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508257v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508256v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507293v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508235v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507290v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507286v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508219v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508265v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508247v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507283v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508260v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508236v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508223v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508250v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508261v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506214v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507281v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506208v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508217v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508264v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508254v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508251v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508226v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508234v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506224v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507291v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507313v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511559v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511486v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511592v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511532v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507303v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511574v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511514v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511579v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507302v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507319v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507301v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507299v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507321v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507305v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511549v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511525v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511522v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511502v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511504v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507314v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511585v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511497v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507316v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507308v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507322v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507297v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511610v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511491v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507309v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507317v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507312v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507307v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511569v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507304v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507300v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507295v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511554v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511605v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511540v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511634v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507315v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511564v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511477v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507792v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507797v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511663v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511691v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511619v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511628v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511676v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507781v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511669v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511714v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511709v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511708v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511658v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511653v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511648v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511638v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507785v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507784v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507794v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511711v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511695v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511643v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511698v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507789v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511693v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511717v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511681v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511622v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507896v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507884v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512000v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511995v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511969v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511963v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507848v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507883v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511965v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511958v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511998v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511960v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507851v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511986v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511967v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512002v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511996v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511984v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511973v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511977v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507873v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507893v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507862v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511981v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507856v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507887v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507844v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511970v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511983v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512003v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507880v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957610v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507876v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511991v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511989v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507888v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507843v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507868v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507894v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507864v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507866v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507859v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507891v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507889v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507951v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507971v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512155v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507964v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512022v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512184v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507956v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507974v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507979v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512020v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512030v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512146v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507972v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507966v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512008v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512006v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512156v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512027v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507942v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507949v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507968v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512152v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512034v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507976v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507958v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507948v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507946v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512143v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512025v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512042v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512149v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03003535v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512151v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512015v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512011v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512170v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512183v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507960v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507943v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507978v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507947v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513289v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513195v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513256v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507982v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513306v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513316v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513282v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03003717v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513268v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513193v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507987v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513309v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513300v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513185v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513259v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513224v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513203v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513321v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507903v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513295v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513218v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507988v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513235v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513330v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513230v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513277v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513422v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513425v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513468v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513451v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513444v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513437v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513434v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513474v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513413v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513424v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513404v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513460v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513448v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513442v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513456v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513464v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513407v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513461v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507904v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513478v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513439v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513483v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513470v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513791v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513833v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513790v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513809v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507908v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513835v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513841v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513812v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513785v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02887975v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513839v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513826v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513783v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513806v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513829v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513804v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513831v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02887889v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513799v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507906v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02887972v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513823v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513821v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513815v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513802v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513819v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508000v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513876v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513871v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513865v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513848v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02887977v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513857v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513882v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513880v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513853v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513875v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513849v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513846v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02222483v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513873v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513861v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02157516v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Chantepie" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513881v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513858v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513850v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513868v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513855v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513878v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513930v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513931v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513936v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513941v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513951v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513945v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02926963v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513940v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513946v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513928v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513953v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513935v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513947v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513950v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513937v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513939v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513949v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513943v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513932v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507909v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513934v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513958v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507911v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513954v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508008v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508005v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513956v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508012v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02222313v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508011v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513957v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508007v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513955v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507996v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508018v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508013v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507912v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508022v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507992v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508024v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508017v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508019v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508016v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507918v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507915v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507913v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055718v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055724v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138988v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138981v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138975v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138965v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138958v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912428v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515361v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508211v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515375v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515368v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Desmons" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515359v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/tel-04049190v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514406v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514391v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507311v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508205v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507902v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507900v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507898v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955007v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leblond" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413192v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055708v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188602v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954999v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954988v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188600v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954963v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413183v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955020v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835618v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505742v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835633v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620495v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835624v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505746v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505754v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620489v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505751v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620499v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620493v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704661v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506205v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505764v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505780v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506196v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505773v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505862v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04055162v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505843v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505826v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505871v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505760v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505878v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505867v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505885v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506192v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505809v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505817v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506200v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507274v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508263v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508258v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508253v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507294v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507282v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507289v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507277v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507279v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508257v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508256v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508228v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507293v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507287v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508259v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508235v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507290v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507286v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508219v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508265v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508247v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508260v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506214v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507283v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508236v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508261v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508250v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508223v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507281v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506208v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508226v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508217v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508251v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508264v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508234v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508254v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507291v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04506224v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507313v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511559v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511486v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511592v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511532v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507303v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511549v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511525v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511504v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511502v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511522v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507321v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507305v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511579v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507302v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507299v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507301v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507319v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511574v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511514v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507314v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507316v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511585v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511497v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507308v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507322v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507297v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507312v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507317v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511610v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511491v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511569v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507309v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507307v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507295v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507300v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507304v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507315v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511634v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511554v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511540v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511605v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511564v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511477v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507792v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507797v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511663v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511691v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511619v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511628v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511714v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511669v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511676v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507781v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507785v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511709v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511708v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511638v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511653v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511648v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511658v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507784v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507794v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511711v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511643v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511698v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511695v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507789v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511717v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511693v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511622v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511681v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507896v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507884v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512000v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511995v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511969v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511963v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511986v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511967v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507851v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511960v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511958v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511998v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511965v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507883v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507848v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507893v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507873v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511996v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511977v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511973v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511984v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512002v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507862v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511981v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507856v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507887v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507844v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511983v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512003v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511970v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507880v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957610v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511989v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511991v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507888v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507876v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507894v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507868v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507843v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507889v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507866v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507864v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507859v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507891v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507951v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507971v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512155v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512146v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512030v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512020v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507979v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507974v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507956v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512184v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512022v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507964v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507972v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507966v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512008v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512006v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512156v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512027v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507942v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507949v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507968v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507976v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512152v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512143v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512034v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507948v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507946v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507958v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512042v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512025v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512149v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512151v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512015v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512183v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512170v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512011v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507960v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507947v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507943v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03003535v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507978v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513289v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513195v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513256v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513268v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513282v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513316v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513306v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03003717v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507982v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507987v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513193v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513309v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513300v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513185v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513259v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513224v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513203v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513321v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513295v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513235v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513218v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513330v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507988v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507903v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513277v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513230v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513422v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513425v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513468v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513444v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513451v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513434v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513413v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513437v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513424v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513474v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513404v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513460v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513448v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513442v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513456v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513461v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513464v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513407v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507904v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513478v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513470v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513439v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513483v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513791v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513812v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513841v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513835v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513785v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507908v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513833v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513790v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513809v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02887975v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513839v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513826v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513783v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513806v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513829v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02887889v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513804v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513799v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513831v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507906v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02887972v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513823v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513821v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513819v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513802v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513815v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513857v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02887977v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513876v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513871v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513865v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513848v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508000v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02222483v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513882v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513853v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513875v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513849v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513880v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513846v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513873v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513861v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02157516v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Chantepie" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513858v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513850v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513881v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513868v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513878v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04513855v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513930v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513951v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513945v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513941v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513936v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513931v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02926963v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513946v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513928v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513940v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513953v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513935v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513947v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513937v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513950v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513939v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513949v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513932v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513943v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507909v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513934v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513958v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507911v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513954v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513956v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508008v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508005v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508012v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02222313v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508011v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513957v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513955v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508007v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508018v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507996v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508013v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507912v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507992v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508022v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508024v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508017v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508019v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508016v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507918v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507915v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507913v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912428v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515361v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508211v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515375v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515368v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Desmons" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515359v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055718v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055724v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138988v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138981v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138975v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138965v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138958v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/tel-04049190v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514391v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514406v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507311v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508205v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507902v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507900v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507898v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>