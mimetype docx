--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -179,51 +179,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Numerical Methods in Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026</w:t>
+              <w:t xml:space="preserve">, 2026, 127 (1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05144415v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -949,51 +949,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03448674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal effect of the welding process on the dynamic behavior of the HSS constitutive materials of a fillet welded joint</w:t>
+                <w:t xml:space="preserve">Influence of the heat affected zone on the dynamic behavior of a welded joint of armoured steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Carrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Markiewicz</w:t>
@@ -1028,258 +1028,258 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanics &amp; Industry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 18 (3), </w:t>
+              <w:t xml:space="preserve">International Journal of Impact Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 104, pp.154-163. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/meca/2016045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijimpeng.2016.12.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03456436v1</w:t>
+                <w:t xml:space="preserve">hal-03456498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the heat affected zone on the dynamic behavior of a welded joint of armoured steel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Carrier</w:t>
+                <w:t xml:space="preserve">Macro-modeling of the strength and failure of multi-layer multi-steel grade spot welds: Connector formulation, assembly model and identification procedure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Chtourou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fahmi Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Haugou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Markiewicz</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Impact Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Thin-Walled Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 113, pp.228-239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tws.2017.01.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijimpeng.2016.12.022⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03456498v1</w:t>
+                <w:t xml:space="preserve">hal-03451857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macro-modeling of spot weld strength and failure: Formulation and identification procedure based on pure and mixed modes of loading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Chtourou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1333,191 +1333,191 @@
               <w:t xml:space="preserve">Engineering Computations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 34 (3), pp.941-959. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1108/EC-03-2016-0081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01580320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macro-modeling of the strength and failure of multi-layer multi-steel grade spot welds: Connector formulation, assembly model and identification procedure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rim Chtourou</w:t>
+                <w:t xml:space="preserve">Thermal effect of the welding process on the dynamic behavior of the HSS constitutive materials of a fillet welded joint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Carrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Markiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Haugou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lebaillif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin-Walled Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 113, pp.228-239. </w:t>
+              <w:t xml:space="preserve">Mechanics &amp; Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tws.2017.01.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/meca/2016045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03451857v1</w:t>
+                <w:t xml:space="preserve">hal-03456436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a pre-stretched tension Hopkinson bar device: Configuration, tail corrections, and numerical validation</w:t>
               </w:r>
@@ -2256,273 +2256,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers un rôle des lipides polaires laitiers dans la régulation de la sécrétion des acides biliaires et de leurs régulateurs hormonaux ?</w:t>
+                <w:t xml:space="preserve">Comparaison des méthodes multi-échelles pour la modélisation de la plaque perforée dans les calculs de structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kassem Makki</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phuc Viet Khoa Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Massa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Langrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05495289v1</w:t>
+                <w:t xml:space="preserve">hal-05312915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des méthodes multi-échelles pour la modélisation de la plaque perforée dans les calculs de structures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vers un rôle des lipides polaires laitiers dans la régulation de la sécrétion des acides biliaires et de leurs régulateurs hormonaux ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kassem Makki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Le Barz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Vors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phuc Viet Khoa Nguyen</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emilie Gauliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05312915v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05495289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A SHPB digital twin for the optimization of specimens dedicated to heterogeneous high strain rate tests</w:t>
               </w:r>
@@ -2692,256 +2692,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04668832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive coupled discrete/continuous approach for the forming of materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Farouk Yahya</w:t>
+                <w:t xml:space="preserve">Modélisation mixte éléments finis-éléments discrets pour l'analyse de stabilité de systèmes frottants en présence de variabilités topographiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine El Attaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Dubar</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Massa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Tison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Computational Structures Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">15ème colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, 83400 Hyères-les-Palmiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03878991v1</w:t>
+                <w:t xml:space="preserve">hal-03718299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation mixte éléments finis-éléments discrets pour l'analyse de stabilité de systèmes frottants en présence de variabilités topographiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yassine El Attaoui</w:t>
+                <w:t xml:space="preserve">Adaptive coupled discrete/continuous approach for the forming of materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Yahya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thierry Tison</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dubar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, 83400 Hyères-les-Palmiers, France</w:t>
+              <w:t xml:space="preserve">14th International Conference on Computational Structures Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03718299v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03878991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling complex mechanical computer codes with functional input via Gaussian processes</w:t>
               </w:r>
@@ -3268,51 +3268,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macroscopic FE modeling of the tensile strength and the failure of asymmetric multi-layer multi-steel grade spot welded assembly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Chtourou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3393,51 +3393,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of the mechanical strength and the failure of multi-sheet, multi-material spot-welded assemblies under pure and combined loading conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Chtourou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fahmi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3864,51 +3864,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental characterisation of multi-sheet, multi-material spot-welded assemblies under pure and combined I/II loading conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Chtourou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fahmi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3989,51 +3989,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental characterisation and macro-modeling of the mechanical behaviour of three-sheet multi-steel grade spot welded assembly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Chtourou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4248,51 +4248,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental characterization and macro-modeling of mechanical strength of multi-sheets and multi-materials spot welds under pure and mixed modes I and II</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Chtourou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Haugou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4376,381 +4376,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03433911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical modeling of low velocity impact of thin metallic structures using shell finite element enriched by interpolation covers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hakim Naceur</w:t>
+                <w:t xml:space="preserve">Thermal effect of the welding process on the dynamic behavior of the HSS constitutive materials of a fillet welded joint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Carrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Markiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Haugou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lebaillif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIII International Conference on Computational Plasticity. Fundamentals and Applications (COMPLAS 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03433327v1</w:t>
+                <w:t xml:space="preserve">hal-03446151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new arcan test device for dynamic loadings of adhesively bonded joints</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Franck Lauro</w:t>
+                <w:t xml:space="preserve">Numerical modeling of low velocity impact of thin metallic structures using shell finite element enriched by interpolation covers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waseem Arif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Naceur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Carrere</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Conference on Structural Adhesive Bonding</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">XIII International Conference on Computational Plasticity. Fundamentals and Applications (COMPLAS 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03433960v1</w:t>
+                <w:t xml:space="preserve">hal-03433327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal effect of the welding process on the dynamic behavior of the HSS constitutive materials of a fillet welded joint</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">David Lebaillif</w:t>
+                <w:t xml:space="preserve">A new arcan test device for dynamic loadings of adhesively bonded joints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Bourel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Lauro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Carrere</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">3rd International Conference on Structural Adhesive Bonding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03446151v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03433960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Separation of the elastic waves’ system in pre-stretched bar devices</w:t>
               </w:r>
@@ -5292,135 +5292,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03552229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers la modélisation des assemblages rivetés par super-éléments finis en dynamique rapide</w:t>
+                <w:t xml:space="preserve">Super-éléments finis pour la modélisation des assemblages rivetés en calcul de structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hennuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Langrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Langrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Séminaire NAFEMS sur la modélisation et la simulation des assemblages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03439012v1</w:t>
+                <w:t xml:space="preserve">hal-03522975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction d'un modèle numérique de substitut de tête humaine sous impact balistique</w:t>
               </w:r>
@@ -5521,135 +5521,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01717835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Super-éléments finis pour la modélisation des assemblages rivetés en calcul de structures</w:t>
+                <w:t xml:space="preserve">Vers la modélisation des assemblages rivetés par super-éléments finis en dynamique rapide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hennuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Langrand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Markiewicz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire NAFEMS sur la modélisation et la simulation des assemblages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03522975v1</w:t>
+                <w:t xml:space="preserve">hal-03439012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Super-éléments de plaque perforée pour la modélisation de l'assemblage riveté en dynamique rapide</w:t>
               </w:r>
@@ -6006,51 +6006,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation macroscopique d’un assemblage soudé 3 tôles multi-matériaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Chtourou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuan Hung Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6545,51 +6545,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144415v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Creus&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou N'Diaye" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Venel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hubert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leconte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877940v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine El Attaoui" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Massa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2024.105427" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592238v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Yahya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dubar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7503" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571051v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Langrand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Kruch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2023.112559" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03446959v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waseem Arif" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Naceur" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sajjad Miran" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Markiewicz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-04-2020-0205" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638901v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bourel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lauro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudiu Badulescu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2020.103587" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448674v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Tounsi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Haugou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahmi Chaari" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2019.04.017" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03456436v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carrier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lebaillif" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2016045" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03456498v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2016.12.022" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5XF93MB1-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580320v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Chtourou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Zouari" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-03-2016-0081" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03451857v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tws.2017.01.023" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03446861v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Morvan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2016.05.018" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CHDQXV0V-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03442755v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Dufour" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2016.07.015" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448148v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Fabis" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dupuy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2016.07.022" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03627075v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hennuyer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2014012" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03612924v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2014.07.008" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587978v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Menegazzi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Millot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2009.03.001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05495289v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassem Makki" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Le Barz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vors" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Humbert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gauliard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312915v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuc Viet Khoa Nguyen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824004v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fourest" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668832v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878991v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718299v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tison" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882473v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s F. L&#243;pez-Lopera" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Turpin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527191v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bechet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Dubois" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Filali" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Gu&#233;rin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03432923v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436311v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433309v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201818302009" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436811v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436790v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436617v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465311v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03438904v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433914v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20159405011" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433911v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20159401032" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433327v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433960v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carrere" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446151v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433273v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20159401067" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433146v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20159401024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078618v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722105v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03552229v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439012v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717835v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mar&#233;chal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddick Shiri" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bresson" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Collard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03522975v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592853v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362121v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03450850v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-62956-8_28" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03442603v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Hung Nguyen" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03439090v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448639v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Maradei" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00392701v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144415v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Creus&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou N'Diaye" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Venel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hubert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leconte" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877940v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine El Attaoui" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Massa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2024.105427" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592238v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Yahya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dubar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.7503" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571051v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Langrand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Kruch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2023.112559" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03446959v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waseem Arif" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Naceur" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sajjad Miran" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Markiewicz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-04-2020-0205" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02638901v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bourel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lauro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudiu Badulescu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2020.103587" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448674v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Tounsi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Haugou" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahmi Chaari" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2019.04.017" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03456498v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carrier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lebaillif" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2016.12.022" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5XF93MB1-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03451857v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Chtourou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tws.2017.01.023" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580320v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Zouari" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EC-03-2016-0081" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03456436v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2016045" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03446861v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Morvan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2016.05.018" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CHDQXV0V-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03442755v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Dufour" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2016.07.015" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448148v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Fabis" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dupuy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2016.07.022" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03627075v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hennuyer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2014012" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03612924v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.finel.2014.07.008" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00587978v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Menegazzi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Millot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2009.03.001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312915v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuc Viet Khoa Nguyen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05495289v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassem Makki" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Le Barz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vors" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Humbert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gauliard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824004v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fourest" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668832v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718299v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Tison" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878991v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882473v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s F. L&#243;pez-Lopera" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Turpin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527191v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bechet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Dubois" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Filali" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Gu&#233;rin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03432923v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436311v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433309v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201818302009" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436811v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436790v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03436617v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465311v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03438904v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433914v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20159405011" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433911v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20159401032" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446151v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433327v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433960v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Carrere" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433273v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20159401067" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433146v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20159401024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078618v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722105v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03552229v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03522975v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717835v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mar&#233;chal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddick Shiri" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bresson" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Collard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439012v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592853v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03362121v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03450850v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-62956-8_28" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03442603v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Hung Nguyen" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03439090v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03448639v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Maradei" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00392701v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>