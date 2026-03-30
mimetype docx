--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -190,657 +190,657 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodes et dispositifs RMN pour la caractérisation de la croissance de biofilms en milieux poreux</w:t>
+                <w:t xml:space="preserve">Étude via Imagerie par Résonance Magnétique (IRM) du comportement en convection naturelle d'une suspension de matériaux à changement de phase microencapsulés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
+                <w:t xml:space="preserve">Maxime Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feryal Guerroudj</w:t>
+                <w:t xml:space="preserve">Christel Metivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lama Hamdouna</w:t>
+                <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Guendouz</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sebastien Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26eme Congrès Francais de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Metz, France</w:t>
+              <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05296048v1</w:t>
+                <w:t xml:space="preserve">hal-05312986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes et dispositifs RMN pour la caractérisation de la croissance de biofilms en milieux poreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feryal Guerroudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lama Hamdouna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Guendouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
+              <w:t xml:space="preserve">26eme Congrès Francais de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05313087v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05296048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d'une maquette expérimentale représentative d'un RNR-Na pour la caractérisation des vortex à la surface libre</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Navdeep Singh</w:t>
+                <w:t xml:space="preserve">Méthodes et dispositifs RMN pour la caractérisation de la croissance de biofilms en milieux poreux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feryal Guerroudj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lama Hamdouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laoues Guendouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Guenadou</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laurence Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05312926v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05313087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi du transport de bactéries en écoulement confiné par microscopie holographique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Conception d'une maquette expérimentale représentative d'un RNR-Na pour la caractérisation des vortex à la surface libre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Navdeep Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guenadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurence Mathieu</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Labergue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05313140v1</w:t>
+                <w:t xml:space="preserve">hal-05312926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude via Imagerie par Résonance Magnétique (IRM) du comportement en convection naturelle d'une suspension de matériaux à changement de phase microencapsulés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Leroy</w:t>
+                <w:t xml:space="preserve">Suivi du transport de bactéries en écoulement confiné par microscopie holographique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Metivier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Louvet</w:t>
+                <w:t xml:space="preserve">Lucie Klopffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Leclerc</w:t>
+                <w:t xml:space="preserve">Simon Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05312986v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05313140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacteria tracking in confined flow through holographic microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Klopffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -878,90 +878,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep learning and 3D holographic microscopy to assess bacterial adhesion's dynamics under shear rate in microfluidic systems.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Klopffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Pradalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -993,299 +993,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi de bactéries en écoulement confiné par microscopie holographique numérique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Deep Learning and 3D Holographic Microscopy to assess the early bacterial adhesion’s dynamics under shear rate in microfluidic systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Klopffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Pradalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Becker</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Francophone de Techniques Laser</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">EuroBioFilms2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Copenaghe, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04768058v1</w:t>
+                <w:t xml:space="preserve">hal-04827970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Learning and 3D Holographic Microscopy to assess the early bacterial adhesion’s dynamics under shear rate in microfluidic systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Suivi de bactéries en écoulement confiné par microscopie holographique numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Klopffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Simon Becker</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuroBioFilms2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Copenaghe, Denmark</w:t>
+              <w:t xml:space="preserve">Congrès Francophone de Techniques Laser</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04827970v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-cost MRI devices and methods for real-time monitoring of flow and transfer phenomena in milli-channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feryal Guerroudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laouès Guendouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1293,51 +1293,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rainier Hreiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Commenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Klopffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Italian-French International Conference on Magnetic Resonance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Milan, Italy. </w:t>
@@ -1427,51 +1427,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Matthieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Groupe de travail dépôts et biofilms"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1621,51 +1621,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compaction of granular suspension : global and local study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Kiesgen de Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1755,51 +1755,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Cauchois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yun Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1889,51 +1889,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Kiesgen de Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naima Gaudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2010,51 +2010,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Kiesgen de Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Dossmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2141,90 +2141,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">All in one: holographic microscopy unveils bacterial transport from single cells to population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Klopffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2300,51 +2300,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Wiedemann-Fodé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lavrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrystelle Po</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2402,278 +2402,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191726v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-encapsulated phase change material suspensions for heat and mass transfer: A thermo-physical characterization</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Effect of shear rate on early Shewanella oneidensis adhesion dynamics monitored by deep learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Klopffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christel Metivier</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Jannot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jérémy Fix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Pradalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thermochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 740, pp.179831. </w:t>
+              <w:t xml:space="preserve">Biofilm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8, pp.100240. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tca.2024.179831⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bioflm.2024.100240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04679862v1</w:t>
+                <w:t xml:space="preserve">hal-04804088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of shear rate on early Shewanella oneidensis adhesion dynamics monitored by deep learning</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Micro-encapsulated phase change material suspensions for heat and mass transfer: A thermo-physical characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Simon Becker</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Metivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Fix</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yves Jannot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biofilm</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 8, pp.100240. </w:t>
+              <w:t xml:space="preserve">Thermochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 740, pp.179831. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bioflm.2024.100240⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tca.2024.179831⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04804088v1</w:t>
+                <w:t xml:space="preserve">hal-04679862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of &amp;lt;i&amp;gt;Lacticaseibacillus rhamnosus&amp;lt;/i&amp;gt; GG on the emulsion stability of raw milk</w:t>
               </w:r>
@@ -2832,51 +2832,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Farge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rheologica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 57 (6-7), pp.505 - 520. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2904,607 +2904,607 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01938888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Granular flows down inclined and vibrated planes: influence of basal friction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is there a cause-and-effect relationship between physicochemical properties and cell behavior of alginate-based hydrogel obtained after sterilization?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Cauchois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Louvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naïma Gaudel</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Luc Six</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 140, </w:t>
+              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 68, pp.134 - 143. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjconf/201714003051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2017.01.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682153v1</w:t>
+                <w:t xml:space="preserve">hal-01715258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bulk and local rheology in a dense and vibrated granular suspension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïma Gaudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Kiesgen de Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 96 (6), pp.062905. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevE.96.062905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01665007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taylor-Couette instability in thixotropic yield stress fluids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Granular flows down inclined and vibrated planes: influence of basal friction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naïma Gaudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Kiesgen de Richter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Louvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Yvan Dossmann</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 2, pp.023302. </w:t>
+              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 140, </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.2.023302⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201714003051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01491186v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01682153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is there a cause-and-effect relationship between physicochemical properties and cell behavior of alginate-based hydrogel obtained after sterilization?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Taylor-Couette instability in thixotropic yield stress fluids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Jenny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Kiesgen de Richter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Six</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Salahedine Skali-Lami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Dossmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 68, pp.134 - 143. </w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2, pp.023302. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmbbm.2017.01.038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.2.023302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01715258v1</w:t>
+                <w:t xml:space="preserve">hal-01491186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Granular avalanches down inclined and vibrated planes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïma Gaudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Kiesgen de Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3724,51 +3724,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Rouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Haffner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Khidas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3828,51 +3828,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonuniversality in the Pinch-Off of Yield Stress Fluids: Role of Nonlocal Rheology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bonn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4313,51 +4313,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport of coarse particles in liquid foams: coupling of confinement and buoyancy effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Rouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4560,51 +4560,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pitois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Lorenceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 22, pp.043302</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4746,51 +4746,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capture of particles in soft porous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinhard Höhler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4844,289 +4844,288 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00786917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific Surface Area Model for Foam Permeability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Permeability of aqueous foams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Lorenceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Louvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Rouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pitois</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florence Rouyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 25, pp.97-100. </w:t>
+              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 28, pp.293-304. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/la8029616⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epje/i2008-10411-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00507015v1</w:t>
+                <w:t xml:space="preserve">hal-00507013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permeability of aqueous foams</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ripening of a draining foam bubble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Rouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pitois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 334 (1), pp.82-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2009.02.042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epje/i2008-10411-7⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02086346v1</w:t>
+                <w:t xml:space="preserve">hal-02086336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recirculation model for liquid flow in foam channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pitois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5143,106 +5142,106 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Rouyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 30 (1), </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, 30, pp.27-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epje/i2009-10502-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epje/i2009-10502-y⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02086342v1</w:t>
+                <w:t xml:space="preserve">hal-00506249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ripening of a draining foam bubble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5259,568 +5258,569 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pitois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 334 (1), pp.82-86. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, 334, pp.82-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2009.02.042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2009.02.042⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02086336v1</w:t>
+                <w:t xml:space="preserve">hal-00506288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recirculation model for liquid flow in foam channels</w:t>
+                <w:t xml:space="preserve">Specific Surface Area Model for Foam Permeability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pitois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Lorenceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Rouyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epje/i2009-10502-y⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 25, pp.97-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/la8029616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00506249v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00507015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ripening of a draining foam bubble</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recirculation model for liquid flow in foam channels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pitois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Rouyer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Pitois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2009.02.042⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 30 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epje/i2009-10502-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00506288v1</w:t>
+                <w:t xml:space="preserve">hal-02086342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific Surface Area Model for Foam Permeability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Permeability of aqueous foams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Lorenceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Louvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Rouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pitois</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florence Rouyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 25 (1), pp.97-100. </w:t>
+              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 28 (3), pp.293-304. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/la8029616⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epje/i2008-10411-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02086325v1</w:t>
+                <w:t xml:space="preserve">hal-02086346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permeability of aqueous foams</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Specific Surface Area Model for Foam Permeability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pitois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Lorenceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Rouyer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Pitois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epje/i2008-10411-7⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 25 (1), pp.97-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/la8029616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00507013v1</w:t>
+                <w:t xml:space="preserve">hal-02086325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Node contribution to the permeability of liquid foams</w:t>
               </w:r>
@@ -6072,77 +6072,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi de bactéries en écoulement confiné par microscopie holographique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Klopffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6180,51 +6180,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NMR methods and devices for the characterization of flows and transfers in milli-channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feryal Guerroudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laouès Guendouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6439,64 +6439,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Kiesgen de Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïma Gaudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6694,64 +6694,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Kiesgen de Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïma Gaudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flowing Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6808,51 +6808,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude multi-échelles du transport de particules dans les mousses liquides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre [cond-mat.other]. Université Paris-Est, 2009. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2009PEST1062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6969,51 +6969,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B9932FD9"/>
+    <w:nsid w:val="83223FB2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7200,51 +7200,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolaslouvet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7102-4112" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/149011849" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05296048v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Perrin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feryal Guerroudj" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Hamdouna" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Guendouz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mathieu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313087v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laoues Guendouz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312926v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navdeep Singh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guenadou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louvet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Labergue" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313140v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Klopffer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Becker" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312986v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leroy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Metivier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leclerc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827989v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Louvet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827942v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pradalier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768058v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gross" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827970v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137362v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laou&#232;s Guendouz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainier Hreiz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Commenge" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pac-2023-0105" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443671v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Klein" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salaheddine Skali-Lami" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Matthieu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03613231v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Yu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Cauchois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Demeurie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Thomann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Schmitt" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01858142v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kiesgen de Richter" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Ferrari" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jenny" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01715446v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Chen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Rahouadj" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BME-171641" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665016v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Gaudel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665071v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Dossmann" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412937v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Becker" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191726v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Wiedemann-Fod&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lavrand" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Po" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chatelin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16174" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679862v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jannot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2024.179831" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804088v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Fix" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioflm.2024.100240" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214611v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael dos Santos Morais" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Borges" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dumas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubiana Cvetkovska-Ben Mohamed" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10050991" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938888v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Ye" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Andr&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Farge" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-018-1091-y" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682153v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Gaudel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714003051" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665007v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.96.062905" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491186v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salahedine Skali-Lami" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.2.023302" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01715258v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Six" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2017.01.038" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682147v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.94.032904" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01266900v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kiesgen de Richter" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hanotin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marchal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leclerc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2015-15074-7" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01071753v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rouyer" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Haffner" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Khidas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pitois" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sm00496e" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01085326v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bonn" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Kellay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.218302" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086366v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Beaumont" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Divoux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Fardin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bodiguel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2SM26760H" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086333v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lorenceau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pitois" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2012-12016-y" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086362v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fritz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0SM01491E" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00698514v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Fritz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0sm01491e" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086357v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. H&#246;hler" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.041405" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00913660v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lorenceau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507028v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3364038" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786917v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard H&#246;hler" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507015v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la8029616" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086346v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2008-10411-7" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C7QHP9D8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086342v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2009-10502-y" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5P5DHWXM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086336v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2009.02.042" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JBF0LG69-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506249v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506288v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086325v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507013v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506377v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2008.04.029" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086318v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767966v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774601v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443682v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jorand" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665079v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029174v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Arash Ahmadi" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Golfier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Amir Bahrani" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Oltean" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01678358v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00541198v2" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009PEST1062" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolaslouvet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7102-4112" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/149011849" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312986v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leroy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Metivier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louvet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leclerc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05296048v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Perrin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feryal Guerroudj" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lama Hamdouna" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Guendouz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mathieu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313087v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laoues Guendouz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312926v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navdeep Singh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guenadou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Labergue" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313140v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Klopffer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Becker" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827989v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Louvet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827942v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pradalier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827970v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768058v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gross" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137362v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laou&#232;s Guendouz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainier Hreiz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Commenge" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/pac-2023-0105" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443671v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Klein" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salaheddine Skali-Lami" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Matthieu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03613231v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Yu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Cauchois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Demeurie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Thomann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Schmitt" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01858142v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kiesgen de Richter" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Ferrari" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jenny" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01715446v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Chen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Rahouadj" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BME-171641" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665016v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Gaudel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665071v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Dossmann" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412937v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Becker" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191726v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Wiedemann-Fod&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lavrand" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Po" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chatelin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16174" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804088v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Fix" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioflm.2024.100240" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679862v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jannot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tca.2024.179831" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214611v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael dos Santos Morais" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Borges" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Dumas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubiana Cvetkovska-Ben Mohamed" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10050991" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938888v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Ye" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Andr&#233;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Farge" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-018-1091-y" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01715258v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Six" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2017.01.038" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665007v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Gaudel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.96.062905" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682153v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714003051" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491186v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salahedine Skali-Lami" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.2.023302" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682147v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.94.032904" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01266900v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kiesgen de Richter" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hanotin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marchal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leclerc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2015-15074-7" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01071753v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Rouyer" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Haffner" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Khidas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pitois" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4sm00496e" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01085326v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bonn" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Kellay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.218302" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086366v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Beaumont" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Divoux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Fardin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bodiguel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2SM26760H" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086333v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lorenceau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pitois" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2012-12016-y" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086362v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fritz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0SM01491E" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00698514v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Fritz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0sm01491e" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086357v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. H&#246;hler" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.041405" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00913660v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lorenceau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507028v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3364038" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786917v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard H&#246;hler" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507013v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2008-10411-7" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-C7QHP9D8-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086336v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2009.02.042" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JBF0LG69-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506249v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2009-10502-y" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5P5DHWXM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506288v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507015v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la8029616" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086342v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086346v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086325v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506377v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2008.04.029" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086318v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767966v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774601v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443682v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jorand" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665079v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029174v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Arash Ahmadi" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Golfier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Amir Bahrani" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Oltean" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01678358v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00541198v2" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009PEST1062" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>