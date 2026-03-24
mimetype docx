--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2654,226 +2654,226 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03426971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">HDR (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Que fait le sport pour l’intégration ? Effets sous conditions des activités physiques, en quartiers prioritaires de la politique de la ville.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Penin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sciences de l'Homme et Société. Université de Strabourg, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">HDR</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-04564694v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Moraldo, L’esprit de l’alpinisme. Une sociologie de l’excellence du XIXe siècle au début du XXIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Penin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sdt.43304⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/sdt.43304⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04221249v1</w:t>
-              </w:r>
-[...92 lines deleted...]
-                <w:t xml:space="preserve">tel-04564694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3633,51 +3633,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326302v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Penin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Sall&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04454484v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Duflos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Nuytens" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892815v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892781v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Polito" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04454474v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524389v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diarra Sanoussi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505146v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505148v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505147v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440063v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Honta" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Yondre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdsu.082.0040" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522715v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Delfavero" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872164v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427201v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Duvant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.441.0083" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427200v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16138171.2018.1555568" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522708v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.124.0007" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622912v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Frenkiel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427087v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.425.0337" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504188v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03653327v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaya Hidri Neys" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03653355v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03674085v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503380v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Nuytens" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.072.0001" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427088v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatia Terfous" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/champpenal.8083" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-2TX7FWHD-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503382v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.071.0049" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504185v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427084v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nqf.261.0090" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427085v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.064.0651" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03426971v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.066.0195" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221249v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.43304" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04564694v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024732v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pujol Charissou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043037v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chovaux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaya Hidri-Neys" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512814v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.apu.8026" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504322v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504321v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504388v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326302v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Penin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Sall&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04454484v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Duflos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Nuytens" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892815v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892781v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Polito" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04454474v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524389v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diarra Sanoussi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505146v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505148v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505147v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440063v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Honta" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Yondre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdsu.082.0040" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522715v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Delfavero" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872164v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427201v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Duvant" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.441.0083" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427200v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16138171.2018.1555568" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522708v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.124.0007" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622912v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Frenkiel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427087v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdn.425.0337" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504188v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03653327v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaya Hidri Neys" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03653355v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03674085v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503380v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Nuytens" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.072.0001" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427088v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatia Terfous" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/champpenal.8083" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-2TX7FWHD-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503382v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.071.0049" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504185v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427084v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nqf.261.0090" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427085v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.064.0651" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03426971v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.066.0195" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04564694v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221249v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.43304" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024732v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pujol Charissou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04043037v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chovaux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaya Hidri-Neys" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512814v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.apu.8026" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504322v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504321v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504388v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>