--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:128.42809364548px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicole CANTISANO </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de Conférences en Psychologie de la Santé</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">nicole-cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8339-9413</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">170549542</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation Académique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025 Habilitation à Diriger des RecherchesUniversité Toulouse Jean Jaurès&amp;quot;Maladies chroniques et qualité de vie liée à la santé : une approche croisée entre patient·es, aidant·es, soignant·es et société&amp;quot;Garante : Pr. Magali Batty</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012	Doctorat en PsychopathologieUniversité Toulouse Jean Jaurès, Mention Très Honorable avec les Félicitations du JuryThèse: « Le partage et le non-partage social des émotions chez les personnes atteintes du VIH/SIDA en République Dominicaine»Encadrement : Pr. María Teresa Muñoz-Sastre (UT2J) & Pr. Bernard Rimé (Université Catholique de Louvain, Belgique)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009	Master en Sciences PsychologiquesUniversité Catholique de Louvain (UCL), Mention Distinction</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007	Diplôme Approfondi de Langue Française (DELF), Niveau B2 du CECRLAlliance Française, Santiago, République Dominicaine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007	Licence en PsychologieInstituto Tecnológico de Santo Domingo (INTEC), République Dominicaine, Summa Cum Laude</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003	BaccalauréatSantiago Christian School*, République Dominicaine*Lycée Américain accrédité par l’association américaine « Southern Association of Colleges and Schools » (SACS)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Postes occupés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Depuis Septembre 2017	Maître de Conférences en Psychologie de la Santé, Université Toulouse - Jean Jaurès (UT2J), UFR de Psychologie, Département de Psychopathologie Clinique, Psychologie de la Santé et Neurosciences</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Janvier 2016 à Août 2017	Post-Doctorat – Étude Neurocog-QoL, Laboratoire de Psychologie des Pays de la Loire (LPPL), Université d’Angers (Financement Institut National du Cancer N° SHSESP14- 14-041.Evaluation des Fonctionnements exécutif et sociocognitif dans les tumeurs cérébrales primitives de l’enfant et de l’adulte : impact sur la qualité de vie des malades et des proches</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Septembre 2014 à Novembre 2015	Poste de Psychologue à temps partiel (28h/semaine)Clinique de Verdaich, Soins de Suite et Réadaptation, 31555 Gaillac Toulza</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Septembre 2012 à Août 2014	Attachée temporaire d’enseignement et recherche (mi-temps ; 96h ETD), Département Psychopathologie, Psychologie de la Santé et NeurosciencesUFR de Psychologie & URI OCTOGONE-CERP (EA n°4156), Université Toulouse Jean Jaurès</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stigma in cancer: Comparing community and health professionals’ acceptability of smoking and alcohol consumption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Préaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Health Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/13591053261417030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05488452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stigmatization of drinking patients with liver cancer: The role of socioeconomic status</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heliyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (7), pp.e29105. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.heliyon.2024.e29105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social cognition in adult survivors of brain tumors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Menei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romuald Seizeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Injury</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 38 (3), pp.160-169. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02699052.2024.2309246⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Associations between Adult Primary Brain Tumor Survivors’ Behavioral Executive Functions, Health Related Quality of Life and their Caregivers’ Health Related Quality : A cross-sectional study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Menei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romuald Seizeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology, Health and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 28 (10), pp.2860-2871. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13548506.2023.2190596⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French lay Persons’ judgments of the possibility of a heart attack when experiencing various physical manifestations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamiae Ettayea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Frolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sri Herath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preventive Medicine Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36, pp.102411. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pmedr.2023.102411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is smoking acceptable for lung cancer patient? Factors influencing the stigmatization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stigma and Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10 (1), pp.132-141. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/sah0000463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors influencing the acceptability of alcohol drinking for a patient with colorectal cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (12), pp.e0296409. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0296409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04366276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping cognitive positions on fear of retirement among sport professional handball players</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 122, pp.31-40. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/sm/2023016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04183487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between executive functioning and health-related quality of life in adult survivors of brain tumor and matched healthy controls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Menei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romuald Seizeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical and Experimental Neuropsychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43 (10), pp.980-990. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13803395.2022.2040432⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03593948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLAVORS AND DISLIKES OF THE BURNOUT SYNDROME – MANAGERS’ QOL IN THE SOCIO-EDUCATIONAL SYSTEM OF THE DISTRITO FEDERAL, BRAZIL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana de Paula Soares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REVISTA FOCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (2), pp.e364. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54751/revistafoco.v15n2-015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patient-reported functional executive challenges and caregiver confirmation in adult brain tumor survivors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Menei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romuald Seizeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cancer Survivorship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15, pp.696-705. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11764-020-00961-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping ethical positions with regard to a coach’s decision to select (or not) an injured athlete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rulence-Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of Sports Science and Coaching</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (4), pp.467-480. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1747954120925593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Executive Functions in Children and Adolescents with Turner Syndrome: A Systematic Review and Meta-Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lancelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Coutant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychology Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (2), pp.188-215. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11065-018-9372-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lay people’s conceptualizations regarding what determines fear of death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ferraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12144-018-9916-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health outcomes resulting from the quality of emotional expression in HIV/AIDS patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Rimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Afzali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Muñoz-Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 66 (3), pp.95-100. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2016.04.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The importance of quality over in quantity in the social sharing of emotions (SSE) in people living with HIV/AIDS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Rimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Munoz Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology, Health and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 20 (1), pp.103-113. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13548506.2014.901544⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Social Sharing of Emotions (SSE) in the Dominican Republic’s Cultural Context: Autobiographical Descriptive Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Rimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Muñoz-Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Universitas Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 13 (2), pp.457 - 466. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11144/Javeriana.UPSY13-2.ssed⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The social sharing of emotions in HIV/AIDS: A comparative study of HIV/AIDS, diabetic and cancer patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Rimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Muñoz-Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Health Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 18 (10), pp.1255-1267. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1359105312462436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets positifs de la lecture théâtralisée dans l’accompagnement des femmes âgées atteintes d’une maladie neuro-évolutive : une étude pilote</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème congrès de l’association Francophone de Psychologie de la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFPSA, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les mots prennent vie : le vécu des participantes âgées à un atelier de lecture théâtralisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude en gérontologie clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christine-Vanessa Cuervo-Lombard, Apr 2025, Toulouse (FRANCE) UT2J, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05048930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lecture théâtralisée comme médiation artistique auprès des personnes âgées vivant avec un trouble neurocognitif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude "Entre risque et résilience : explorer les vulnérabilités cognitive"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cassandra Guillemot, Nov 2025, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05362439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéréotypes et représentations sociales du vieillissement chez les soignants et les personnes âgées.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GREPACO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, iMIND et le Vinatier; Laboratoire EMC – Université Lyon 2, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ateliers de lecture théâtralisée pour accompagner les personnes âgées vivant avec une maladie neuro-évolutive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La psychologie dans tous ses états - édition n°2 autour de Annalisa Casini</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04813280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jugement d'acceptabilité de la consommation d'alcool chez les patientes ayant un cancer colorectal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème congrès de l'Association Francophone de Psychologie de la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFPSA, Jul 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jugement d'acceptabilité des addictions chezles personnes atteintes de cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique des Doctorant·e·s de l’Ecole Doctorale CLESCO (JSDOC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jugement de la consommation du tabac chez les femmes atteintes de cancer du poumon, auprès d'un public tout venant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude inter-Écoles Doctorales, (In)Dépendance(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QDVS des aidants des survivants d’une tumeur cérébrale primitive à l’impact des séquelles neurocognitives des patients.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Congrès de l’Association Francophone de Psychologie de la Santé.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFPSA : Association Francophone de Psychologie de la Santé, Jul 2021, Visio Conférence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality of life among lymphoma patients' natural caregivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Muccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Compaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sordes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th Annual Conference of the European Health Psychology Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Health Psychology Society : EHPS, Aug 2021, Bratislava, Slovakia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence des comportements de santé sur le jugement des femmes consommatrices et atteintes de cancer.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire des doctorant.e.s Santé Société, IFERISS &amp; ISS Parcours, trajectoire et temporalité en Santé : panorama pluridisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Fédératif d'Etudes et de Recherches Interdisciplinaire Santé et Société, Oct 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heart attack self-diagnosis : how do individuals judge heart attack symptoms?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sri Herath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Munoz Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Information Integration Theory and Functional Measurement.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Perpignan Via Domitia, Jun 2019, Barcarès, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les représentations sociales sur les ateliers de théâtre dans le vieillissement.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JsDOC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04993450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of dramatised reading workshops on older people with neurocognitive disorders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sommet mondial des Interventions Non Médicamenteuses dans le domaine de la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intervention théâtrale pour accompagner les personnes âgées présentant une maladie neuro-évolutive : revue systématique de la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GREPACO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04596702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critères d'acceptabilité des clowns en gérontologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GREPACO (groupe de réflexion en psychopathologie cognitive) 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping cognitive positions on fear of retirement among sport professional handball players</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 8th meeting on the information integration theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Washinghton DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04791565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jugement et stigmatisation concernant la consommation d'alcool chez les femmes ayant reçu un diagnostic de cancer colorectal : approche auprès d'un public tout venant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GREPACO 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tabagisme est-il acceptable chez une patiente atteinte d'un cancer du poumon ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50ème Congrès annuel de Thérapie Comportementale et Cognitive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factor influencing the smoking judgement of women diagnosed with lung cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes Journées du Cancéropôle GSO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dyadicope-Qol - Les déterminants psychosociaux de la qualité de vie des aidants naturels des patients atteints de lymphome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Muccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Compaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sordes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Congrès de l’Association Francophone de Psychologie de la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Visio Conférence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Lay People's perceptions Regarding food-related risks in the development of cardiovascular diseases, diabetes and cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johana Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Déliège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Rella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lourdes Sansa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Information Integration Theory and Functional Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Barcarès, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’après-cancer des patients atteints de lymphome. Fardeau et qualité de vie des aidants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Muccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Compaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sordes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le patient et son entourage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions des archives contemporaines, pp.25-40, 2023, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17184/eac.7571⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04204955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Informe científico del taller TransMigrARTS WP1_T08: ‘TIAP : Taller Itinerante de Artes para la Paz ’, Universidad de Antioquia, Medellín-Colombia), febrero-julio de 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Corrons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lîlâ Bisiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Chaytor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Toulouse Jean Jaurès. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05012091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le partage et le non-partage social des émotions chez les personnes atteintes de VIH/SIDA en République Dominicaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychologie. Université Toulouse le Mirail - Toulouse II, 2012. Français. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2012TOU20132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00842896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maladies chroniques et qualité de vie liée à la santé : une approche croisée entre patient·es, aidant·es, soignant·es et société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychologie. Université Toulouse Jean Jaurès, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05499001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId118"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:128.42809364548px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicole CANTISANO </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de Conférences en Psychologie de la Santé</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">nicole-cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8339-9413</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">170549542</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation Académique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025 Habilitation à Diriger des RecherchesUniversité Toulouse Jean Jaurès&amp;quot;Maladies chroniques et qualité de vie liée à la santé : une approche croisée entre patient·es, aidant·es, soignant·es et société&amp;quot;Garante : Pr. Magali Batty</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012	Doctorat en PsychopathologieUniversité Toulouse Jean Jaurès, Mention Très Honorable avec les Félicitations du JuryThèse: « Le partage et le non-partage social des émotions chez les personnes atteintes du VIH/SIDA en République Dominicaine»Encadrement : Pr. María Teresa Muñoz-Sastre (UT2J) & Pr. Bernard Rimé (Université Catholique de Louvain, Belgique)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009	Master en Sciences PsychologiquesUniversité Catholique de Louvain (UCL), Mention Distinction</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007	Diplôme Approfondi de Langue Française (DELF), Niveau B2 du CECRLAlliance Française, Santiago, République Dominicaine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007	Licence en PsychologieInstituto Tecnológico de Santo Domingo (INTEC), République Dominicaine, Summa Cum Laude</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003	BaccalauréatSantiago Christian School*, République Dominicaine*Lycée Américain accrédité par l’association américaine « Southern Association of Colleges and Schools » (SACS)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Postes occupés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Depuis Septembre 2017	Maître de Conférences en Psychologie de la Santé, Université Toulouse - Jean Jaurès (UT2J), UFR de Psychologie, Département de Psychopathologie Clinique, Psychologie de la Santé et Neurosciences</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Janvier 2016 à Août 2017	Post-Doctorat – Étude Neurocog-QoL, Laboratoire de Psychologie des Pays de la Loire (LPPL), Université d’Angers (Financement Institut National du Cancer N° SHSESP14- 14-041.Evaluation des Fonctionnements exécutif et sociocognitif dans les tumeurs cérébrales primitives de l’enfant et de l’adulte : impact sur la qualité de vie des malades et des proches</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Septembre 2014 à Novembre 2015	Poste de Psychologue à temps partiel (28h/semaine)Clinique de Verdaich, Soins de Suite et Réadaptation, 31555 Gaillac Toulza</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Septembre 2012 à Août 2014	Attachée temporaire d’enseignement et recherche (mi-temps ; 96h ETD), Département Psychopathologie, Psychologie de la Santé et NeurosciencesUFR de Psychologie & URI OCTOGONE-CERP (EA n°4156), Université Toulouse Jean Jaurès</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stigma in cancer: Comparing community and health professionals’ acceptability of smoking and alcohol consumption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Préaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Health Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/13591053261417030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05488452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social cognition in adult survivors of brain tumors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Menei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romuald Seizeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Injury</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 38 (3), pp.160-169. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02699052.2024.2309246⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stigmatization of drinking patients with liver cancer: The role of socioeconomic status</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heliyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (7), pp.e29105. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.heliyon.2024.e29105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French lay Persons’ judgments of the possibility of a heart attack when experiencing various physical manifestations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamiae Ettayea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Frolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sri Herath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lonzozou Kpanake</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preventive Medicine Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36, pp.102411. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pmedr.2023.102411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Associations between Adult Primary Brain Tumor Survivors’ Behavioral Executive Functions, Health Related Quality of Life and their Caregivers’ Health Related Quality : A cross-sectional study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Menei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romuald Seizeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology, Health and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 28 (10), pp.2860-2871. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13548506.2023.2190596⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is smoking acceptable for lung cancer patient? Factors influencing the stigmatization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stigma and Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10 (1), pp.132-141. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/sah0000463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors influencing the acceptability of alcohol drinking for a patient with colorectal cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (12), pp.e0296409. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0296409⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04366276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping cognitive positions on fear of retirement among sport professional handball players</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 122, pp.31-40. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/sm/2023016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04183487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between executive functioning and health-related quality of life in adult survivors of brain tumor and matched healthy controls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Menei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romuald Seizeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical and Experimental Neuropsychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43 (10), pp.980-990. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13803395.2022.2040432⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03593948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FLAVORS AND DISLIKES OF THE BURNOUT SYNDROME – MANAGERS’ QOL IN THE SOCIO-EDUCATIONAL SYSTEM OF THE DISTRITO FEDERAL, BRAZIL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana de Paula Soares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">REVISTA FOCO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (2), pp.e364. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54751/revistafoco.v15n2-015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patient-reported functional executive challenges and caregiver confirmation in adult brain tumor survivors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Menei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Roualdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romuald Seizeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Allain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cancer Survivorship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15, pp.696-705. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11764-020-00961-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03014448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping ethical positions with regard to a coach’s decision to select (or not) an injured athlete</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Rulence-Pâques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of Sports Science and Coaching</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 15 (4), pp.467-480. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1747954120925593⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Executive Functions in Children and Adolescents with Turner Syndrome: A Systematic Review and Meta-Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mauger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Lancelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Coutant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychology Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (2), pp.188-215. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11065-018-9372-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lay people’s conceptualizations regarding what determines fear of death</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Ferraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Teresa Muñoz Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Mullet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12144-018-9916-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health outcomes resulting from the quality of emotional expression in HIV/AIDS patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Rimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Afzali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Muñoz-Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 66 (3), pp.95-100. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2016.04.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The importance of quality over in quantity in the social sharing of emotions (SSE) in people living with HIV/AIDS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Rimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Munoz Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology, Health and Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 20 (1), pp.103-113. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13548506.2014.901544⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Social Sharing of Emotions (SSE) in the Dominican Republic’s Cultural Context: Autobiographical Descriptive Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Rimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Muñoz-Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Universitas Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 13 (2), pp.457 - 466. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11144/Javeriana.UPSY13-2.ssed⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The social sharing of emotions in HIV/AIDS: A comparative study of HIV/AIDS, diabetic and cancer patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Rimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Muñoz-Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Health Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 18 (10), pp.1255-1267. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1359105312462436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les effets positifs de la lecture théâtralisée dans l’accompagnement des femmes âgées atteintes d’une maladie neuro-évolutive : une étude pilote</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème congrès de l’association Francophone de Psychologie de la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFPSA, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les mots prennent vie : le vécu des participantes âgées à un atelier de lecture théâtralisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude en gérontologie clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Christine-Vanessa Cuervo-Lombard, Apr 2025, Toulouse (FRANCE) UT2J, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05048930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lecture théâtralisée comme médiation artistique auprès des personnes âgées vivant avec un trouble neurocognitif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude "Entre risque et résilience : explorer les vulnérabilités cognitive"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cassandra Guillemot, Nov 2025, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05362439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéréotypes et représentations sociales du vieillissement chez les soignants et les personnes âgées.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GREPACO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, iMIND et le Vinatier; Laboratoire EMC – Université Lyon 2, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ateliers de lecture théâtralisée pour accompagner les personnes âgées vivant avec une maladie neuro-évolutive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La psychologie dans tous ses états - édition n°2 autour de Annalisa Casini</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04813280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jugement d'acceptabilité de la consommation d'alcool chez les patientes ayant un cancer colorectal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème congrès de l'Association Francophone de Psychologie de la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFPSA, Jul 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jugement d'acceptabilité des addictions chezles personnes atteintes de cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique des Doctorant·e·s de l’Ecole Doctorale CLESCO (JSDOC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jugement de la consommation du tabac chez les femmes atteintes de cancer du poumon, auprès d'un public tout venant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude inter-Écoles Doctorales, (In)Dépendance(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QDVS des aidants des survivants d’une tumeur cérébrale primitive à l’impact des séquelles neurocognitives des patients.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Besnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Congrès de l’Association Francophone de Psychologie de la Santé.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFPSA : Association Francophone de Psychologie de la Santé, Jul 2021, Visio Conférence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality of life among lymphoma patients' natural caregivers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Muccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Compaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sordes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th Annual Conference of the European Health Psychology Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Health Psychology Society : EHPS, Aug 2021, Bratislava, Slovakia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence des comportements de santé sur le jugement des femmes consommatrices et atteintes de cancer.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire des doctorant.e.s Santé Société, IFERISS &amp; ISS Parcours, trajectoire et temporalité en Santé : panorama pluridisciplinaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Fédératif d'Etudes et de Recherches Interdisciplinaire Santé et Société, Oct 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heart attack self-diagnosis : how do individuals judge heart attack symptoms?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sri Herath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Teresa Munoz Sastre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Information Integration Theory and Functional Measurement.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Perpignan Via Domitia, Jun 2019, Barcarès, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les représentations sociales sur les ateliers de théâtre dans le vieillissement.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JsDOC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04993450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intervention théâtrale pour accompagner les personnes âgées présentant une maladie neuro-évolutive : revue systématique de la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GREPACO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04596702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of dramatised reading workshops on older people with neurocognitive disorders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sommet mondial des Interventions Non Médicamenteuses dans le domaine de la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critères d'acceptabilité des clowns en gérontologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine-Vanessa Cuervo-Lombard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GREPACO (groupe de réflexion en psychopathologie cognitive) 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04609242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping cognitive positions on fear of retirement among sport professional handball players</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fruchart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 8th meeting on the information integration theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Washinghton DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04791565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tabagisme est-il acceptable chez une patiente atteinte d'un cancer du poumon ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50ème Congrès annuel de Thérapie Comportementale et Cognitive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jugement et stigmatisation concernant la consommation d'alcool chez les femmes ayant reçu un diagnostic de cancer colorectal : approche auprès d'un public tout venant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque GREPACO 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factor influencing the smoking judgement of women diagnosed with lung cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Auriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Raynal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes Journées du Cancéropôle GSO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04197930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dyadicope-Qol - Les déterminants psychosociaux de la qualité de vie des aidants naturels des patients atteints de lymphome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Muccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Compaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sordes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Congrès de l’Association Francophone de Psychologie de la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Visio Conférence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Lay People's perceptions Regarding food-related risks in the development of cardiovascular diseases, diabetes and cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johana Riera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Déliège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Rella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lourdes Sansa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Information Integration Theory and Functional Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Barcarès, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’après-cancer des patients atteints de lymphome. Fardeau et qualité de vie des aidants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dylan Muccia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Compaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Sordes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le patient et son entourage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions des archives contemporaines, pp.25-40, 2023, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17184/eac.7571⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04204955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Informe científico del taller TransMigrARTS WP1_T08: ‘TIAP : Taller Itinerante de Artes para la Paz ’, Universidad de Antioquia, Medellín-Colombia), febrero-julio de 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Corrons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lîlâ Bisiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Chaytor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Toulouse Jean Jaurès. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05012091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le partage et le non-partage social des émotions chez les personnes atteintes de VIH/SIDA en République Dominicaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychologie. Université Toulouse le Mirail - Toulouse II, 2012. Français. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2012TOU20132⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00842896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maladies chroniques et qualité de vie liée à la santé : une approche croisée entre patient·es, aidant·es, soignant·es et société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Cantisano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychologie. Université Toulouse Jean Jaurès, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05499001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId118"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="87D3A9AC"/>
+    <w:nsid w:val="F5D4B546"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicole-cantisano" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8339-9413" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170549542" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488452v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Auriol" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Raynal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Pr&#233;aubert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cantisano" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13591053261417030" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04557213v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e29105" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04654596v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Besnard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Menei" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roualdes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Seizeur" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Allain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699052.2024.2309246" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239320v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2023.2190596" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04216086v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiae Ettayea" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Frolleau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sri Herath" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lonzozou Kpanake" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmedr.2023.102411" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197865v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/sah0000463" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04366276v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0296409" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183487v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fruchart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023016" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593948v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2022.2040432" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677720v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana de Paula Soares" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54751/revistafoco.v15n2-015" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03014448v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11764-020-00961-0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176039v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Rulence-P&#226;ques" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747954120925593" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02482251v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mauger" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lancelot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Roy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Coutant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11065-018-9372-x" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01926412v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ferraud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Teresa Mu&#241;oz Sastre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mullet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-018-9916-5" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02482249v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rim&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Afzali" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Mu&#241;oz-Sastre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2016.04.009" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02482247v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Munoz Sastre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2014.901544" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02482244v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11144/Javeriana.UPSY13-2.ssed" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02482243v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1359105312462436" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163923v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=pauline simon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine-Vanessa Cuervo-Lombard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048930v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362439v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067493v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Rousseau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813280v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197949v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197904v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197922v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677715v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Besnard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677747v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Muccia" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Compaci" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Laurent" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sordes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197881v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677729v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993450v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718617v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596702v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609242v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791565v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197916v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197942v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197930v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677759v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677777v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johana Riera" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine D&#233;li&#232;ge" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rella" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes Sansa" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04204955v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.7571" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012091v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Corrons" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#238;l&#226; Bisiaux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Chaytor" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Gauthier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00842896v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012TOU20132" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05499001v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicole-cantisano" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8339-9413" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170549542" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488452v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Auriol" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Raynal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Pr&#233;aubert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cantisano" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13591053261417030" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04654596v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Besnard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Menei" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roualdes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Seizeur" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Allain" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699052.2024.2309246" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04557213v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e29105" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04216086v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiae Ettayea" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Frolleau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sri Herath" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lonzozou Kpanake" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmedr.2023.102411" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239320v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2023.2190596" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197865v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/sah0000463" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04366276v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0296409" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183487v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fruchart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2023016" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593948v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2022.2040432" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677720v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana de Paula Soares" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54751/revistafoco.v15n2-015" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03014448v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11764-020-00961-0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176039v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Rulence-P&#226;ques" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747954120925593" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02482251v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mauger" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lancelot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Roy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Coutant" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11065-018-9372-x" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01926412v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Ferraud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Teresa Mu&#241;oz Sastre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mullet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-018-9916-5" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02482249v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rim&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Afzali" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Mu&#241;oz-Sastre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2016.04.009" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02482247v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Munoz Sastre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2014.901544" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02482244v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11144/Javeriana.UPSY13-2.ssed" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02482243v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1359105312462436" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163923v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=pauline simon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine-Vanessa Cuervo-Lombard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048930v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362439v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067493v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Rousseau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813280v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197949v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197904v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197922v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677715v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Besnard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677747v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Muccia" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Compaci" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Laurent" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sordes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197881v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677729v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993450v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596702v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718617v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609242v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791565v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197942v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197916v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197930v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677759v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677777v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johana Riera" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine D&#233;li&#232;ge" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rella" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes Sansa" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04204955v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.7571" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012091v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Corrons" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#238;l&#226; Bisiaux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Chaytor" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Gauthier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00842896v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012TOU20132" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05499001v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>