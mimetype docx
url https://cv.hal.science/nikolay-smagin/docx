--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -100,601 +100,601 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation des paramètres de capteurs SAW basée sur la théorie COM</w:t>
+                <w:t xml:space="preserve">Approche pour une imagerie passive haute fréquence des structures anisotropes (Cas de Silicium)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rayen Kalai Mathlouthi</w:t>
+                <w:t xml:space="preserve">Nada Ben Jafela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lynda Chehami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mardi des Chercheurs 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Valenciennes, France</w:t>
+              <w:t xml:space="preserve">JEGNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, LILLE, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05025446v1</w:t>
+                <w:t xml:space="preserve">hal-05031185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche pour une imagerie passive haute fréquence des structures anisotropes (Cas de Silicium)</w:t>
+                <w:t xml:space="preserve">Optimisation des paramètres de capteurs SAW basée sur la théorie COM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nada Ben Jafela</w:t>
+                <w:t xml:space="preserve">Rayen Kalai Mathlouthi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lynda Chehami</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Zakariae Oumekloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JEGNA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, LILLE, France. 2025</w:t>
+              <w:t xml:space="preserve">Mardi des Chercheurs 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05031185v1</w:t>
+                <w:t xml:space="preserve">hal-05025446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation des Paramètres d’un Capteur SAW Sans Fil sur Niobate de Lithium Basée sur la ThéorieCOM</w:t>
+                <w:t xml:space="preserve">High frequency diffuse acoustic field correlation for defect detection in Silicon wafers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rayen Kalai Mathlouthi</w:t>
+                <w:t xml:space="preserve">Nada Ben Jafela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lynda Chehami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">C'Nano 2025: The Nanoscience Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05029145v1</w:t>
+                <w:t xml:space="preserve">hal-05031203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High frequency diffuse acoustic field correlation for defect detection in Silicon wafers</w:t>
+                <w:t xml:space="preserve">Optimisation des Paramètres d’un Capteur SAW Sans Fil sur Niobate de Lithium Basée sur la ThéorieCOM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nada Ben Jafela</w:t>
+                <w:t xml:space="preserve">Rayen Kalai Mathlouthi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lynda Chehami</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Zakariae Oumekloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">C'Nano 2025: The Nanoscience Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05031203v1</w:t>
+                <w:t xml:space="preserve">hal-05029145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation des paramètres de capteurs SAW basée sur la théorie COM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayen Kalai Mathlouthi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakariae Oumekloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zakariae Oumekloul</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de rencontre d'Étudiants en région Grand Nord en Acoustique (JEGNA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -732,77 +732,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification de défauts pour le monitoring des rails</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elissa Akiki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynda Chehami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamal Assaad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -838,915 +838,915 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04542488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d’une interface utilisateur interactive pour l’enseignement du traitement de signal</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Focalisation à retournement temporel à canal unique d'ondes acoustiques à ultra-haute fréquence dans des dispositifs MEMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hatem Dahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Campistron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Toubal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème colloque de l’Enseignement des Technologies et des Sciences de l’Information et des Systèmes (CETSIS 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Reims, France</w:t>
+              <w:t xml:space="preserve">Journées Acoustique &amp; Instrumentation, JAI2023 : evolution et applications, Journées Thématiques de la section Electronique du Club EEA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Cergy - Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04141812v1</w:t>
+                <w:t xml:space="preserve">hal-04254581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identiﬁcation de sources pour le contrôle passif des rails</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">High frequency diffuse acoustic field correlation for defect detection in layer-on-substrate structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nada Ben Jafela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynda Chehami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dame Fall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jamal Assaad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mardi des Chercheurs 2023</w:t>
+              <w:t xml:space="preserve">Mardi des chercheurs 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Valenciennes, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04142004v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04126112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High frequency diffuse acoustic field correlation for defect detection in layer-on-substrate structures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Développement d’une interface utilisateur interactive pour l’enseignement du traitement de signal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynda Chehami</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mardi des chercheurs 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Valenciennes, France. </w:t>
+              <w:t xml:space="preserve">15ème colloque de l’Enseignement des Technologies et des Sciences de l’Information et des Systèmes (CETSIS 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04126112v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04141812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focalisation à retournement temporel à canal unique d'ondes acoustiques à ultra-haute fréquence dans des dispositifs MEMS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hatem Dahmani</w:t>
+                <w:t xml:space="preserve">Identiﬁcation de sources pour le contrôle passif des rails</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elissa Akiki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lynda Chehami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Malika Toubal</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamal Assaad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Acoustique &amp; Instrumentation, JAI2023 : evolution et applications, Journées Thématiques de la section Electronique du Club EEA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Cergy - Paris, France</w:t>
+              <w:t xml:space="preserve">Mardi des Chercheurs 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Valenciennes, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04254581v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04142004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélioration de l'évaluation non destructive des systèmes couche- sur-substrat basée sur les ondes acoustiques de surface (SAW) à l'aide de techniques d'excitation avancées</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Thermomechanical characterization of glass-ceramics substates for high temperatures SAW sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Zwein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Gonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dame Fall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Zakariae Oumekloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Acoustique &amp; Instrumentation, JAI2023 : evolution et applications, Journées Thématiques de la section Electronique du Club EEA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Cergy - Paris, France</w:t>
+              <w:t xml:space="preserve">Workshop for Multi-Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04254558v1</w:t>
+                <w:t xml:space="preserve">hal-04429359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermomechanical characterization of glass-ceramics substrates for high- temperature SAW sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Zwein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oussama Zwein</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maurice Gonon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dame Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop for Multi-Functional Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05063453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermomechanical characterization of glass-ceramics substates for high temperatures SAW sensors</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Amélioration de l'évaluation non destructive des systèmes couche- sur-substrat basée sur les ondes acoustiques de surface (SAW) à l'aide de techniques d'excitation avancées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dame Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakariae Oumekloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop for Multi-Functional Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Valenciennes, France</w:t>
+              <w:t xml:space="preserve">Journées Acoustique &amp; Instrumentation, JAI2023 : evolution et applications, Journées Thématiques de la section Electronique du Club EEA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Cergy - Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04429359v1</w:t>
+                <w:t xml:space="preserve">hal-04254558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication of c-axis LiNbO3 Thin Film for Surface Acoustic Wave Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngoc Kim Thanh Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakariae Oumekloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rahma Moalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1814,77 +1814,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification de sources pour le contrôle passif des rails</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elissa Akiki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynda Chehami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Zaatar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamal Assaad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1926,103 +1926,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation thermomécanique de vitrocéramiques polaires destinées à la réalisation de dispositifs SAW fonctionnels à haute température</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Zwein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oussama Zwein</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maurice Gonon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dame Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du Groupe Français de la Céramique, GFC 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Limoge, France. </w:t>
@@ -2045,355 +2045,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04429504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repetitive reference-free imaging of defects subjected to low frequencies stresses</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Device integration of transducer in the gigahertz frequency range and the first step to achieve ultrasound imaging by time reversal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hatem Dahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Campistron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Toubal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9èmes Journées Jeunes Chercheurs en Vibrations, Acoustique et Bruit, JJCAB 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Besançon, France. </w:t>
+              <w:t xml:space="preserve">3rd International Conference on Advanced Materials for Photonics, Sensing and Energy Applications, AMPSECA 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Marrakech, Morocco. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03596050v1</w:t>
+                <w:t xml:space="preserve">hal-03590666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Device integration of transducer in the gigahertz frequency range and the first step to achieve ultrasound imaging by time reversal</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Carlier</w:t>
+                <w:t xml:space="preserve">Repetitive reference-free imaging of defects subjected to low frequencies stresses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Terzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lynda Chehami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladislav Aleshin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Conference on Advanced Materials for Photonics, Sensing and Energy Applications, AMPSECA 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Marrakech, Morocco. </w:t>
+              <w:t xml:space="preserve">9èmes Journées Jeunes Chercheurs en Vibrations, Acoustique et Bruit, JJCAB 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Besançon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03590666v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03596050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of acoustical field emission of chirped interdigital transducers devoted to non-destructive evaluation of surfaces and thin coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Conference on Advanced Materials for Photonics, Sensing and Energy Applications, AMPSECA 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Marrakech, Morocco. </w:t>
@@ -2422,90 +2422,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baseline-free repetitive pump-probe method for passive SHM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Terzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynda Chehami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th Cargèse Summer School « Passive Imaging and Monitoring in Wave Physics: from Seismology to Ultrasound »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Cargèse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2530,103 +2530,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baseline-free repetitive pump-probe experiment for structural health monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Terzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynda Chehami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladislav Aleshin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Edition Franco-Belge du Mardi des Chercheurs, MdC 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Mons, Belgium. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2664,77 +2664,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement des capteurs acoustiques de pression pour des environnements sévères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Alhousseini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Edition Franco-Belge du Mardi des Chercheurs, MdC 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Mons, Belgique. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2785,64 +2785,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saliou Ndao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Rguiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2878,536 +2878,536 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03597072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of alkaline earth metal substitution on the surface acoustic wave properties of Fresnoite glass-ceramics</w:t>
+                <w:t xml:space="preserve">CUBISM : développement de capteurs d’humidité et de pression pour le monitoring in situ du séchage des bétons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dupla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sophie Renoirt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Gonon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd International Conference and Expo on Advanced Ceramics and Composites, ICACC18</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Daytona Beach, United States</w:t>
+              <w:t xml:space="preserve">9ème Edition Franco-Belge du Mardi des Chercheurs, MdC 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Wallers-Arenberg, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03591242v1</w:t>
+                <w:t xml:space="preserve">hal-03597031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of piezoelectric properties of strontium Fresnoite glass-ceramics</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">High voltage excitation and nonlinear transmission of a 16 MHz AlN-based piezoelectric micro-machined ultrasonic transducer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wen-Juan Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei-Jiang Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jia Zhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Toubal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd International Conference and Expo on Advanced Ceramics and Composites, ICACC18</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 IEEE International Ultrasonics Symposium (IUS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Kobe, Japan. IEEE, ISBN 978-1-5386-3426-4 ; e-ISBN 978-1-5386-3425-7, paper P1-A12-4, 1037-1040, Proceedings of IEEE International Ultrasonics Symposium, IUS 2018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2018.8579892⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03591257v1</w:t>
+                <w:t xml:space="preserve">hal-03525239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CUBISM : développement de capteurs d’humidité et de pression pour le monitoring in situ du séchage des bétons</w:t>
+                <w:t xml:space="preserve">Effects of alkaline earth metal substitution on the surface acoustic wave properties of Fresnoite glass-ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dupla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sophie Renoirt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Gonon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Edition Franco-Belge du Mardi des Chercheurs, MdC 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Wallers-Arenberg, France. </w:t>
+              <w:t xml:space="preserve">42nd International Conference and Expo on Advanced Ceramics and Composites, ICACC18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Daytona Beach, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03597031v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03591242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High voltage excitation and nonlinear transmission of a 16 MHz AlN-based piezoelectric micro-machined ultrasonic transducer</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Improvement of piezoelectric properties of strontium Fresnoite glass-ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Sophie Renoirt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dupla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Malika Toubal</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Martic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE International Ultrasonics Symposium (IUS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">42nd International Conference and Expo on Advanced Ceramics and Composites, ICACC18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Daytona Beach, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03525239v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03591257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de capteurs SAW à base de Fresnoite-strontium pour des applications à haute température</w:t>
               </w:r>
@@ -3419,77 +3419,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sophie Renoirt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dupla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Martic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Congrès Français d'Acoustique, CFA 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Le Havre, France. </w:t>
@@ -3518,64 +3518,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle santé intégré passif de l'infrastructure ferroviaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Benmeddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3682,51 +3682,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Nassar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fawaz El Omar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3794,2885 +3794,8648 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dupla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sophie Renoirt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Martic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Journée des Chercheurs de l'Institut Matériaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Mons, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03591350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (47)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imagerie passive de couches sur substrats par corrélation de champ acoustique haute fréquence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nada Ben Jafela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynda Chehami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ultrasonic maging of layer on substrate structures using high-frequency acoustic field correlation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nada Ben Jafela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynda Chehami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum Acusticum 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAA, Jun 2025, Malaga, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05378591v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Non-Destructive Rail Monitoring for Defect Identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elissa Akiki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynda Chehami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamal Assaad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">52nd Annual Review of Progress in Quantitative Nondestructive Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Montreal (Canada), Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05241493v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhanced Fluid Characterization with a Cantilever Microbeaman System Excited by an Embedded Electroactive Source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victory Elias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rivart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Vercampt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4th International Conference on Innovative Research in Applied Science, Engineering and Technology (IRASET 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Fez, Morocco. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IRASET60544.2024.10548144⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04615478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of SAW Sensor Coated by a Biocompatible Parylen Polymer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meddy Vanotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Blondeau-Patissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 Symposium on Design, Test, Integration &amp; Packaging of MEMS/MOEMS (DTIP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Valetta, Malta. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DTIP58682.2023.10267938⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combinaison des méthodes non linéaires de type pompe-sonde avec le retournement temporel : une approche pour la localisation des défauts de contacts et des fissures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynda Chehami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Bouchakour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées COFREND 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04141354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mechanical Characterizations of elastic layers made by sol-gel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Guediche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piombini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Boscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Belliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optical Interference Coatings (OIC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Vancouver, Canada. pp.TEA.6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OIC.2022.TEA.6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04429301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détermination des paramètres COM (Or/LiNbO3 YX 128°) pour la conception des capteurs SAW</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Alhousseini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jenot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03791500v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Active holographic tweezers based on spiraling interdigitated transducers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Baudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roudy Al Sahely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhixiong Gong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bou Matar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-C Gerbedoen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">182nd Meeting of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Denver, United States. pp.A121-A121, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/10.0010844⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03675834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la théorie à la pratique dans l'enseignement du traitement du signal: initiation à la recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynda Chehami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamal Assaad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Campistron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14ème Colloque Enseignement des Technologies et des Sciences de l'Information et des Systèmes, CETSIS 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Valenciennes (Virtuel), France. pp.374-378</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03582482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of Surface Acoustic Wave pressure sensors for monitoring concrete structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Alhousseini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Courtois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum Acusticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2849-2852, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0798⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03240328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pump-probe experiment for SHM in thin plates with the use of a back-propagation algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Terzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynda Chehami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladislav Aleshin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum Acusticum 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.67-72</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04141559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dispersion of IDT-induced high-frequency surface acoustic waves - Application to the mechanical and dimensional characterization of mesoporous silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tahar Kadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katir Ziouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium 2020, IUS2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Las Vegas, United States. pp.4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IUS46767.2020.9251563⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03322825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reference-free damage localization based on pump-probe measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Terzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynda Chehami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladislav Aleshin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e-Forum Acusticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.67-72, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0754⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03240303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of High Frequency Interdigital Transducers for NDT of Thin Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tahar Kadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jenot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum Acusticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2653-2659, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0396⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03242427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lithium Niobate Micro-transducers matrix design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala El Rammouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Benmeddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamal Assaad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st International Conference of Engineering Risk (INCER 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Beyrouth, Lebanon. pp.01001, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/matecconf/201928101001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03594232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baseline-free repetitive pump-probe experiment for structural health monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Terzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynda Chehami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladislav Aleshin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23rd International Congress on Acoustics, ICA 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Aachen, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03592383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reference-free imaging technique based on repetitive defect probing under low frequency mechanical vibration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Terzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynda Chehami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladislav Aleshin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd International Conference on Advanced Materials for Photonics, Sensing and Energy Applications, AMPSECA 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Marrakech, Morocco</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03595147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sensitivity range optimization of surface acoustic wave humidity ultrasonic sensors incorporating a polyvinyl alcohol (PVA) layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saliou Ndao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Courtois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Rguiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18th IEEE Sensors Conference, IEEE SENSORS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Montreal, Canada. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSORS43011.2019.8956596⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03594341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of metal microlayers using dispersive propagation of surface acoustic waves in 20-125 MHz frequency range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tahar Kadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Piwakowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd International Conference on Advanced Materials for Photonics, Sensing and Energy Applications, AMPSECA 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Marrakech, Morocco</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03595049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surface acoustic wave generation and propagation on polar glass-ceramic for high temperature sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dupla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Sophie Renoirt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Gonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th International Conference on Solid-State Sensors, Actuators, and Microsystems &amp; Eurosensors XXXIII, TRANSDUCERS 2019 &amp; EUROSENSORS XXXIII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Berlin, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TRANSDUCERS.2019.8808519⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03586843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Développement de capteurs acoustiques à ondes de surface pour le monitoring des structures en béton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saliou Ndao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Courtois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Rguiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8ème Colloque Interdisciplinaire en Instrumentation, C2I 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Talence, France. pp.190-195</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03594442v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of high temperature surface acoustic wave sensors based on a piezoelectric glass-ceramic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dupla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Sophie Renoirt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Gonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XVI Conference and Exhibition of the European Ceramic Society, XVI ECerS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Torino, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03595066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High temperature piezoelectric glass-ceramics for SAW sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Gonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dupla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Sophie Renoirt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th European Inter-Regional Conference on Ceramics, CIEC16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Torino, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03593631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analytical model for the energy harvesting of a spherical sensor from ambient vibrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daher Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Nassar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnan Naja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st International Conference on Energy, Power, Petroleum and Petrochemical Engineering, E3PE 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Beirut, Lebanon. pp.62-66, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/matecconf/201817102006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of a dual temporal-spatial chirp method for the generation of broadband surface acoustic waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dame Fall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farouk Benmeddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah-Eddine Hebaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">175th Meeting of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Minneapolis, MN, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.5036050⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03595633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compact selective tweezers based on focalized acoustical vortices and spiraling interdigitated transducers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Baudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Claude Gerbedoen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Riaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bou Matar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">176th Meeting Acoustical Society of America and 2018 Acoustics Week in Canada Canadian Acoustical Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Victoria, BC, Canada. pp.1896-1896, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.5068310⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03595550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fresnoite-strontium : une alternative aux céramiques piézoélectriques ferroélectriques pour des applications à haute température ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Sophie Renoirt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dupla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Martic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8ème Edition Franco-Belge du Mardi des Chercheurs, MdC 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Mons, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03592077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractérisation rapide de dispositifs à ondes acoustiques de surface dans le domaine temporel par vibrométrie laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop « Techniques Vibrométrie Laser »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03591114v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eigen frequencies and directivity patterns of a spherical acoustic transducer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daher Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Nassar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fawaz El Omar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd International Conference on Electrical and Electronic Engineering, Telecommunication Engineering and Mechatronics, EEETEM 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Beirut, Lebanon</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03565905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fresnoite-strontium : une alternative aux céramiques piézoélectriques ferroélectriques pour des applications à haute température ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Sophie Renoirt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dupla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Martic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique, GFC 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03591174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analytical and numerical models for vibration energy harvesting with a spherical acoustic sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daher Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Nassar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnan Naja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Wireless Technologies, Embedded and Intelligent Systems (WITS 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Fez, Morocco. pp.351-355, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WITS.2017.7934660⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design of Autonomous Miniaturized Spherical Acoustic Sensor for Complexe Media Characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Medjdoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daher Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Nassar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2017 Cosmetic Measurements And Testing (COSMETIC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Cergy-Pontoise, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/COMET.2017.8521468⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03564206v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New Optical Approach of SAW Delay Line Characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyes Djoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meddy Vanotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dame Fall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Herth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30th Eurosensors Conference, EUROSENSORS XXX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Budapest, Hungary. pp.838-843</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03586205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application of magnetoelastic materials as active elements in ultrasonic WPC-tomography of liquids flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.V. Pylnov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.L. Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.I. Kutlubaeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Functional Materials, ICFM 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Partenit, Crimea, Ukraine</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00878514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New applications of magneto-acoustic phase conjugation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuri Pyl'Nov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Merlen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIXe Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Marseille, France. pp.1-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00574889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelles applications de la conjugaison de phases magnéto-acoustique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yury Pyl'Nov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Merlen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03378612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nonlinear acoustics of phase conjugate waves in moving liquid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pyl'Nov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18th International Symposium on Nonlinear Acoustics, ISNA-18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Stockholm, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00361493v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doppler ultrasonography using wave phase conjugation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pyl'Nov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Second ASA-EAA Joint Conference, ACOUSTICS'08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00361496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nonlinear phase conjugate ultrasonic waves in moving media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pyl'Nov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Second ASA-EAA Joint Conference, ACOUSTICS'08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00361497v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phase conjugation of anti-Stokes component of Brillouin scattering of ultrasonic waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pyl'Nov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 2007 International Congress on Ultrasonics, ICU 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Vienna, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00367047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liquid flowmeters by using phase conjugated ultrasonic waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.V. Pyl'Nov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Functional Materials, ICFM 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Ukraine. pp.259</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00284133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liquid flowmeters by using phase conjugate ultrasonic waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pyl'Nov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 2007 International Congress on Ultrasonics, ICU 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Vienna, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00367046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wave phase conjugation of the anti-Stokes component of Brillouin scattering of ultrasonic waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.V. Pyl'Nov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Functional Materials, ICFM 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Ukraine. pp.258</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00284132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wave phase conjugation of the Stokes component of Brillouin scattering ultrasound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.V. Pyl'Nov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Fundamental Problems of Radioengineering and Device Construction, INTERMATIC-2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, France. pp.43-48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00241167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application of ferrite spinel for velocimetry of flows in liquids by means of phase conjugation of ultrasonic waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pyl'Nov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Krutyansky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ivanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 2005 International Conference on Functional Materials, ICFM'2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Crimea, Ukraine</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00138855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flow velocity measurements by means of nonlinear interaction of phase conjugate ultrasonic waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Pylnov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pernod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 2005 IEEE Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Rotterdam, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00138858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (32)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of surface acoustic wave attenuation in aluminum using transverse acoustic field</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Broadband surface acoustic wave attenuation in metals using chirp compression and dispersive interdigital transducers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dame Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakariae Oumekloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0260423⟩</w:t>
+              <w:t xml:space="preserve">JASA Express Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (9), 7 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/10.0039237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05150833v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05313629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Broadband surface acoustic wave attenuation in metals using chirp compression and dispersive interdigital transducers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Measurement of surface acoustic wave attenuation in aluminum using transverse acoustic field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dame Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakariae Oumekloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JASA Express Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/10.0039237⟩</w:t>
+              <w:t xml:space="preserve">AIP Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (6), pp.0650026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0260423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05313629v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05150833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Comparative Study of Divergent Surface Acoustic Wave Beams’ Generation on an Y128° Lithium Niobate Using Various Types of Interdigital Transducers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dame Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nada Ben Jafela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakariae Oumekloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 25 (4), pp.1067. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/s25041067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04968168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification and mitigation of the effect of resynchronization errors in ultrasound sensor network for passive imaging in elastic plates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Bouchakour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynda Chehami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 155 (5), pp.3283 - 3290. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1121/10.0025986⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04607244v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One-channel time reversal focusing of ultra-high frequency acoustic waves on a MEMS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hatem Dahmani</w:t>
+                <w:t xml:space="preserve">Développement d’une interface utilisateur interactive pour l’enseignement du traitement de signal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nikolay Smagin</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lynda Chehami</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0142179⟩</w:t>
+              <w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 22, pp.1023. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/j3ea/20231023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04215309v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04463697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d’une interface utilisateur interactive pour l’enseignement du traitement de signal</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">One-channel time reversal focusing of ultra-high frequency acoustic waves on a MEMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hatem Dahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Campistron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Toubal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/j3ea/20231023⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 122 (10), pp.102201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0142179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04463697v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04215309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrical and Optical Characterization of SAW Sensors Coated with Parylene C and Their Analysis Using the Coupling-of-Modes (COM) Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meddy Vanotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Alhousseini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 22 (22), pp.8611. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/s22228611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03891357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a Reliable Estimation of Fluid Concentration using High Frequency Acoustic Waves: A Machine Learning Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venu Babu Thati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Zaaroura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Toubal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souad Harmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 22, pp.8772 - 8780. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JSEN.2022.3161380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03621173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispersion of surface acoustic waves in thin films at extreme wavelength-to-thickness ratios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tahar Kadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jenot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JASA Express Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2 (10), pp.104002. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1121/10.0014859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03835165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la théorie à la pratique dans l’enseignement du traitement du signal : initiation à la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lynda Chehami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamal Assaad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Campistron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 21, pp.2042. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/j3ea/20222042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04167135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a Broadband (100–240 MHz) Surface Acoustic Wave Emitter Devoted to the Non-Destructive Characterization of Sub-Micrometric Thin Films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tahar Kadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jenot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 22 (19), pp.7464. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/s22197464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03822957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A micro-transducer matrix design for the detection of flexural guided waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala El Rammouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farouk Benmeddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamal Assaad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 115, pp.106430. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ultras.2021.106430⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03542162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of ultra high frequency acoustic coda waves using deep neural networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Venu Babu Thati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hatem Dahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ihsen Alouani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 21 (18), pp.20640-20647. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JSEN.2021.3099078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03364923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Partial Ba Substitutions on the Crystallization of Sr2TiSi2O8 (STS) Glass–Ceramics and on the Generation of a SAW Signal at High Temperatures</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hassan Alhousseini</w:t>
+                <w:t xml:space="preserve">Pump-probe localization technique of varying solid contacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Terzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynda Chehami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Farin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Duquennoy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+                <w:t xml:space="preserve">Emmanuel Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladislav Aleshin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma14164648⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 149 (5), pp.2943-2949. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/10.0004820⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03408692v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03376735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pump-probe localization technique of varying solid contacts</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vladislav Aleshin</w:t>
+                <w:t xml:space="preserve">Effect of Partial Ba Substitutions on the Crystallization of Sr2TiSi2O8 (STS) Glass–Ceramics and on the Generation of a SAW Signal at High Temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Gonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Dupla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Alhousseini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/10.0004820⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (16), pp.4648. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma14164648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03376735v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03408692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimensional and mechanical characterization of metallic thin films based on the measurement of surface acoustic waves dispersion with Slant Stack transform</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Development of Ultrasonic Surface Acoustic Wave Humidity Sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saliou Ndao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bogdan Piwakowski</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Courtois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Rguiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6501/ab94fe⟩</w:t>
+              <w:t xml:space="preserve">Instrumentation, Mesure, Métrologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (3), pp.205-210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18280/i2m.190305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03182118v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03480302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of Ultrasonic Surface Acoustic Wave Humidity Sensors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Dimensional and mechanical characterization of metallic thin films based on the measurement of surface acoustic waves dispersion with Slant Stack transform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tahar Kadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Courtois</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dame Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Rguiti</w:t>
+                <w:t xml:space="preserve">Nikolay Smagin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Piwakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Instrumentation, Mesure, Métrologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18280/i2m.190305⟩</w:t>
+              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31 (10), pp.105009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6501/ab94fe⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03480302v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03182118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local damage detection by nonlinear coda wave interferometry combined with time reversal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrey Trifonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bou Matar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladislav Aleshin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 108, pp.106226. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ultras.2020.106226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03002280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A lead-free non-ferroelectric piezoelectric glass-ceramic for high temperature surface acoustic wave devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Dupla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sophie Renoirt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Gonon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 40 (11), pp.3759-3765. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2020.01.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03321526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatially selective manipulation of cells with single-beam acoustical tweezers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roudy Al Sahely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Gerbedoen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhixiong Gong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11, pp.4244. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-020-18000-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03003284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Folding a focalized acoustical vortex on a flat holographic transducer: Miniaturized selective acoustical tweezers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Gerbedoen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Riaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bou Matar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Advances </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 5 (4), pp.eaav1967. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1126/sciadv.aav1967⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02332837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An autonomous low-power management system for energy harvesting from a miniaturized spherical piezoelectric transducer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daher Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6681,400 +12444,400 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Nassar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samih Isber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 90 (7), pp.075004. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.5084267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03139114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D FEM analysis of high-frequency AlN-based PMUT arrays on cavity SOI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen-Juan Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leming He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xubo Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jia Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei-Jiang Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 19 (20), pp.4450. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/s19204450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03133847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Broadband vibrational energy harvesting with a spherical piezoelectric transducer devoted to underwater wireless sensor networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daher Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Nassar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samih Isber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Acustica united with Acustica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 105 (4), pp.616-629. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3813/AAA.919342⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03139115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eigen frequencies and directivity patterns of a spherical acoustic transducer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daher Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7083,6783 +12846,1020 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Nassar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnan Naja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International journal of digital information and wireless communications (IJDIWC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (1), pp.47-51. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17781/P002404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03559602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of interdigital transducers for the generation of surface acoustic waves over a large bandwidth (20-125 MHz)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dame Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bogdan Piwakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 273, pp.303-310. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.sna.2018.03.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03183481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-destructive characterization of surfaces and thin coatings using a large-bandwidth interdigital transducer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dame Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bogdan Piwakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 89 (12), pp.124901. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.5045213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03185106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generation of broadband surface acoustic waves using a dual temporal-spatial chirp method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dame Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Duquennoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bogdan Piwakowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 142 (1), pp.EL108-EL112. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1121/1.4994676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03548960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast time-domain laser Doppler vibrometry characterization of surface acoustic waves devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyes Djoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Herth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meddy Vanotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dame Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 264, pp.96--106. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.sna.2017.07.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02392694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear acoustic imaging of isoechogenic objects and flows using ultrasound wave phase conjugation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pernod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Pyl'Nov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Krutyansky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Acustica united with Acustica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 95, pp.36-45. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3813/AAA.918125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00469656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostics and doppler tomography of liquid flows with ultrasonic phase conjugation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y.V. Pyl'Nov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.L. Preobrazhenskii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pernod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acoustical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 55, pp.657-664. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1134/S1063771009040228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00469643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wave phase conjugation of the Stokes component of Brillouin scattering of ultrasound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Pyl'Nov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pernod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Wave Phenomena</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 15, pp.111-115. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3103/S1541308X07020057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00255797v1</w:t>
-              </w:r>
-[...5761 lines deleted...]
-                <w:t xml:space="preserve">hal-00138858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -13877,103 +13877,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultra-high frequency vortex-based tweezers for microparticles manipulation with high spatial selectivity and nanoNewton forces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roudy Al Sahely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-C Gerbedoen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ravinder Chutani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bou Matar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -13995,103 +13995,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cell selective manipulation with single beam acoustical tweezers.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roudy Al Sahely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Gerbedoen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhixiong Gong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -14113,103 +14113,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Folding a focalized acoustical vortex on a flat holographic transducer: miniaturized selective acoustical tweezers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Gerbedoen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bou Matar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Riaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -14263,90 +14263,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé et appareil de caractérisation d'un écoulement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pernod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Preobrazhensky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Pyl Nov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N° de brevet: FR 2952185 (A1). 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14396,51 +14396,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caracterisation of liquid flows with method of parametrical wave phase conjugation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Smagin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Acoustics [physics.class-ph]. Ecole Centrale de Lille, 2008. Russian. </w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -14636,51 +14636,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025446v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayen Kalai Mathlouthi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Smagin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakariae Oumekloul" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Duquennoy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadi Ouaftouh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031185v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Ben Jafela" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Chehami" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moulin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029145v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031203v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029112v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542488v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissa Akiki" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Assaad" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04141812v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04142004v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126112v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dame Fall" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254581v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Dahmani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Campistron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carlier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Toubal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254558v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05063453v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Zwein" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Gonon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04429359v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256597v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Kim Thanh Bui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Moalla" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Maudez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473761v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Zaatar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04429504v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03596050v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Terzi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Aleshin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03590666v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595991v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jenot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595645v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03596511v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03596575v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Alhousseini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Courtois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03597072v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliou Ndao" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rguiti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03591242v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dupla" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Renoirt" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03591257v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Martic" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03597031v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525239v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Juan Liu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Jiang Xu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia Zhou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2018.8579892" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03596360v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03591305v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Benmeddour" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#239;d Sadoudi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bocquet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03566137v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daher Diab" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lefebvre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Nassar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fawaz El Omar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03591350v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150833v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0260423" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313629v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0039237" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968168v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s25041067" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607244v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Bouchakour" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0025986" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215309v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Campistron" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carlier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0142179" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463697v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20231023" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891357v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meddy Vanotti" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Rousseau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22228611" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621173v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venu Babu Thati" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Zaaroura" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Harmand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2022.3161380" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835165v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Kadi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0014859" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167135v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20222042" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822957v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22197464" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542162v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala El Rammouz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2021.106430" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364923v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihsen Alouani" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2021.3099078" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408692v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dupla" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma14164648" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376735v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Farin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0004820" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182118v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Piwakowski" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ab94fe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03480302v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/i2m.190305" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002280v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Trifonov" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bou Matar" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2020.106226" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321526v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.01.051" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003284v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Baudoin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Thomas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roudy Al Sahely" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Gerbedoen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhixiong Gong" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18000-y" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332837v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gerbedoen" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Riaud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aav1967" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139114v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samih Isber" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5084267" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133847v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leming He" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xubo Wang" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s19204450" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139115v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3813/AAA.919342" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03559602v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Naja" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17781/P002404" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183481v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2018.03.002" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185106v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5045213" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03548960v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4994676" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392694v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Djoumi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herth" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2017.07.035" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469656v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Preobrazhensky" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pernod" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pyl'Nov" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Krutyansky" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3813/AAA.918125" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469643v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.V. Pyl'Nov" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.L. Preobrazhenskii" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1063771009040228" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255797v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3103/S1541308X07020057" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378591v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365912v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241493v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615478v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victory Elias" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubois" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rivart" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Vercampt" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRASET60544.2024.10548144" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04141354v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278492v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Blondeau-Patissier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTIP58682.2023.10267938" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04429301v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Guediche" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Piombini" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boscher" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Perrin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Belliard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OIC.2022.TEA.6" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791500v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675834v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C Gerbedoen" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0010844" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03582482v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04141559v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322825v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katir Ziouche" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS46767.2020.9251563" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240328v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0798" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240303v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0754" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242427v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0396" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03594341v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS43011.2019.8956596" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595049v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595147v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03594232v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dupont" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201928101001" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03592383v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03586843v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2019.8808519" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595066v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03594442v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03593631v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03563959v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201817102006" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595633v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah-Eddine Hebaz" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5036050" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595550v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5068310" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03592077v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03591114v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03565905v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03591174v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03563978v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WITS.2017.7934660" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03564206v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Medjdoub" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMET.2017.8521468" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03586205v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878514v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.V. Pylnov" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.L. Preobrazhensky" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.I. Kutlubaeva" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574889v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Pyl'Nov" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Merlen" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378612v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yury Pyl'Nov" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361493v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361496v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361497v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367047v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284133v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367046v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284132v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241167v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138855v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ivanov" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138858v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pylnov" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602762v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravinder Chutani" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433142v2" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860887v2" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591048v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pyl Nov" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00756462v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031185v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Ben Jafela" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Chehami" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Duquennoy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moulin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Smagin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025446v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayen Kalai Mathlouthi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakariae Oumekloul" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadi Ouaftouh" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031203v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029145v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029112v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542488v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissa Akiki" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Assaad" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254581v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Dahmani" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Campistron" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Carlier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Toubal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126112v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dame Fall" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04141812v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04142004v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04429359v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Zwein" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Gonon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05063453v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254558v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256597v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Kim Thanh Bui" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Moalla" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Maudez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473761v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Zaatar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04429504v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03590666v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03596050v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Terzi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Aleshin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595991v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jenot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595645v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03596511v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03596575v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Alhousseini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Courtois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03597072v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliou Ndao" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rguiti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03597031v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dupla" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Renoirt" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525239v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Juan Liu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Jiang Xu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia Zhou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2018.8579892" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03591242v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03591257v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Martic" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03596360v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03591305v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farouk Benmeddour" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#239;d Sadoudi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bocquet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03566137v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daher Diab" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lefebvre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Nassar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fawaz El Omar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03591350v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365912v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378591v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241493v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615478v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victory Elias" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubois" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rivart" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Vercampt" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRASET60544.2024.10548144" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278492v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meddy Vanotti" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Blondeau-Patissier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Rousseau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTIP58682.2023.10267938" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04141354v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Bouchakour" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04429301v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Guediche" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Piombini" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boscher" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Perrin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Belliard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OIC.2022.TEA.6" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791500v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675834v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Baudoin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roudy Al Sahely" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhixiong Gong" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bou Matar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C Gerbedoen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0010844" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03582482v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240328v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0798" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04141559v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322825v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Kadi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katir Ziouche" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS46767.2020.9251563" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240303v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0754" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242427v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0396" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03594232v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala El Rammouz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dupont" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201928101001" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03592383v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595147v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03594341v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS43011.2019.8956596" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595049v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Piwakowski" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03586843v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRANSDUCERS.2019.8808519" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03594442v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595066v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03593631v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03563959v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Naja" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201817102006" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595633v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah-Eddine Hebaz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5036050" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03595550v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Gerbedoen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Riaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.5068310" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03592077v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03591114v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03565905v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03591174v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03563978v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WITS.2017.7934660" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03564206v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Medjdoub" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMET.2017.8521468" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03586205v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Djoumi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herth" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878514v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.V. Pylnov" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pernod" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.L. Preobrazhensky" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.I. Kutlubaeva" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574889v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Preobrazhensky" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Pyl'Nov" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Merlen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378612v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yury Pyl'Nov" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361493v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pyl'Nov" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361496v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361497v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367047v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284133v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.V. Pyl'Nov" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367046v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284132v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00241167v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138855v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Krutyansky" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ivanov" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138858v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pylnov" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313629v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0039237" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150833v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0260423" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968168v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s25041067" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607244v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0025986" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04463697v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20231023" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215309v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Campistron" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carlier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0142179" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891357v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22228611" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621173v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venu Babu Thati" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Zaaroura" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Harmand" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2022.3161380" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835165v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0014859" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167135v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20222042" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822957v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22197464" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542162v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2021.106430" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364923v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihsen Alouani" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2021.3099078" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376735v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Farin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0004820" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03408692v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dupla" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma14164648" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03480302v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/i2m.190305" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182118v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ab94fe" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002280v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Trifonov" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2020.106226" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321526v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.01.051" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003284v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Thomas" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18000-y" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332837v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gerbedoen" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aav1967" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139114v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samih Isber" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5084267" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133847v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leming He" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xubo Wang" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s19204450" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139115v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3813/AAA.919342" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03559602v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17781/P002404" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183481v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2018.03.002" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185106v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5045213" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03548960v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4994676" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392694v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2017.07.035" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469656v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3813/AAA.918125" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469643v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.L. Preobrazhenskii" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1063771009040228" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255797v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3103/S1541308X07020057" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602762v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravinder Chutani" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433142v2" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860887v2" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591048v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pyl Nov" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00756462v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>