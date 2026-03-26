--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -766,676 +766,676 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04816040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the impact of a scanner prototype on proton CT and helium CT image quality and dose efficiency with Monte Carlo simulation</w:t>
+                <w:t xml:space="preserve">Projection deconvolution for proton CT using the spatially variant path uncertainty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefanie Götz</w:t>
+                <w:t xml:space="preserve">Feriel Khellaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jannis Dickmann</w:t>
+                <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6560/ac4fa4⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Radiation and Plasma Medical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6 (8), pp.847-858. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TRPMS.2022.3167334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03583696v1</w:t>
+                <w:t xml:space="preserve">hal-03656408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative accuracy and resolution assessment of two prototype proton computed tomography scanners</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The role of Monte Carlo simulation in understanding the performance of proton computed tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Dedes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jannis Dickmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Dedes</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">C. Sarosiek</w:t>
+                <w:t xml:space="preserve">Valentina Giacometti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Rit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Physics : The international journal of medical physics research and practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mp.15657⟩</w:t>
+              <w:t xml:space="preserve">Zeitschrift fur Medizinische Physik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32, pp.23-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.zemedi.2020.06.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03637368v2</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02920133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of Monte Carlo simulation in understanding the performance of proton computed tomography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">George Dedes</w:t>
+                <w:t xml:space="preserve">Relative stopping power resolution in time-of-flight proton CT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Krah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Dauvergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jannis Dickmann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valentina Giacometti</w:t>
+                <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Testa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zeitschrift fur Medizinische Physik</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.zemedi.2020.06.006⟩</w:t>
+              <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 67 (16), pp.165004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6560/ac7191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02920133v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03677847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projection deconvolution for proton CT using the spatially variant path uncertainty</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Evaluation of the impact of a scanner prototype on proton CT and helium CT image quality and dose efficiency with Monte Carlo simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefanie Götz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jannis Dickmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Rit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Krah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feriel Khellaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Radiation and Plasma Medical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TRPMS.2022.3167334⟩</w:t>
+              <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 67, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6560/ac4fa4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03656408v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03583696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relative stopping power resolution in time-of-flight proton CT</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nils Krah</w:t>
+                <w:t xml:space="preserve">Comparative accuracy and resolution assessment of two prototype proton computed tomography scanners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Dedes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Drosten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Götz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Dauvergne</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Simon Rit</w:t>
+                <w:t xml:space="preserve">J. Dickmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Testa</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Sarosiek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 67 (16), pp.165004. </w:t>
+              <w:t xml:space="preserve">Medical Physics : The international journal of medical physics research and practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 49 (7), pp.4671-4681. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6560/ac7191⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mp.15657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03677847v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03637368v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification of biological range uncertainties in patients treated at the Krakow proton therapy centre</w:t>
               </w:r>
@@ -1728,51 +1728,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Etxebeste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 66 (5), pp.055014. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1949,90 +1949,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy-adaptive calculation of the most likely path in proton CT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Dauvergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Testa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 66, pp.20NT02. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2066,77 +2066,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2D directional ramp filter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feriel Khellaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2177,802 +2177,802 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02486620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Simple Approach for Experimental Characterization and Validation of Proton Pencil Beam Profiles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Implementation of a Compact Spot-Scanning Proton Therapy System in a GPU Monte Carlo Code to Support Clinical Routine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Gajewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paulina Stasica</w:t>
+                <w:t xml:space="preserve">Angelo Schiavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jakub Baran</w:t>
+                <w:t xml:space="preserve">Gloria Vilches-Freixas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Granja</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Grzegorz Korcyl</w:t>
+                <w:t xml:space="preserve">Antoni Rucinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphy.2020.00346⟩</w:t>
+              <w:t xml:space="preserve">Front.in Phys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.578605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2020.578605⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02999622v1</w:t>
+                <w:t xml:space="preserve">hal-03157090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of a Compact Spot-Scanning Proton Therapy System in a GPU Monte Carlo Code to Support Clinical Routine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jan Gajewski</w:t>
+                <w:t xml:space="preserve">A Simple Approach for Experimental Characterization and Validation of Proton Pencil Beam Profiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulina Stasica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelo Schiavi</w:t>
+                <w:t xml:space="preserve">Jakub Baran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Granja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoni Rucinski</w:t>
+                <w:t xml:space="preserve">Grzegorz Korcyl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Front.in Phys.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 8, pp.578605. </w:t>
+              <w:t xml:space="preserve">Frontiers in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, pp.346. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphy.2020.578605⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphy.2020.00346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03157090v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02999622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparison of direct reconstruction algorithms in proton computed tomography</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Scattering proton CT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Catherine Therese T Quiñones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Létang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles-Antoine Collins-Fekete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 65 (10), pp.105010. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6560/ab7d53⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 65 (22), pp.225015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6560/abbd18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02502179v1</w:t>
+                <w:t xml:space="preserve">hal-02959263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scattering proton CT</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A comparison of direct reconstruction algorithms in proton computed tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feriel Khellaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Létang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Antoine Collins-Fekete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 65 (22), pp.225015. </w:t>
+              <w:t xml:space="preserve">, 2020, 65 (10), pp.105010. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6560/abbd18⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6560/ab7d53⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02959263v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02502179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regularised patient-specific stopping power calibration for proton therapy planning based on proton radiographic images</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of transverse heterogeneities on the most likely path of protons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feriel Khellaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincenzo Patera</w:t>
+                <w:t xml:space="preserve">Ilaria Rinaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ilaria Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 64, pp.065008. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6560/ab03db⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 64, pp.065003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6560/ab02a8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02023861v1</w:t>
+                <w:t xml:space="preserve">hal-02023848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of transverse heterogeneities on the most likely path of protons</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Regularised patient-specific stopping power calibration for proton therapy planning based on proton radiographic images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincenzo Patera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Rit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Schiavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Rinaldi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 64, pp.065003. </w:t>
+              <w:t xml:space="preserve">, 2019, 64, pp.065008. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6560/ab02a8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6560/ab03db⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02023848v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02023861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generative adversarial networks (GAN) for compact beam source modelling in Monte Carlo simulations</w:t>
               </w:r>
@@ -2984,51 +2984,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sarrut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 64 (21), </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3075,51 +3075,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polynomial modelling of proton trajectories in homogeneous media for fast most likely path estimation and trajectory simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3205,51 +3205,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 63 (20), </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3426,64 +3426,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comprehensive theoretical comparison of proton imaging set-ups in terms of spatial resolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feriel Khellaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Rit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3951,51 +3951,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Coussat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4085,51 +4085,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Etxebeste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Monte Carlo Techniques for Medical Applications (MCMA) 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Antwerpen, Belgium</w:t>
@@ -4210,51 +4210,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Saporta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Monte Carlo Techniques for Medical Applications (MCMA 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Antwerpen, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4318,51 +4318,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Etxebeste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sarrut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4394,230 +4394,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03706995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An analytical method to sample proton trajectories under the influence of multiple Coulomb scattering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Proton scatter radiography with integration-mode detectors by exploiting the West-Sherwood effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Addoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on the Use of Computers in Radiation Therapy (ICCR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">2019 IEEE Nuclear Science Symposium and Medical Imaging Conference (NSS/MIC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02283827v1</w:t>
+                <w:t xml:space="preserve">hal-03126835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proton scatter radiography with integration-mode detectors by exploiting the West-Sherwood effect</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An analytical method to sample proton trajectories under the influence of multiple Coulomb scattering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE Nuclear Science Symposium and Medical Imaging Conference (NSS/MIC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Manchester, United Kingdom</w:t>
+              <w:t xml:space="preserve">International Conference on the Use of Computers in Radiation Therapy (ICCR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03126835v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02283827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GaGa: GAN for GATE</w:t>
               </w:r>
@@ -4629,51 +4629,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sarrut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCR-MCMA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4789,77 +4789,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparison of direct reconstruction algorithms in proton CT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feriel Khellaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4891,407 +4891,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03128314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning SPECT detector response for Monte-Carlo simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Sarrut</w:t>
+                <w:t xml:space="preserve">Monte Carlo simulation of the most likely path of protons through a transverse heterogeneity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feriel Khellaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilaria Rinaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Third Geant4 International User Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">IEEE Nuclear Science Symposium and Medical Imaging Conference (NSS/MIC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Sydney, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01926625v1</w:t>
+                <w:t xml:space="preserve">hal-02330901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monte Carlo simulation of the most likely path of protons through a transverse heterogeneity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A theoretical comparison of different proton imaging set-ups</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Khellaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Simon Rit</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Nuclear Science Symposium and Medical Imaging Conference (NSS/MIC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Sydney, Australia</w:t>
+              <w:t xml:space="preserve">The 4th Loma Linda workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Loma Linda, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02330901v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A theoretical comparison of different proton imaging set-ups</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Learning SPECT detector response for Monte-Carlo simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Sarrut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Khellaf</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">J N Badel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">I. Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 4th Loma Linda workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Loma Linda, United States</w:t>
+              <w:t xml:space="preserve">Third Geant4 International User Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02048665v1</w:t>
+                <w:t xml:space="preserve">hal-01926625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High WET resolution proton radiography using dedicated image processing methods and a commercial plug'n'play detector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic de Marzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5450,90 +5450,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Which proton imaging set-up should we use in a proton therapy facility?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feriel Khellaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">57th Annual Meeting of the Particle Therapy Cooperative Group (PTCOG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Cincinnati, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5597,51 +5597,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Testa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">56th annual conférence of the Particle Therapy Co-operative Group - PTCOG 56</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Pacifico Yokohama, Yokohama, Japan. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5727,51 +5727,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annalisa Patriarca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pitta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AAPM 59th Annual Meeting and Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Denver, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5936,51 +5936,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparing the Performance of Different Types of Proton Imaging Set-Ups Following a Newly Derived Expression for the Most Likely Path</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AAPM 59th annual meeting and exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Denver, United States. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6031,51 +6031,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattia Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE NSS/MIC/RTSD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Atlanta, United States. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6152,51 +6152,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annalisa Patriarca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pitta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">56th annual conférence of the Particle Therapy Co-operative Group - PTCOG 56</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Yokohama, Japan. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6247,51 +6247,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brent Huisman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sarrut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Testa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6355,77 +6355,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Krah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Testa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Létang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE NSS MIC 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6785,51 +6785,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462787v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sarrut" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Arbor" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baudier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Chatzipapas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ae237b" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462791v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Krah" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ae237c" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367940v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guneet Mummaneni" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlotta Trigila" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Roncali" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ade2b5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367953v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Gajewski" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Borys" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelica de Gregorio" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Kope&#263;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2025.110802" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816040v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Landry" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Dedes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Antoine Collins-Fekete" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Simard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ad88d3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583696v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie G&#246;tz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannis Dickmann" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rit" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Khellaf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ac4fa4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637368v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dedes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Drosten" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. G&#246;tz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dickmann" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sarosiek" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mp.15657" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920133v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Giacometti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.zemedi.2020.06.006" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656408v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel L&#233;tang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRPMS.2022.3167334" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677847v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dauvergne" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Testa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ac7191" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615439v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Garbacz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Durante" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamil Kisielewicz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13014-022-02022-5" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346790v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Giuseppe Cordoni" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2021.08.015" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150535v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etxebeste" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/abde9a" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409138v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Etxebeste" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Mu&#241;oz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Letang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2021.738112" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353954v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ac2999" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486620v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ab7875" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999622v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Stasica" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Baran" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Granja" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Korcyl" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2020.00346" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157090v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Schiavi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Vilches-Freixas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoni Rucinski" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2020.578605" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502179v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel L&#233;tang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ab7d53" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959263v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Therese T Qui&#241;ones" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/abbd18" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023861v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Patera" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Rinaldi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ab03db" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023848v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ab02a8" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276243v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ab3fc1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269520v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ab3d0b" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909627v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sarrut" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Badel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/aae331" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976834v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Krah" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de Marzi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Patriarca" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pitta" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rinaldi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/aae043" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909706v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rit" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/aaca1f" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056779v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Friedl" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd J&#228;hne" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056802v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Testa" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brons" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O J&#228;kel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Parodi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/60/21/8525" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056790v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kr&#228;uter" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Trofimova" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kiefhaber" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. J&#228;hne" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375602v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Coussat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718123v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kaprelian" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Doignies" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707007v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Saporta" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706995v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283827v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126835v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Addoum" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380013v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142832v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2534898" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128314v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926625v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J N Badel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330901v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048665v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Khellaf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048584v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic de Marzi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Patriarca" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Pitta" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048546v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050814v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714201v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Testa" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14338/IJPT.17-PTCOG-1.1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795464v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276427v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Testa" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714486v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795560v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Fontana" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795522v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714304v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Huisman" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492914v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056752v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garbacz" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Battistoni" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Durante" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gajewski" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-9035-6_144" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462787v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sarrut" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Arbor" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baudier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Chatzipapas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ae237b" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462791v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Krah" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ae237c" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367940v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guneet Mummaneni" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlotta Trigila" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Roncali" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ade2b5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367953v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Gajewski" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Borys" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelica de Gregorio" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Kope&#263;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2025.110802" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816040v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Landry" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Dedes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Antoine Collins-Fekete" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Simard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ad88d3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656408v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feriel Khellaf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel L&#233;tang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rit" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRPMS.2022.3167334" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920133v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannis Dickmann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Giacometti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.zemedi.2020.06.006" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677847v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dauvergne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Testa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ac7191" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583696v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie G&#246;tz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ac4fa4" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637368v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dedes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Drosten" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. G&#246;tz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dickmann" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sarosiek" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mp.15657" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615439v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Garbacz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Durante" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamil Kisielewicz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13014-022-02022-5" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346790v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Giuseppe Cordoni" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2021.08.015" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03150535v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etxebeste" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/abde9a" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409138v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ane Etxebeste" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Mu&#241;oz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Letang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2021.738112" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353954v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ac2999" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486620v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ab7875" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157090v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Schiavi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Vilches-Freixas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoni Rucinski" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2020.578605" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999622v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Stasica" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Baran" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Granja" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Korcyl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2020.00346" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959263v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Therese T Qui&#241;ones" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel L&#233;tang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/abbd18" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502179v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ab7d53" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023848v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Rinaldi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ab02a8" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023861v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Patera" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ab03db" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276243v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ab3fc1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269520v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ab3d0b" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909627v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sarrut" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Badel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/aae331" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976834v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Krah" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. de Marzi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Patriarca" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pitta" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rinaldi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/aae043" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909706v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rit" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/aaca1f" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056779v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Friedl" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd J&#228;hne" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056802v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Testa" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brons" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O J&#228;kel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Parodi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/60/21/8525" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056790v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kr&#228;uter" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Trofimova" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kiefhaber" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. J&#228;hne" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375602v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Coussat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718123v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kaprelian" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Doignies" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707007v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Saporta" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706995v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126835v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Addoum" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283827v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380013v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142832v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2534898" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128314v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330901v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048665v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Khellaf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926625v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J N Badel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048584v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic de Marzi" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Patriarca" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Pitta" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02048546v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050814v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714201v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Testa" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14338/IJPT.17-PTCOG-1.1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795464v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276427v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Testa" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714486v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795560v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Fontana" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795522v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714304v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Huisman" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492914v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056752v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garbacz" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Battistoni" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Durante" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gajewski" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-9035-6_144" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>