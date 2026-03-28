--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -66,1066 +66,1066 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beyond R-barycenters: an effective averaging method on Stiefel and Grassmann manifolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salem Said</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32, pp.1950-1954. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LSP.2025.3562735⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04905602v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DeepInverse: A Python package for solving imaging inverse problems with deep learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julián Tachella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Terris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Hurault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Davy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (115), pp.8923. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21105/joss.08923⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377313v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unsupervised classification of the spectrogram zeros with an application to signal detection and denoising</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Miramont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Colominas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meignen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 214, pp.109250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2023.109250⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04206147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On Local Chirp Rate Estimation in Noisy Multicomponent Signals: With an Application to Mode Reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello A Colominas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meignen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 70, pp.3429 - 3440. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TSP.2022.3186832⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03844592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">One or Two Ridges? An Exact Mode Separation Condition for the Gabor Transform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meignen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Oberlin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29, pp.2507-2511. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LSP.2022.3226948⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04218018v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Novel Ridge Detector for Nonstationary Multicomponent Signals: Development and Application to Robust Mode Retrieval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meignen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 69, pp.3325-3336. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TSP.2021.3085113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02945707v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Novel Time-Frequency Technique for Mode Retrieval Based on Linear Chirp Approximation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meignen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 27, pp.935 - 939. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LSP.2020.2996905⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03238465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multilevel Plug-and-Play Image Restoration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julián Tachella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Riccietti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Pustelnik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05004914v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disentangling Modes and Interference in the Spectrogram of Multicomponent Signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Polisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meignen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Leterme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04995045v1</w:t>
-              </w:r>
-[...801 lines deleted...]
-                <w:t xml:space="preserve">hal-03238465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1143,90 +1143,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algorithme multiniveau hybride pour la restauration d'images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Riccietti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julian Tachella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Pustelnik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRETSI 2025 - XXXème Colloque Francophone de Traitement du Signal et des Images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GRETSI - Groupe de Recherche en Traitement du Signal et des Images, Aug 2025, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1245,308 +1245,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05219319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel approach based on Voronoï cells to classify spectrogram zeros of multicomponent signals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estimation de barycentres sur variétés de Stiefel : une approche par projection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nils Laurent</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Francois Auger</w:t>
+                <w:t xml:space="preserve">Florent Bouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salem Said</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">GRETSI 2023 - XXIXème Colloque Francophone de Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GRETSI - Groupe de Recherche en Traitement du Signal et des Images, Aug 2023, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04112595v1</w:t>
+                <w:t xml:space="preserve">hal-04228051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation de barycentres sur variétés de Stiefel : une approche par projection</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">A novel approach based on Voronoï cells to classify spectrogram zeros of multicomponent signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Le Bihan</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meignen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Alejandro Colominas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan M. Miramont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Auger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2023 - XXIXème Colloque Francophone de Traitement du Signal et des Images</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Ialyssos, Greece. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP49357.2023.10096949⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04228051v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04112595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New Adaptive Technique for Multicomponent Signals Reassignment Based on Synchrosqueezing Transform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meignen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 30th European Signal Processing Conference (EUSIPCO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Belgrade, Serbia. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1580,64 +1580,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Novel Algorithm for Heart Rate Estimation Based on Synchrosqueezing Transform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meignen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Fontecave-Jallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1729,51 +1729,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">time-frequency analysis of noisy multicomponent signals : contributions to ridge detection, mode reconstruction, chirp rate estimation, and interference localization.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">General Mathematics [math.GM]. Université Grenoble Alpes [2020-..], 2022. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2022GRALM060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1969,51 +1969,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004914v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Laurent" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juli&#225;n Tachella" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Riccietti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pustelnik" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995045v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Polisano" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meignen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Leterme" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905602v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bouchard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Said" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Bihan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2025.3562735" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377313v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Terris" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Hurault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Wang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Davy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.08923" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206147v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Miramont" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auger" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Colominas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2023.109250" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844592v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello A Colominas" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2022.3186832" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218018v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Oberlin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2022.3226948" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945707v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2021.3085113" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238465v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2020.2996905" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219319v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Tachella" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112595v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Alejandro Colominas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan M. Miramont" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Auger" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP49357.2023.10096949" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228051v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844602v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO55093.2022.9909554" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544794v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fontecave-Jallon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Rivet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO54536.2021.9616306" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04119354v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022GRALM060" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905602v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bouchard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Laurent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Said" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Bihan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2025.3562735" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377313v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juli&#225;n Tachella" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Terris" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Hurault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Wang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Davy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.08923" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206147v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Miramont" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auger" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Colominas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meignen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2023.109250" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844592v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello A Colominas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2022.3186832" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218018v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Oberlin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2022.3226948" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945707v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2021.3085113" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238465v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2020.2996905" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004914v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Riccietti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pustelnik" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995045v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Polisano" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Leterme" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219319v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Tachella" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04228051v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112595v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Alejandro Colominas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan M. Miramont" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Auger" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP49357.2023.10096949" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844602v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO55093.2022.9909554" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544794v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fontecave-Jallon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Rivet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO54536.2021.9616306" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04119354v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022GRALM060" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>