--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -2643,211 +2643,211 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Looping and Clustering: a statistical physics approach to protein-DNA complexes in bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils-Ole Walliser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion annuelle du GdR ADN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Millau, France</w:t>
+              <w:t xml:space="preserve">Chromatin Meets South</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01939895v1</w:t>
+                <w:t xml:space="preserve">hal-01939901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looping and Clustering: a statistical physics approach to protein-DNA complexes in bacteria</w:t>
+                <w:t xml:space="preserve">DNA-loops and the organization of protein-DNA complexes in bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils-Ole Walliser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chromatin Meets South</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Journées de Physique Statistique 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01939901v1</w:t>
+                <w:t xml:space="preserve">hal-01939889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA-loops and the organization of protein-DNA complexes in bacteria</w:t>
+                <w:t xml:space="preserve">Looping and Clustering: a statistical physics approach to protein-DNA complexes in bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils-Ole Walliser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Physique Statistique 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Réunion annuelle du GdR ADN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Millau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01939889v1</w:t>
+                <w:t xml:space="preserve">hal-01939895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Looping and Clustering: a statistical physics approach to protein-DNA complexes in bacteria</w:t>
               </w:r>
@@ -3053,277 +3053,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03691814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looping and Clustering: a statistical physics approach to protein-DNA complexes in bacteria</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling Spatio-temporal Dynamic of Ribosome During Translation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jerome Dorignac</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Palmeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Parmeggiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Geniet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO | EMBL Symposium: Cellular Mechanisms Driven by Liquid Phase Separation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Heidelberg, Germany</w:t>
+              <w:t xml:space="preserve">7ème Journées Scientifiques du LabEx NUMEV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01939915v1</w:t>
+                <w:t xml:space="preserve">hal-01950298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling Spatio-temporal Dynamic of Ribosome During Translation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Looping and Clustering: a statistical physics approach to protein-DNA complexes in bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Andrea Parmeggiani</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils-Ole Walliser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Dorignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Geniet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème Journées Scientifiques du LabEx NUMEV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">EMBO | EMBL Symposium: Cellular Mechanisms Driven by Liquid Phase Separation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Heidelberg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01950298v1</w:t>
+                <w:t xml:space="preserve">hal-01939915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId79"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3399,51 +3399,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="87E87422"/>
+    <w:nsid w:val="A037CA4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3630,51 +3630,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nils-ole-walliser" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3232-1872" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423917v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazul Jared Lopez-Alamilla" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley L Nord" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pedaci" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Palmeri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils-Ole Walliser" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04878246v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahaya Ibrahim" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dorignac" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Geniet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chevalier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Walter" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252827v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Jos&#233; Franco-O&#241;ate" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Parmeggiani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Geniet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-14570-3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832368v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Dorignac" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Choquet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre David" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1011522" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351194v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Perez-Carrasco" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jos&#233; Franco-O&#241;ate" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Geniet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abl8112" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336386v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Sternal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3278/HSL2006W" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03052753v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Rech" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2020.101861" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391672v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Guilhas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel David" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2020.06.034" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950974v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chase P. Broedersz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.033377" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561696v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aaad39" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664821v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas P. Braun" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Johansson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Larfors" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2011)091" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664830v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Knapp" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Kreuzer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Mayrhofer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2011)138" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883448v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883426v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04890444v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Palmeri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881294v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04901816v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04890693v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chase Broedersz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04894746v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04894725v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106612v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939895v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939901v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939889v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939883v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691814v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939915v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950298v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nils-ole-walliser" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3232-1872" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423917v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazul Jared Lopez-Alamilla" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley L Nord" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pedaci" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Palmeri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils-Ole Walliser" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04878246v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahaya Ibrahim" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dorignac" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Geniet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chevalier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Walter" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252827v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Jos&#233; Franco-O&#241;ate" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Parmeggiani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Geniet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-14570-3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832368v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Dorignac" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Choquet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre David" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1011522" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351194v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Perez-Carrasco" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jos&#233; Franco-O&#241;ate" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Geniet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abl8112" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336386v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Sternal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3278/HSL2006W" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03052753v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Rech" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2020.101861" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391672v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Guilhas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel David" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2020.06.034" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950974v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chase P. Broedersz" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.033377" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561696v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aaad39" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664821v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas P. Braun" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Johansson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Larfors" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2011)091" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664830v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Knapp" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Kreuzer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Mayrhofer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2011)138" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883448v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883426v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04890444v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Palmeri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881294v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04901816v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04890693v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chase Broedersz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04894746v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04894725v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106612v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939901v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939889v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939895v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939883v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691814v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950298v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939915v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>