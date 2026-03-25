--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:96.614583333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ninon BLOND </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maîtresse de Conférences en Géographie à l'École Normale Supérieure de Lyon</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ninon-blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0149-0975</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">242794637</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographe travaillant sur les interactions socio-environnementales holocènes en Afrique de l'Est. Mes travaux reposent sur une démarche systémique, intégrée, multiméthode et résolument interdisciplinaire, à l'interface entre géographie, géomorphologie, géoarchéologie, sédimentologie, géohistoire et ethnogéomorphologie. Ils permettent d'appréhender les changements environnementaux et les relations entre sociétés et milieux à différentes échelles spatiales et temporelles.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Financement de la recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2024 : Projet émergent &amp;quot;Anthropisation, changements environnementaux et socio-écosystèmes du bassin septentrional du Nil (Ethiopie, Soudan, Egypte) à l’Holocène&amp;quot; (ENS de Lyon)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2022 : Soutien à la mobilité internationale (SMI), projet &amp;quot;Socio-écosystèmes holocènes du Nord du Bassin du Nil : une entrée par les archives (cartographiques, textuelles, orales et sédimentaires) égyptiennes&amp;quot; (Ifao et CNRS)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2022 : Projet Interstices &amp;quot; Changements environnementaux, anthropisation et agriculture : une approche par la micromorphologie des sols dans le Tigray Oriental (Ethiopie)&amp;quot; (EVS, UMR 5600)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Participation à des programmes de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022-2026 : Projet RESEFE  « VitiOrient : Vigne et vin en Égypte, en Grèce et en Asie Mineure au I er millénaire av. J.-C. : échanges biotechnologiques et transferts culturels en Méditerranée orientale » (coord. Clémence Pagnoux, MNHN et Bérangère Redon, CNRS, Hisoma, UMR 5189)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022-…. : ANR « FACT_WORK : Premières usines à céramique proto-industrielles aux 7e-2e mill. avant notre ère en Mésopotamie et au Levant. Organisation du travail des établissements proto-urbains aux royaumes suprarégionaux » (coord. Johnny Baldi, CNRS, Archéorient, UMR 5133)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2024 : ANR &amp;quot;Nile’s Earth : Conservation et mise en valeur de l'architecture de terre des sites archéologiques de la vallée du Nil&amp;quot; (coord. Thierry Joffroy, CRAterre-AE&CC / ENSAG / UGA)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2023 : Laboratoire Junior &amp;quot;Nomad's Lands : Économies, sociétés et matérialités des nomades&amp;quot; (dir. V. Lafont, J. Marchand, M. Crépy). Axe 5 de la Maison de l'Orient et de la Méditerranée.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2020 : Partenariat Hubert Curien pour la Tunisie (PHC-Utique) : &amp;quot;PHAST-Télédétection&amp;quot; (dir. M. Rasse et H. Khatelli)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Missions archéologiques</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025-.... : Mission archéologique d'Aghmat, Maroc (dir. Ch. Capel et Abdallah Fili)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023-2025 : Mission archéologique de Bat Al-Arid, Oman (dir. C. Castel)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023 : Mission archéologique du Trésor de Chabaka (Karnak), Égypte (dir. N. Licitra)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023 : Mission française de Médamoud, Égypte (dir. F. Relats Montserrat)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-.... : Mission archéologique suisse franco-soudanaise de Kerma-Doukki Gel, Soudan (dir. Ch. Bonnet, D. Valbelle, S. Marchi et Abdel Rahman Ali Mohammed)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020-.... : Mission épigraphique et topographique de Hatnoub, Égypte (dir. Y. Gourdon et R. Enmarch)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014-.... : Mission archéologique française dans le Tigray Oriental, Éthiopie (dir. A. Benoist et I. Gajda)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011-2012 : Mission archéologique franco-jordanienne à Wadi Ramm, Jordanie (dir. S. Farès-Drappeau)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prix, bourses, distinctions</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021 : Bourse de l'European Association of Archaeologists (colloque EAA Kiel - en ligne)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021 : Bourse post-doctorale ATLAS Corne de l'Afrique (FMSH/CFEE, Addis-Abeba)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020 : Prix de thèse du CNFG</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019 : Bourse de l'INQUA (Colloque INQUA Dublin)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017 : Bourse de terrain du CFEE (Addis-Abeba)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015-2018 : Contrat Doctoral Spécifique Normaliens</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-.... : Maîtresse de Conférences en géographie, École Normale Supérieure de Lyon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020-2021 : ATER en géographie, École Normale Supérieure de Lyon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019-2020 : ATER en géographie, Université Lumière Lyon 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2019 : Professeure agrégée de géographie, ZR Beaujolais-Val de Saône</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015-2018 : Doctorante contractuelle chargée d'enseignement, Université Lumière Lyon 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014-2015 : Vacataire, Master MEEF, Université Jean Moulin Lyon 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012-2013 : Lectrice de français, Université de Stockholm (Suède)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AL-ARID, AN EARLY BRONZE AGE SITE IN THE SOUTHERN FOOTHILLS OF THE HAJAR MOUNTAINS (SULTANATE OF OMAN) New Results from Two Further Seasons of Excavation in 2022 and 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Castel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques É. Brochier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Bertrand-Krajewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paléorient</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 51, pp.169-188. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14u0u⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298719v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménagements en terrasses et dynamiques des systèmes ruraux dans les montagnes d'Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lesourd</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Suds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 289 (1), pp.181-218. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12qn6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terpni. Campagne de terrain 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitra Malamidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinez-Sève Laurianne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Boubounelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioannis Chalazonitis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12xfk⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terpni. Campagne de terrain 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitra Malamidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne Martinez-Sève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguelone Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Boubounelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/baefe.9759⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact du Terrassement des Versants sur L’érosion Dans le Pourtour Occidental du Plateau du Jord Tannourine-Aaqoura (Liban)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hussein El Hage Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Géomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 32 (1), pp.53-78. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32604/RIG.2023.043180⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatnoub (2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Gourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samah abd el-Monem Goher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Farout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, La Moyenne Égypte, pp.25. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/baefe.6305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From section to landscape(s): reconstructions of environmental and landscape changes for the past 8000 years around the site of Wakarida (Ethiopia) using chronostratigraphy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Bouchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 192 (53), </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/bsgf/2021041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03412595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the nature of South Arabian influences in Ethiopia during the first millennium BC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Matthews</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 50, pp.19-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02926829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l’évolution du ravinement dans les jessour du Sud Tunisien grâce aux images aériennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalel Ouerchefani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Environnement, Nature, Paysage, 906, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cybergeo.32495⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02407833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terrasses alluviales et terrasses agricoles. Première approche des comblements sédimentaires et de leurs aménagements agricoles depuis 5000 av. n. è. à Wakarida (Éthiopie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Géomorphologie, paléoenvironnements et géoarchéologie des mondes tropicaux, 24 (3), pp.277-300. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.12258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La géographie et l’environnement du Tigray au XIXe siècle : les apports des récits de voyages et des travaux d’Antoine (et Arnaud) d’Abbadie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « Dans les carnets d’un savant-voyageur en Éthiopie »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vanessa Desclaux; Anaïs Wion, Nov 2023, Paris Bibliothèque nationale de France, Site Richelieu, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paysages, climats et sociétés : le point de vue des géographes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Bensaad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Léon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paysages, Climats et Sociétés de l'Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut du Monde Arabe, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-environmental interactions in Eastern Tigray (Ethiopia) during the Holocene : a geoarchaeological approach around the site of Wakarida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAGES-INQUA Workshop Past socio-Environmental Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PAGES-INQUA, Nov 2022, La Serena, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrire les marges et les paysages : approches historiques et géographiques appliquées à l'Afrique de l'Est (Éthiopie, Égypte)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Ducène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche de l'Institut Français d'Archéologie Orientale (IFAO, Le Caire)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAO, Le Caire, Apr 2022, Le Caire, Égypte</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture de sédentaires et culture(s) nomade(s) : aperçu des relations à l'environnement des sociétés nomades du nord-est de l'Ethiopie à travers leurs traces paysagères et toponymiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Environneent et terres de nomadisme"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Junior Nomads' Lands, Apr 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déserts d’hier et d’aujourd’hui : regards croisés sur les paysages (Pérou, Égypte, Tunisie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival International de Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Saint-Dié-Des-Vosges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche géohistorique et comparative de socio-écosystèmes de montagne sèche dans les Monts de Matmata (Sud Tunisien) et dans le Tigray Oriental (Éthiopie) aux périodes moderne et contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Biogéophile, ENS de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que reste-t-il des nomades ? Paysages, transmission et héritages culturels (Afrique du Nord et de l’Est et péninsule Arabique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bourgeois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'être nomade au fil des temps passés, présents et futurs ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03602114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches de l'évolution et de l'anthropisation des paysages autour du site de Wakarida (Tigray Oriental, Éthiopie) depuis 8500 ans par la géoarchéologie, la chronostratigraphie et les archives historiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrality, marginalisation and mobility in Eastern Tigray (Ethiopia): modern and contemporary periods as analogues to help understand the past</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the European Association of Archaeologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Kiel, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03352477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some thoughts on the age and origin of agricultural valley terraces in Ethiopia and Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the European Association of Archaeologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Kiel, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches de l'évolution et de l'anthropisation des paysages autour du site de Wakarida (Tigray Oriental, Éthiopie) depuis 8500 ans par la géoarchélogie, la chronostratigraphie et les archives historiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e Réunion des Sciences de la Terre (RST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnogéomorphologie : une approche transdisciplinaire des mutations des socio-écosystèmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'Atelier Socio-Écosystèmes, EVS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonheur(s) de géographe : à la recherche des traces de mutations environnementales et paysagères durant l'Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Bonheur(s) de la recherche, Département des Sciences Sociales, ENS de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnement et agriculture : géoarchéologie et ethnogéomorphologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche du laboratoire Archéorient : Actualités des méthodes et des terrains au Proche-Orient ancien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolutions environnementales et climatiques depuis 8500 ans dans le Tigray Oriental (Éthiopie) : approches géoarchéologiques, géohistoriques et ethnogéomorphologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Atelier 5 EVS (Changements Environnementaux - Les passés dans le présent)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the diffusion of Possible Sabaean influences in Ethiopia during the first mil. BC : A view from the margins of the eastern Tigray plateau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53rd Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To what extent did South-Arabia impact Ethiopian development during Antiquity ? A view from the margins. Evolution of settlement in Wakarida region from the pre-Aksumite period until the end of the Aksumite kingdoms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23es Rencontres Sabéennes, Out of Arabia. South Arabian long-distance trade in Antiquity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sedimentary fillings of mountainous valleys as evidences of climatic and anthropogenic changes around Wakarida's archaeological site (Tigray, northern Ethiopia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Congress of the International Union for Quaternary Research (INQUA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dater l'apparition de structures en l'absence de vestiges : les terrasses hydroagricoles à Wakarida, du &amp;quot;paysage fossile&amp;quot; au &amp;quot;paysage palimpseste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude Dater les structures hydrauliques : enjeux, questions et méthodes, Maison de l'Orient et de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emprises et déprises agricoles aux marges du Tigray oriental dans les régions de Wolwalo et Wakarida durant les périodes proto-aksoumites et aksoumites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Red Sea Conference IX, Networked Spaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying the evolution of gully erosion in southern Tunisia through aerial photography and sedimentological analyses. The case of Matmata region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalel Ouerchefani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference onWater, Environment, Energy and Society (ICWEES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Djerba, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponses asynchrones des hydrosystèmes à l'érosion et enregistrements de fonds de vallons autour du site archéologique de Wakarida (Tigray, Éthiopie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Jeunes Géomorphologues (JJG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture en terrasses de l'Axoumite à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres des Doctorant.e.s de la MOM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humans-landscapes relationships : a systemic study of erosion in Northern Tigray (Ethiopia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Soil and Sediment Transfers in the Anthropocene (GLoSS) Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Louvain-la-Neuve, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human occupation and environmental evolutions since the 6th millennium BCE around the aksumite site of Wakarida (northern Tigray, Ethiopia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFEE Seminar Past and Present : History, Memory and Heritage (2017-2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Addis-Abeba, Ethiopia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paysages de terrasses autour de Wakarida (Tigray septentrional, Éthiopie), un marqueur des relations Hommes-milieux de l'époque pré-axoumite à l'Actuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres doctorant.e.s - chercheu.r.se.s de la Maison de l'Orient et de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les terrasses agricoles de Wakarida (Tigray, nord de l'Éthiopie) : évolution de l'environnement et gestion d'un milieu sec à fortes contraintes depuis 5 000 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Milieux à fortes contraintes et activités agricoles, I.R.A de Médénine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Médénine, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques hydro-éoliennes holocènes dans les oueds Umm Saham et Saladeh (Jordanie) et à Kilwa (Arabie Saoudite). Observations et premiers enseignements paléoenvironnementaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international AFEQ Q9, Le Quaternaire : marqueurs, traçeurs et chronomètres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques de versants et remblaiements de vallons depuis trois millénaires à Wakarida (Tigray septentrional, Ethiopie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Jeunes Géomorphologues (JJG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Chambéry, France. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58165/c326-kw60⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using sedimentary records and archives to study ancient landscapes around the archaeological aksumite site of Wakarida (Northern Tigray, Ethiopia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Régagnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Barge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23e rencontre biennale de la Society of Africanist Archaeologists (SAfA), Quels passés pour l'Afrique ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Toulouse, France. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58165/xphx-wn38⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paysages de terrasses autour de Wakarida (Tigray septentrional, Éthiopie). Un marqueur des relations Hommes-milieux de l'époque pré-axoumite à l'Actuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exposition Parole aux Doctorants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Lyon, France. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58165/47ej-j667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlas des déserts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Autrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 96 p., 2025, Atlas Monde, 9782080438126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (manuel)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05006327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">20. Mixing geoarchaeology, geohistory and ethnology to reconstruct landscape changes on the longue durée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rebecca Lave; Stuart Lane. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Field Guide to Mixing Social and Biophysical Methods in Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Open Book Publishers, pp.403-424, 2025, Critical Physical Geography: Interdisciplinary Approaches to Nature, Power and Politics, 978-1-80511-366-9. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11647/obp.0418.20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emprises et déprises agricoles aux marges du Tigray oriental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Barge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MOM Éditions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Networked spaces : The spatiality of networks in the Red Sea and Western Indian Ocean</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2022, 9782356681645. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.momeditions.16271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03713900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronology of the Wakarida region in eastern Tigray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sagory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gajda, Iwona; Benoist, Anne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Archaeological Research in Ethiopia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Français des études éthiopiennes à Addis Abeba, 2021, OpenEditions Books du Centre Français des études éthiopiennes à Addis Abeba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03098033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What was the South Arabian Impact on the Development of Ethiopian Margins in Antiquity? Evolution of Settlement Patterns in the Wakarida Region from pre-Aksumite to Late Aksumite Periods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabina Antonini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">George Hatke; Ronald Ruzicka. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">South Arabian Long-Distance Trade in Antiquity: "Out of Arabia"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambridge Scholars Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.111-153, 2021, 978-1-5275-6456-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03134032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Maghreb à la Péninsule Arabique, lire les changements environnementaux sur le temps long dans le paysage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes agricoles dans le Tigray (Éthiopie), entre héritages et recompositions contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, https://geoconfluences.ens-lyon.fr/informations-scientifiques/dossiers-thematiques/geographie-critique-des-ressources/articles/agriculture-tigray-ethiopie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VitiOrient - Vigne et vin en Egée et en Egypte au Ier millénaire avant notre ère. Rapport des activités 2022 pour l'Ifao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Redon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut français d'archéologie orientale. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French-Ethiopian Archaeological Mission in Eastern Tigray (Ethiopia). Report on the 2020 season. The Region of Wolwalo.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diaa Albukaai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rozan Alkhatib-Alkontar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] CNRS; Université Lyon 2; Université de Strasbourg. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02954201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques sédimentaires holocènes et terrasses agricoles dans les montagnes du Tigray oriental (Éthiopie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Lumière Lyon 2, France, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02407967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Atlas des déserts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/13qro⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05300210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental changes and socio-environmental relations during the Holocene in Eastern Tigray: a geohistorical approach through archives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/mly6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05300207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Wakarida à Wolwalo : en Éthiopie, la MAFTO prend ses quartiers sur le Plateau 2/2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, ArchéOrient - Le Blog (Hypotheses.org)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Wakarida à Wolwalo : en Éthiopie, la MAFTO prend ses quartiers sur le Plateau 1/2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, ArchéOrient - Le Blog (Hypotheses.org)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02909935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des lœss de Matmata aux sels du Chott-el-Djérid : agriculture, environnement et désertification dans le Sud Tunisien, ArchéOrient – Le Blog (Hypotheses.org)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02408018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnoarchaeology and ethnogeomorphology: fieldwork study of landscapes around Wakarida (Northern Tigray), Un œil sur la Corne, Blog du CFEE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02408031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bœuf et la maresha, piliers de l’agriculture à Wakarida (Tigray, Ethiopie), de l’Antiquité à nos jours, ArchéOrient – Le Blog (Hypotheses.org)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02408013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude environnementale de Wakarida (Tigray, Ethiopie) : l’apport des récits d’explorateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, ArchéOrient - Le Blog (Hypotheses.org)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02408008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId133"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:96.614583333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ninon BLOND </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maîtresse de Conférences en Géographie à l'École Normale Supérieure de Lyon</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ninon-blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0149-0975</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">242794637</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographe travaillant sur les interactions socio-environnementales holocènes en Afrique de l'Est. Mes travaux reposent sur une démarche systémique, intégrée, multiméthode et résolument interdisciplinaire, à l'interface entre géographie, géomorphologie, géoarchéologie, sédimentologie, géohistoire et ethnogéomorphologie. Ils permettent d'appréhender les changements environnementaux et les relations entre sociétés et milieux à différentes échelles spatiales et temporelles.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Financement de la recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2024 : Projet émergent &amp;quot;Anthropisation, changements environnementaux et socio-écosystèmes du bassin septentrional du Nil (Ethiopie, Soudan, Egypte) à l’Holocène&amp;quot; (ENS de Lyon)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2022 : Soutien à la mobilité internationale (SMI), projet &amp;quot;Socio-écosystèmes holocènes du Nord du Bassin du Nil : une entrée par les archives (cartographiques, textuelles, orales et sédimentaires) égyptiennes&amp;quot; (Ifao et CNRS)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2022 : Projet Interstices &amp;quot; Changements environnementaux, anthropisation et agriculture : une approche par la micromorphologie des sols dans le Tigray Oriental (Ethiopie)&amp;quot; (EVS, UMR 5600)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Participation à des programmes de recherche</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022-2026 : Projet RESEFE  « VitiOrient : Vigne et vin en Égypte, en Grèce et en Asie Mineure au I er millénaire av. J.-C. : échanges biotechnologiques et transferts culturels en Méditerranée orientale » (coord. Clémence Pagnoux, MNHN et Bérangère Redon, CNRS, Hisoma, UMR 5189)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022-…. : ANR « FACT_WORK : Premières usines à céramique proto-industrielles aux 7e-2e mill. avant notre ère en Mésopotamie et au Levant. Organisation du travail des établissements proto-urbains aux royaumes suprarégionaux » (coord. Johnny Baldi, CNRS, Archéorient, UMR 5133)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2024 : ANR &amp;quot;Nile’s Earth : Conservation et mise en valeur de l'architecture de terre des sites archéologiques de la vallée du Nil&amp;quot; (coord. Thierry Joffroy, CRAterre-AE&CC / ENSAG / UGA)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-2023 : Laboratoire Junior &amp;quot;Nomad's Lands : Économies, sociétés et matérialités des nomades&amp;quot; (dir. V. Lafont, J. Marchand, M. Crépy). Axe 5 de la Maison de l'Orient et de la Méditerranée.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2020 : Partenariat Hubert Curien pour la Tunisie (PHC-Utique) : &amp;quot;PHAST-Télédétection&amp;quot; (dir. M. Rasse et H. Khatelli)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Missions archéologiques</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025-.... : Mission archéologique d'Aghmat, Maroc (dir. Ch. Capel et Abdallah Fili)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023-2025 : Mission archéologique de Bat Al-Arid, Oman (dir. C. Castel)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023 : Mission archéologique du Trésor de Chabaka (Karnak), Égypte (dir. N. Licitra)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023 : Mission française de Médamoud, Égypte (dir. F. Relats Montserrat)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-.... : Mission archéologique suisse franco-soudanaise de Kerma-Doukki Gel, Soudan (dir. Ch. Bonnet, D. Valbelle, S. Marchi et Abdel Rahman Ali Mohammed)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020-.... : Mission épigraphique et topographique de Hatnoub, Égypte (dir. Y. Gourdon et R. Enmarch)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014-.... : Mission archéologique française dans le Tigray Oriental, Éthiopie (dir. A. Benoist et I. Gajda)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011-2012 : Mission archéologique franco-jordanienne à Wadi Ramm, Jordanie (dir. S. Farès-Drappeau)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prix, bourses, distinctions</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021 : Bourse de l'European Association of Archaeologists (colloque EAA Kiel - en ligne)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021 : Bourse post-doctorale ATLAS Corne de l'Afrique (FMSH/CFEE, Addis-Abeba)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020 : Prix de thèse du CNFG</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019 : Bourse de l'INQUA (Colloque INQUA Dublin)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017 : Bourse de terrain du CFEE (Addis-Abeba)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015-2018 : Contrat Doctoral Spécifique Normaliens</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseignement</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021-.... : Maîtresse de Conférences en géographie, École Normale Supérieure de Lyon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020-2021 : ATER en géographie, École Normale Supérieure de Lyon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019-2020 : ATER en géographie, Université Lumière Lyon 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018-2019 : Professeure agrégée de géographie, ZR Beaujolais-Val de Saône</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015-2018 : Doctorante contractuelle chargée d'enseignement, Université Lumière Lyon 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014-2015 : Vacataire, Master MEEF, Université Jean Moulin Lyon 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012-2013 : Lectrice de français, Université de Stockholm (Suède)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlas des déserts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Autrement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 96 p., 2025, Atlas Monde, 9782080438126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (manuel)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05006327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AL-ARID, AN EARLY BRONZE AGE SITE IN THE SOUTHERN FOOTHILLS OF THE HAJAR MOUNTAINS (SULTANATE OF OMAN) New Results from Two Further Seasons of Excavation in 2022 and 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Castel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques É. Brochier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Authier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Bertrand-Krajewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paléorient</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 51, pp.169-188. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14u0u⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05298719v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terpni. Campagne de terrain 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitra Malamidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinez-Sève Laurianne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Boubounelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioannis Chalazonitis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12xfk⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménagements en terrasses et dynamiques des systèmes ruraux dans les montagnes d'Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lesourd</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Suds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 289 (1), pp.181-218. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12qn6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terpni. Campagne de terrain 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitra Malamidou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne Martinez-Sève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguelone Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olga Boubounelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/baefe.9759⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04260767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact du Terrassement des Versants sur L’érosion Dans le Pourtour Occidental du Plateau du Jord Tannourine-Aaqoura (Liban)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hussein El Hage Hassan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Charbel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Géomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 32 (1), pp.53-78. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32604/RIG.2023.043180⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatnoub (2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannis Gourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samah abd el-Monem Goher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Farout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, La Moyenne Égypte, pp.25. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/baefe.6305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From section to landscape(s): reconstructions of environmental and landscape changes for the past 8000 years around the site of Wakarida (Ethiopia) using chronostratigraphy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Bouchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 192 (53), </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/bsgf/2021041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03412595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the nature of South Arabian influences in Ethiopia during the first millennium BC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Matthews</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 50, pp.19-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02926829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de l’évolution du ravinement dans les jessour du Sud Tunisien grâce aux images aériennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalel Ouerchefani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Environnement, Nature, Paysage, 906, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cybergeo.32495⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02407833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terrasses alluviales et terrasses agricoles. Première approche des comblements sédimentaires et de leurs aménagements agricoles depuis 5000 av. n. è. à Wakarida (Éthiopie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Géomorphologie, paléoenvironnements et géoarchéologie des mondes tropicaux, 24 (3), pp.277-300. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geomorphologie.12258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02446277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">20. Mixing geoarchaeology, geohistory and ethnology to reconstruct landscape changes on the longue durée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rebecca Lave; Stuart Lane. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Field Guide to Mixing Social and Biophysical Methods in Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Open Book Publishers, pp.403-424, 2025, Critical Physical Geography: Interdisciplinary Approaches to Nature, Power and Politics, 978-1-80511-366-9. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11647/obp.0418.20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emprises et déprises agricoles aux marges du Tigray oriental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Barge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MOM Éditions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Networked spaces : The spatiality of networks in the Red Sea and Western Indian Ocean</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2022, 9782356681645. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.momeditions.16271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03713900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronology of the Wakarida region in eastern Tigray</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sagory</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gajda, Iwona; Benoist, Anne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Archaeological Research in Ethiopia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre Français des études éthiopiennes à Addis Abeba, 2021, OpenEditions Books du Centre Français des études éthiopiennes à Addis Abeba</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03098033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What was the South Arabian Impact on the Development of Ethiopian Margins in Antiquity? Evolution of Settlement Patterns in the Wakarida Region from pre-Aksumite to Late Aksumite Periods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabina Antonini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">George Hatke; Ronald Ruzicka. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">South Arabian Long-Distance Trade in Antiquity: "Out of Arabia"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambridge Scholars Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.111-153, 2021, 978-1-5275-6456-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03134032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les oasis dans la Péninsule Arabique : habiter les déserts de l’Âge du Bronze à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Lundis de la Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Géographique de Bordeaux, Mar 2026, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déserts dans le monde : formation, appropriation et menaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cafés Géo de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2026, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les déserts, au-delà des apparences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Européennes du Patrimoine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archéorient - Antenne de Jalès, Sep 2025, Berrias-et-Casteljau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géohistoire, géoarchéologie, archéogéographie : manier le temps en géographe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géohistoire de l'environnement : dialogues entre histoire et géographie autour de la notion d'anthropocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, APHG, Jun 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying the Nile’s earths: preliminary archaeological and environmental results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naïs Sirdeys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Licitra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marbût</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Le Caire, Egypte, Egypt</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inhabités, inutiles et immobiles ? Repenser les déserts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Café Géo Chambéry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Chambéry (73), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voile sur les villes, briques sur le Nil : au Soudan, la construction en terre crue du Néolithique… à nos jours !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Licitra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corten Pérez-Houis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival International de Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Saint-Dié-des-Vosges (88), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménager les terres pour valoriser les ressources en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Léon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Goeury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vaucelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival International de Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Saint-Dié-des-Vosges (88), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les villes du futur seront-elles en terre ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Goeury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Verdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival International de Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Saint-Dié-des-Vosges (88), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paysages, climats et sociétés : le point de vue des géographes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Bensaad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Léon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paysages, Climats et Sociétés de l'Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut du Monde Arabe, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La géographie et l’environnement du Tigray au XIXe siècle : les apports des récits de voyages et des travaux d’Antoine (et Arnaud) d’Abbadie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études « Dans les carnets d’un savant-voyageur en Éthiopie »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vanessa Desclaux; Anaïs Wion, Nov 2023, Paris Bibliothèque nationale de France, Site Richelieu, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-environmental interactions in Eastern Tigray (Ethiopia) during the Holocene : a geoarchaeological approach around the site of Wakarida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAGES-INQUA Workshop Past socio-Environmental Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PAGES-INQUA, Nov 2022, La Serena, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrire les marges et les paysages : approches historiques et géographiques appliquées à l'Afrique de l'Est (Éthiopie, Égypte)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Ducène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche de l'Institut Français d'Archéologie Orientale (IFAO, Le Caire)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAO, Le Caire, Apr 2022, Le Caire, Égypte</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture de sédentaires et culture(s) nomade(s) : aperçu des relations à l'environnement des sociétés nomades du nord-est de l'Ethiopie à travers leurs traces paysagères et toponymiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Environneent et terres de nomadisme"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire Junior Nomads' Lands, Apr 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déserts d’hier et d’aujourd’hui : regards croisés sur les paysages (Pérou, Égypte, Tunisie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Festival International de Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Saint-Dié-Des-Vosges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche géohistorique et comparative de socio-écosystèmes de montagne sèche dans les Monts de Matmata (Sud Tunisien) et dans le Tigray Oriental (Éthiopie) aux périodes moderne et contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Biogéophile, ENS de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que reste-t-il des nomades ? Paysages, transmission et héritages culturels (Afrique du Nord et de l’Est et péninsule Arabique)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bourgeois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'être nomade au fil des temps passés, présents et futurs ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03602114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches de l'évolution et de l'anthropisation des paysages autour du site de Wakarida (Tigray Oriental, Éthiopie) depuis 8500 ans par la géoarchéologie, la chronostratigraphie et les archives historiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03587755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some thoughts on the age and origin of agricultural valley terraces in Ethiopia and Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the European Association of Archaeologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Kiel, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centrality, marginalisation and mobility in Eastern Tigray (Ethiopia): modern and contemporary periods as analogues to help understand the past</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the European Association of Archaeologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Kiel, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03352477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches de l'évolution et de l'anthropisation des paysages autour du site de Wakarida (Tigray Oriental, Éthiopie) depuis 8500 ans par la géoarchélogie, la chronostratigraphie et les archives historiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27e Réunion des Sciences de la Terre (RST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnogéomorphologie : une approche transdisciplinaire des mutations des socio-écosystèmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'Atelier Socio-Écosystèmes, EVS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonheur(s) de géographe : à la recherche des traces de mutations environnementales et paysagères durant l'Holocène</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Bonheur(s) de la recherche, Département des Sciences Sociales, ENS de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnement et agriculture : géoarchéologie et ethnogéomorphologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche du laboratoire Archéorient : Actualités des méthodes et des terrains au Proche-Orient ancien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolutions environnementales et climatiques depuis 8500 ans dans le Tigray Oriental (Éthiopie) : approches géoarchéologiques, géohistoriques et ethnogéomorphologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Atelier 5 EVS (Changements Environnementaux - Les passés dans le présent)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the diffusion of Possible Sabaean influences in Ethiopia during the first mil. BC : A view from the margins of the eastern Tigray plateau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">53rd Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To what extent did South-Arabia impact Ethiopian development during Antiquity ? A view from the margins. Evolution of settlement in Wakarida region from the pre-Aksumite period until the end of the Aksumite kingdoms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23es Rencontres Sabéennes, Out of Arabia. South Arabian long-distance trade in Antiquity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Vienne, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sedimentary fillings of mountainous valleys as evidences of climatic and anthropogenic changes around Wakarida's archaeological site (Tigray, northern Ethiopia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Congress of the International Union for Quaternary Research (INQUA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dater l'apparition de structures en l'absence de vestiges : les terrasses hydroagricoles à Wakarida, du &amp;quot;paysage fossile&amp;quot; au &amp;quot;paysage palimpseste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude Dater les structures hydrauliques : enjeux, questions et méthodes, Maison de l'Orient et de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emprises et déprises agricoles aux marges du Tigray oriental dans les régions de Wolwalo et Wakarida durant les périodes proto-aksoumites et aksoumites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Red Sea Conference IX, Networked Spaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponses asynchrones des hydrosystèmes à l'érosion et enregistrements de fonds de vallons autour du site archéologique de Wakarida (Tigray, Éthiopie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Jeunes Géomorphologues (JJG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture en terrasses de l'Axoumite à nos jours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres des Doctorant.e.s de la MOM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying the evolution of gully erosion in southern Tunisia through aerial photography and sedimentological analyses. The case of Matmata region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalel Ouerchefani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference onWater, Environment, Energy and Society (ICWEES)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Djerba, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humans-landscapes relationships : a systemic study of erosion in Northern Tigray (Ethiopia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Soil and Sediment Transfers in the Anthropocene (GLoSS) Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Louvain-la-Neuve, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human occupation and environmental evolutions since the 6th millennium BCE around the aksumite site of Wakarida (northern Tigray, Ethiopia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFEE Seminar Past and Present : History, Memory and Heritage (2017-2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Addis-Abeba, Ethiopia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les terrasses agricoles de Wakarida (Tigray, nord de l'Éthiopie) : évolution de l'environnement et gestion d'un milieu sec à fortes contraintes depuis 5 000 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Milieux à fortes contraintes et activités agricoles, I.R.A de Médénine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Médénine, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paysages de terrasses autour de Wakarida (Tigray septentrional, Éthiopie), un marqueur des relations Hommes-milieux de l'époque pré-axoumite à l'Actuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres doctorant.e.s - chercheu.r.se.s de la Maison de l'Orient et de la Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques hydro-éoliennes holocènes dans les oueds Umm Saham et Saladeh (Jordanie) et à Kilwa (Arabie Saoudite). Observations et premiers enseignements paléoenvironnementaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international AFEQ Q9, Le Quaternaire : marqueurs, traçeurs et chronomètres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques de versants et remblaiements de vallons depuis trois millénaires à Wakarida (Tigray septentrional, Ethiopie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Jeunes Géomorphologues (JJG)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Chambéry, France. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58165/c326-kw60⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using sedimentary records and archives to study ancient landscapes around the archaeological aksumite site of Wakarida (Northern Tigray, Ethiopia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Jacob-Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Callot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Régagnon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Barge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23e rencontre biennale de la Society of Africanist Archaeologists (SAfA), Quels passés pour l'Afrique ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Toulouse, France. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58165/xphx-wn38⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paysages de terrasses autour de Wakarida (Tigray septentrional, Éthiopie). Un marqueur des relations Hommes-milieux de l'époque pré-axoumite à l'Actuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exposition Parole aux Doctorants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Lyon, France. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58165/47ej-j667⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03175130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'aide à la procréation en France : une maternité pour toutes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’eau à Oman : enjeux diachroniques de la gestion de la pénurie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Moyen-Orient</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pouvoirs et déserts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre pénurie et excès : gérer l’eau à Oman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Maghreb à la Péninsule Arabique, lire les changements environnementaux sur le temps long dans le paysage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes agricoles dans le Tigray (Éthiopie), entre héritages et recompositions contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, https://geoconfluences.ens-lyon.fr/informations-scientifiques/dossiers-thematiques/geographie-critique-des-ressources/articles/agriculture-tigray-ethiopie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiter l'albâtre aujourd'hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameh Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VitiOrient - Vigne et vin en Egée et en Egypte au Ier millénaire avant notre ère. Rapport des activités 2022 pour l'Ifao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Redon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Pagnoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut français d'archéologie orientale. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French-Ethiopian Archaeological Mission in Eastern Tigray (Ethiopia). Report on the 2020 season. The Region of Wolwalo.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iwona Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diaa Albukaai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rozan Alkhatib-Alkontar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] CNRS; Université Lyon 2; Université de Strasbourg. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02954201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques sédimentaires holocènes et terrasses agricoles dans les montagnes du Tigray oriental (Éthiopie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université Lumière Lyon 2, France, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02407967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Atlas des déserts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/13qro⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05300210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental changes and socio-environmental relations during the Holocene in Eastern Tigray: a geohistorical approach through archives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/mly6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05300207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Wakarida à Wolwalo : en Éthiopie, la MAFTO prend ses quartiers sur le Plateau 1/2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, ArchéOrient - Le Blog (Hypotheses.org)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02909935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Wakarida à Wolwalo : en Éthiopie, la MAFTO prend ses quartiers sur le Plateau 2/2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Benoist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Schiettecatte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, ArchéOrient - Le Blog (Hypotheses.org)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des lœss de Matmata aux sels du Chott-el-Djérid : agriculture, environnement et désertification dans le Sud Tunisien, ArchéOrient – Le Blog (Hypotheses.org)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Crépy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02408018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnoarchaeology and ethnogeomorphology: fieldwork study of landscapes around Wakarida (Northern Tigray), Un œil sur la Corne, Blog du CFEE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02408031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bœuf et la maresha, piliers de l’agriculture à Wakarida (Tigray, Ethiopie), de l’Antiquité à nos jours, ArchéOrient – Le Blog (Hypotheses.org)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02408013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude environnementale de Wakarida (Tigray, Ethiopie) : l’apport des récits d’explorateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ninon Blond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, ArchéOrient - Le Blog (Hypotheses.org)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02408008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId154"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CD78B2B4"/>
+    <w:nsid w:val="582BEFD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ninon-blond" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0149-0975" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/242794637" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298719v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Castel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques &#201;. Brochier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Authier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bertrand-Krajewski" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Blond" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14u0u" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823345v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bart" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lesourd" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12qn6" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843050v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Malamidou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinez-S&#232;ve Laurianne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Boubounelle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Chalazonitis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12xfk" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260767v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Martinez-S&#232;ve" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelone Bastide" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.9759" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364300v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein El Hage Hassan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Charbel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32604/RIG.2023.043180" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701592v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Gourdon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samah&#160;abd&#160;el-Monem Goher" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Cr&#233;py" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Farout" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.6305" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412595v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacob-Rousseau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Bouchaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Callot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2021041" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02926829v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Benoist" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Gajda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Matthews" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Schiettecatte" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02407833v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalel Ouerchefani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.32495" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446277v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.12258" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711144v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711123v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bensaad" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L&#233;on" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711112v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701621v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Duc&#232;ne" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701608v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711106v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Christol" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175089v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602114v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marchand" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bourgeois" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587755v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352477v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175013v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175019v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175087v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175095v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175093v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175099v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175077v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175071v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175029v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175102v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175074v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175045v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175059v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175105v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175064v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175110v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175118v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175114v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967055v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175129v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58165/c326-kw60" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175126v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle R&#233;gagnon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barge" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58165/xphx-wn38" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175130v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58165/47ej-j667" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006327v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autrement.com/atlas-des-deserts/9782080438126" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966109v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11647/obp.0418.20" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713900v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.16271" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098033v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sagory" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03134032v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabina Antonini" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/product/978-1-5275-6456-5/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711084v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711053v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803966v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Redon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pagnoux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bost" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Henry" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02954201v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diaa Albukaai" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozan Alkhatib-Alkontar" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02407967v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300210v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13qro" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300207v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/mly6" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135649v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02909935v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02408018v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02408031v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02408013v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02408008v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ninon-blond" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0149-0975" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/242794637" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006327v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Blond" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.autrement.com/atlas-des-deserts/9782080438126" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298719v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Castel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques &#201;. Brochier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Authier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bertrand-Krajewski" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14u0u" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843050v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Malamidou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinez-S&#232;ve Laurianne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Boubounelle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Chalazonitis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12xfk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823345v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bart" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lesourd" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12qn6" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260767v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Martinez-S&#232;ve" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguelone Bastide" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.9759" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364300v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein El Hage Hassan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Charbel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32604/RIG.2023.043180" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701592v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Gourdon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samah&#160;abd&#160;el-Monem Goher" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Cr&#233;py" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Farout" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.6305" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412595v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jacob-Rousseau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Bouchaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Callot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2021041" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02926829v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Benoist" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Gajda" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Matthews" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Schiettecatte" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02407833v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalel Ouerchefani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.32495" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02446277v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geomorphologie.12258" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966109v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11647/obp.0418.20" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713900v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barge" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.momeditions.16271" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098033v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sagory" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03134032v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabina Antonini" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/product/978-1-5275-6456-5/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563377v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563379v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563360v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563353v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563327v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;s Sirdeys" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Licitra" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563365v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563308v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corten P&#233;rez-Houis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563301v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe L&#233;on" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goeury" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vaucelle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563314v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Verdier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711123v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bensaad" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711144v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711112v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701621v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Duc&#232;ne" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701608v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711106v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Christol" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175089v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602114v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marchand" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bourgeois" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587755v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175013v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352477v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175019v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175087v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175095v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175093v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175099v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175077v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175071v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175029v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175102v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175074v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175059v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175105v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175045v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175064v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175110v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175114v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175118v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967055v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175129v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58165/c326-kw60" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175126v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle R&#233;gagnon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58165/xphx-wn38" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175130v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58165/47ej-j667" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563418v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563401v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563415v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563405v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711084v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711053v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563462v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Michel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803966v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Redon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Pagnoux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bost" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Henry" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02954201v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diaa Albukaai" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozan Alkhatib-Alkontar" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02407967v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300210v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13qro" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300207v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/mly6" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02909935v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135649v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02408018v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02408031v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02408013v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02408008v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>