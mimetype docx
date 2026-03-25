--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -100,51 +100,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table ronde n° 2 : Controverses autour du droit à l'avortement</w:t>
+                <w:t xml:space="preserve">Table ronde n° 1 : Construction de l'encadrement juridique de l'avortement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fargeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Mauras</w:t>
@@ -177,75 +177,75 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05409440v1</w:t>
+                <w:t xml:space="preserve">hal-05409423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table ronde n° 1 : Construction de l'encadrement juridique de l'avortement</w:t>
+                <w:t xml:space="preserve">Table ronde n° 2 : Controverses autour du droit à l'avortement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Fargeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Mauras</w:t>
@@ -278,51 +278,51 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05409423v1</w:t>
+                <w:t xml:space="preserve">hal-05409440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -472,165 +472,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04509689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Cour de justice, gardienne vigilante du droit à la protection des données à caractère personnel : À propos de la notion de dommage réparable et sur les conditions de son évaluation dans l’arrêt CJJUE, 4 mai, 2023, UI c/Österreichische Post AG</w:t>
+                <w:t xml:space="preserve">Claire Kilpatrick, Joanne Scott, Contemporary Challenges to EU legality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Forster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023</w:t>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 01, pp.IV</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04510015v1</w:t>
+                <w:t xml:space="preserve">halshs-04063272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Kilpatrick, Joanne Scott, Contemporary Challenges to EU legality</w:t>
+                <w:t xml:space="preserve">La Cour de justice, gardienne vigilante du droit à la protection des données à caractère personnel : À propos de la notion de dommage réparable et sur les conditions de son évaluation dans l’arrêt CJJUE, 4 mai, 2023, UI c/Österreichische Post AG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Forster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 01, pp.IV</w:t>
+              <w:t xml:space="preserve">Revue des droits et libertés fondamentaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04063272v1</w:t>
+                <w:t xml:space="preserve">hal-04510015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les libertés économiques européennes et les droits de préemption des collectivités territoriales</w:t>
               </w:r>
@@ -679,605 +679,605 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04509915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’absence d’identification par le droit de l’Union européenne des acteurs étatiques dans la formation de la position de l’État devant la Cour de justice de l’Union</w:t>
+                <w:t xml:space="preserve">La démission des commissaires européens, instrument de leur responsabilité éthique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Forster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 648, pp.271-274</w:t>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.13-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04509936v1</w:t>
+                <w:t xml:space="preserve">hal-04509922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'absence d'identification par le droit de l'Union européenne des acteurs étatiques dans la formation de la position de l'État</w:t>
+                <w:t xml:space="preserve">La démission des commissaires européens, instrument de leur responsabilité éthique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Forster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 648, pp.271</w:t>
+              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 01, pp.13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03220576v1</w:t>
+                <w:t xml:space="preserve">halshs-03197237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Bensamoun, Brunessen Bertrand (dir.), Le règlement général sur la protection des données : aspects institutionnels et matériels</w:t>
+                <w:t xml:space="preserve">L’absence d’identification par le droit de l’Union européenne des acteurs étatiques dans la formation de la position de l’État devant la Cour de justice de l’Union</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Forster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 02, pp.IV</w:t>
+              <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 648, pp.271-274</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03283440v1</w:t>
+                <w:t xml:space="preserve">hal-04509936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La démission des commissaires européens, instrument de leur responsabilité éthique</w:t>
+                <w:t xml:space="preserve">L'absence d'identification par le droit de l'Union européenne des acteurs étatiques dans la formation de la position de l'État</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Forster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, pp.13-32</w:t>
+              <w:t xml:space="preserve">Revue de l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 648, pp.271</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04509922v1</w:t>
+                <w:t xml:space="preserve">halshs-03220576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La démission des commissaires européens, instrument de leur responsabilité éthique</w:t>
+                <w:t xml:space="preserve">Alexandra Bensamoun, Brunessen Bertrand (dir.), Le règlement général sur la protection des données : aspects institutionnels et matériels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Forster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTDEur. Revue trimestrielle de droit européen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 01, pp.13</w:t>
+              <w:t xml:space="preserve">, 2021, 02, pp.IV</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03197237v1</w:t>
+                <w:t xml:space="preserve">halshs-03283440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CJUE et Airbnb : la messe est-elle dite ?</w:t>
+                <w:t xml:space="preserve">CJUE et Airbnb : la messe est-elle dite ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Forster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Fuchs-Cessot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de droit immobilier. Urbanisme - construction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 06, pp.273</w:t>
+              <w:t xml:space="preserve">, 2020, 3, pp.273</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02874665v1</w:t>
+                <w:t xml:space="preserve">hal-04509977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le juge national et les procédures administratives européennes composites en matière de contrôle des concentrations : note sur l’ordonnance de référé du Conseil d’État français du 1er avril 2021, Grail/Illumina</w:t>
+                <w:t xml:space="preserve">CJUE et Airbnb : la messe est-elle dite ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Forster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Fuchs-Cessot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ius Publicum network review</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 2, pp.1-30</w:t>
+              <w:t xml:space="preserve">Revue de droit immobilier. Urbanisme - construction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 06, pp.273</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04510019v1</w:t>
+                <w:t xml:space="preserve">halshs-02874665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CJUE et Airbnb : la messe est-elle dite ?</w:t>
+                <w:t xml:space="preserve">Le juge national et les procédures administratives européennes composites en matière de contrôle des concentrations : note sur l’ordonnance de référé du Conseil d’État français du 1er avril 2021, Grail/Illumina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Forster</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alice Fuchs-Cessot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de droit immobilier. Urbanisme - construction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 3, pp.273</w:t>
+              <w:t xml:space="preserve">Ius Publicum network review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2, pp.1-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04509977v1</w:t>
+                <w:t xml:space="preserve">hal-04510019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La planification territoriale et la directive Services</w:t>
               </w:r>
@@ -2361,51 +2361,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05409440v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fargeaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mauras" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Guilluy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Forster" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05409423v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509680v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509689v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510015v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04063272v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509915v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509936v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03220576v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03283440v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509922v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03197237v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02874665v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fuchs-Cessot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510019v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509977v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510041v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02291346v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Corto Stoekl&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Turrini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charlier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Herv&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2018291" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510004v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Corre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-02053731v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Corto Stoekle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oudy C. Bloch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20183408022" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510047v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509706v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509950v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509973v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509991v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Peiffert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#233;line Fontaine" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Racho" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510060v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05409423v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fargeaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mauras" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Guilluy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Forster" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05409440v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509680v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509689v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04063272v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510015v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509915v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509922v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03197237v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509936v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03220576v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03283440v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509977v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Fuchs-Cessot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02874665v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510019v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510041v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02291346v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Corto Stoekl&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Turrini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charlier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Herv&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2018291" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510004v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Corre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-02053731v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Corto Stoekle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oudy C. Bloch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20183408022" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510047v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509706v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509950v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509973v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509991v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Peiffert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#233;line Fontaine" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Racho" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510060v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>