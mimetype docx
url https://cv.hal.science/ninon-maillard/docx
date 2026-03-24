--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -3782,275 +3782,275 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04534952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A souvenir of the war&amp;quot;...</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ninon Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04534923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Prouver le génocide par la vidéo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Maillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04534875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du bon usage de la vidéo comme preuve judiciaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Maillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04534895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etablir les faits criminels et identifier les bourreaux grâce à la vidéo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ninon Maillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04534861v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-04534923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'audition forcée de Ratko Mladic</w:t>
               </w:r>
@@ -4825,51 +4825,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7949B87D"/>
+    <w:nsid w:val="467592D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5056,51 +5056,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ninon-maillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-8156-0342" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/094177570" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://procesfilmes.hypotheses.org/168" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imaj.hypotheses.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/channel/UConmyhVZyRcv-n9l78MFiwA" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.revue-rsda.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04380623v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Desmoulin-Canselier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Maillard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04380626v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535024v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Goedert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03559592v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Perrot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360968v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007131v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535066v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349566v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973914v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226733v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394392v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes9110548" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360994v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01822521v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01682825v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618572v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.483.0587)" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618565v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befar.1981.1209)" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618578v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618679v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618711v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01619697v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618603v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618702v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618714v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618710v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361395v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04034312v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pulim.unilim.fr/index.php?option=com_booklibrary&amp;amp;task=view&amp;amp;id=986&amp;amp;Itemid=9&amp;amp;catid=0" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535100v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368379v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boiron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535102v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482879v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482877v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535103v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998324v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/ani-maux/77714?srsltid=AfmBOopMmEkHuTkds11uBgpafHqsZRQOEFWVuN4OFVzl-QzwYAvJOmY3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04998199v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lexisnexis.fr/13321-animal-droit/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04588107v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.41335" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535086v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01621466v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mareetmartin.com/livre/nathalie-goedert-ninon-maillard_le-droit-en-representation" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363809v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482844v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361536v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Margu&#233;naud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01619471v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534989v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534709v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/q3u5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534952v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534875v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534895v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534861v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534923v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534830v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534734v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/q3u1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534821v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534845v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534765v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/q3tg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349369v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349499v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534804v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/q3t3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534788v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535010v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ninon-maillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-8156-0342" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/094177570" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://procesfilmes.hypotheses.org/168" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imaj.hypotheses.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/channel/UConmyhVZyRcv-n9l78MFiwA" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.revue-rsda.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04380623v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Desmoulin-Canselier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Maillard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04380626v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535024v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Goedert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03559592v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Perrot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360968v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007131v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535066v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349566v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01973914v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226733v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394392v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes9110548" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360994v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01822521v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01682825v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618572v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfs.483.0587)" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618565v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befar.1981.1209)" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618578v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618679v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618711v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01619697v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618603v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618702v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618714v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01618710v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361395v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04034312v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pulim.unilim.fr/index.php?option=com_booklibrary&amp;amp;task=view&amp;amp;id=986&amp;amp;Itemid=9&amp;amp;catid=0" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535100v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368379v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boiron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535102v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482879v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482877v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535103v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998324v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/ani-maux/77714?srsltid=AfmBOopMmEkHuTkds11uBgpafHqsZRQOEFWVuN4OFVzl-QzwYAvJOmY3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04998199v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lexisnexis.fr/13321-animal-droit/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04588107v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.41335" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535086v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01621466v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mareetmartin.com/livre/nathalie-goedert-ninon-maillard_le-droit-en-representation" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03363809v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482844v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361536v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Margu&#233;naud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-01619471v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534989v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534709v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/q3u5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534952v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534923v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534875v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534895v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534861v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534830v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534734v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/q3u1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534821v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534845v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534765v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/q3tg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349369v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349499v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534804v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/q3t3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534788v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535010v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>