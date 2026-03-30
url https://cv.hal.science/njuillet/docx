--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -126,51 +126,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -580,547 +580,547 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03825224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SubRiemanniann structures do not satisify Riemannian Brunn-Minkowski inequalities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Markov-quantile process attached to a family of marginals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Boubel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista Matemática Iberoamericana</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4171/rmi/1205⟩</w:t>
+              <w:t xml:space="preserve">Journal de l'École polytechnique — Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.1-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/jep.177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01910412v2</w:t>
+                <w:t xml:space="preserve">hal-01716870v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shadow couplings</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SubRiemanniann structures do not satisify Riemannian Brunn-Minkowski inequalities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transactions of the American Mathematical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 374, pp.4973-5002. </w:t>
+              <w:t xml:space="preserve">Revista Matemática Iberoamericana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37 (1), pp.177-188. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1090/tran/8380⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4171/rmi/1205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02123429v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01910412v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Markov-quantile process attached to a family of marginals</w:t>
+                <w:t xml:space="preserve">Shadow couplings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Boubel</w:t>
+                <w:t xml:space="preserve">Mathias Beiglböck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de l'École polytechnique — Mathématiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9, pp.1-62. </w:t>
+              <w:t xml:space="preserve">Transactions of the American Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 374, pp.4973-5002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/jep.177⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1090/tran/8380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01716870v3</w:t>
+                <w:t xml:space="preserve">hal-02123429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ON A MIXTURE OF BRENIER AND STRASSEN THEOREMS</w:t>
+                <w:t xml:space="preserve">Couplings in $L^p$ distance of two Brownian motions and their Lévy area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathael Gozlan</w:t>
+                <w:t xml:space="preserve">Michel Bonnefont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the London Mathematical Society</w:t>
+              <w:t xml:space="preserve">Annales de l'Institut Henri Poincaré (B) Probabilités et Statistiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1112/plms.12302⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1214/19-AIHP972⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01855463v2</w:t>
+                <w:t xml:space="preserve">hal-01671676v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplings in $L^p$ distance of two Brownian motions and their Lévy area</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On a solution to the Monge transport problem on the real line arising from the strictly concave case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de l'Institut Henri Poincaré (B) Probabilités et Statistiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1214/19-AIHP972⟩</w:t>
+              <w:t xml:space="preserve">SIAM Journal on Mathematical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 52 (5), pp.4783-4805. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/19M1277242⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01671676v4</w:t>
+                <w:t xml:space="preserve">hal-02168486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On a solution to the Monge transport problem on the real line arising from the strictly concave case</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ON A MIXTURE OF BRENIER AND STRASSEN THEOREMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathael Gozlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Mathematical Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 52 (5), pp.4783-4805. </w:t>
+              <w:t xml:space="preserve">Proceedings of the London Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1137/19M1277242⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1112/plms.12302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02168486v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01855463v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A COUPLING PROOF OF CONVEX ORDERING FOR COMPOUND DISTRIBUTIONS</w:t>
               </w:r>
@@ -1282,196 +1282,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02316702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martingales associated to peacocks using the curtain coupling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Smoothing and non-smoothing via a flow tangent to the Ricci flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Erbar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1214/18-EJP138⟩</w:t>
+              <w:t xml:space="preserve">Journal de Mathématiques Pures et Appliquées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 110, pp.123-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matpur.2017.07.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02123421v1</w:t>
+                <w:t xml:space="preserve">hal-02123422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smoothing and non-smoothing via a flow tangent to the Ricci flow</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Martingales associated to peacocks using the curtain coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Mathématiques Pures et Appliquées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 110, pp.123-154. </w:t>
+              <w:t xml:space="preserve">Electronic Journal of Probability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23, </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matpur.2017.07.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1214/18-EJP138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02123422v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02123421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pliability, or the whitney extension theorem for curves in carnot groups</w:t>
               </w:r>
@@ -1548,51 +1548,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On a problem of optimal transport under marginal martingale constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Beiglböck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1789,246 +1789,324 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00372216v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On displacement interpolation of measures involved in Brenier’s theorem</w:t>
+                <w:t xml:space="preserve">Voyage sur une balle de tennis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the American Mathematical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 139 (10), pp.3623-3623. </w:t>
+              <w:t xml:space="preserve">Images des mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1090/S0002-9939-2011-10891-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.60868/8a1r-j612⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02124281v1</w:t>
+                <w:t xml:space="preserve">hal-05547273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A COUNTEREXAMPLE FOR THE GEOMETRIC TRAVELING SALESMAN PROBLEM IN THE HEISENBERG GROUP</w:t>
+                <w:t xml:space="preserve">On displacement interpolation of measures involved in Brenier’s theorem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista Matemática Iberoamericana</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the American Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 139 (10), pp.3623-3623. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1090/S0002-9939-2011-10891-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00372210v1</w:t>
+                <w:t xml:space="preserve">hal-02124281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A COUNTEREXAMPLE FOR THE GEOMETRIC TRAVELING SALESMAN PROBLEM IN THE HEISENBERG GROUP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Juillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista Matemática Iberoamericana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00372210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport de mesure et courbures de Ricci synthétiques dans le groupe de Heisenberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de Théorie Spectrale et Géométrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 25, pp.85-104. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5802/tsg.249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02123428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2038,98 +2116,98 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On a method to disprove generalized Brunn–Minkowski inequalities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The First Mathematical Society of Japan–Seasonal Institute — Probabilistic Approach to Geometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Kyoto University, Japan. pp.189-198</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02123425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2139,156 +2217,156 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séminaire de Probabilités XLVIII</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Beiglböck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Huesmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Stebegg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Donati-Martin, Catherine; Lejay, Antoine; Rouault, Alain. Springer, 2168, pp.506, 2016, Lecture Notes in Mathematics, 978-3-319-44464-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-44465-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01403845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2298,107 +2376,107 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peacocks Parametrised by a Partially Ordered Set</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de Probabilités XLVIII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.13-32, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-44465-9_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02123427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2408,126 +2486,126 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On absolutely continuous curves in the Wasserstein space over R and their representation by an optimal Markov process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Boubel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03218874v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INSTABILITY OF MARTINGALE OPTIMAL TRANSPORT IN DIMENSION d ≥ 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Brückerhoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2536,51 +2614,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03107804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2590,100 +2668,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal transport and geometric analysis in Heisenberg groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathematics [math]. Université Joseph-Fourier - Grenoble I; Rheinische Friedrisch-Wilhelms-Universität Bonn, 2008. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00345301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2693,91 +2771,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport optimal en théorie des processus et en géométrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathématiques [math]. Université de Strasbourg, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01928227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2787,118 +2865,118 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Juillet - Deformation of singular spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Juillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Bastien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-01721723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId78"/>
+      <w:footerReference w:type="default" r:id="rId80"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2966,51 +3044,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5C68EFA5"/>
+    <w:nsid w:val="84823B7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3197,51 +3275,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/njuillet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1258-3034" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652227v3" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Moukadem" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Pascal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Courbot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Juillet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306887v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moreno Andreatta" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Guichaoua" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/RSMUP/150" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306896v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3842/SIGMA.2024.009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825224v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Br&#252;ckerhoff" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Huesmann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/22-EJP846" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910412v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/rmi/1205" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123429v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Beiglb&#246;ck" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/tran/8380" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716870v3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Boubel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.177" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855463v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathael Gozlan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/plms.12302" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671676v4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bonnefont" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/19-AIHP972" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168486v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/19M1277242" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316654v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean B&#233;rard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/20-ECP323" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316702v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0956792518000682" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123421v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/18-EJP138" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123422v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Erbar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpur.2017.07.006" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01285215v4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Sigalotti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/apde.2017.10.1637" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123419v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/14-AOP966" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123420v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/15-AIHP700" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372216v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00526-013-0652-2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124281v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S0002-9939-2011-10891-8" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372210v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123428v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/tsg.249" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123425v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01403845v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Stebegg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pag&#232;s" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44465-9" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123427v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44465-9_2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218874v3" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107804v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00345301v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01928227v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01721723v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bastien" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/njuillet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1258-3034" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652227v3" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Moukadem" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Pascal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Courbot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Juillet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306887v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moreno Andreatta" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Guichaoua" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/RSMUP/150" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306896v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3842/SIGMA.2024.009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03825224v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Br&#252;ckerhoff" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Huesmann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/22-EJP846" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716870v3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Boubel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.177" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910412v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/rmi/1205" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123429v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Beiglb&#246;ck" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/tran/8380" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671676v4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bonnefont" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/19-AIHP972" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168486v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/19M1277242" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855463v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathael Gozlan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1112/plms.12302" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316654v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean B&#233;rard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/20-ECP323" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316702v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0956792518000682" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123422v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Erbar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpur.2017.07.006" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123421v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/18-EJP138" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01285215v4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Sigalotti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/apde.2017.10.1637" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123419v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/14-AOP966" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123420v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/15-AIHP700" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372216v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00526-013-0652-2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547273v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60868/8a1r-j612" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02124281v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S0002-9939-2011-10891-8" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372210v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123428v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/tsg.249" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123425v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01403845v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Stebegg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pag&#232;s" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44465-9" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123427v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-44465-9_2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218874v3" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107804v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00345301v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01928227v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01721723v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bastien" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>