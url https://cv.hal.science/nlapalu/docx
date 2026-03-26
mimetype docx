--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2539,295 +2539,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04102220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative and qualitative plant-pathogen interactions call upon similar pathogenicity genes with a spectrum of effects</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Location and timing govern tripartite interactions of fungal phytopathogens and host in the stem canker species complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camilla Langlands-Perry</w:t>
+                <w:t xml:space="preserve">Noémie Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lapalu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Pitarch</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Lapalu</w:t>
+                <w:t xml:space="preserve">Corinne Cruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murielle Cuenin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Bergez</w:t>
+                <w:t xml:space="preserve">Valerie Laval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2023.1128546⟩</w:t>
+              <w:t xml:space="preserve">BMC Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21 (1), pp.247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12915-023-01726-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04125786v1</w:t>
+                <w:t xml:space="preserve">hal-04281614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Location and timing govern tripartite interactions of fungal phytopathogens and host in the stem canker species complex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elise Gay</w:t>
+                <w:t xml:space="preserve">Quantitative and qualitative plant-pathogen interactions call upon similar pathogenicity genes with a spectrum of effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camilla Langlands-Perry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Jacques</w:t>
+                <w:t xml:space="preserve">Anaïs Pitarch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lapalu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Cruaud</w:t>
+                <w:t xml:space="preserve">Murielle Cuenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Laval</w:t>
+                <w:t xml:space="preserve">Christophe Bergez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 21 (1), pp.247. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.1128546. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12915-023-01726-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2023.1128546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04281614v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04125786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complete Genome Sequences of Septoria linicola : A Resource for Studying a Damaging Flax Pathogen</w:t>
               </w:r>
@@ -3343,295 +3343,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03619439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-scale transcriptomics to dissect 2 years of the life of a fungal phytopathogen interacting with its host plant</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genome-wide mapping of histone modifications during axenic growth in two species of Leptosphaeria maculans showing contrasting genomic organization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Soyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Clairet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lapalu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise J Gay</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Fudal</w:t>
+                <w:t xml:space="preserve">Thierry Rouxel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12915-021-00989-3⟩</w:t>
+              <w:t xml:space="preserve">Chromosome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29 (2), pp.219-236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10577-021-09658-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03190704v1</w:t>
+                <w:t xml:space="preserve">hal-03266749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide mapping of histone modifications during axenic growth in two species of Leptosphaeria maculans showing contrasting genomic organization</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elise Gay</w:t>
+                <w:t xml:space="preserve">Large-scale transcriptomics to dissect 2 years of the life of a fungal phytopathogen interacting with its host plant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise J Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica L Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lapalu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Rouxel</w:t>
+                <w:t xml:space="preserve">Juliette Linglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fudal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chromosome Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 29 (2), pp.219-236. </w:t>
+              <w:t xml:space="preserve">BMC Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19 (1), pp.e041118. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10577-021-09658-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12915-021-00989-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03266749v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03190704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pH effect on strain-specific transcriptomes of the take-all fungus</w:t>
               </w:r>
@@ -5220,51 +5220,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effector diversification within compartments of the Leptosphaeria maculans genome affected by Repeat-Induced Point mutations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Rouxel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Grandaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5412,51 +5412,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Marie Noah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lapalu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Rouxel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie‐hélène Balesdent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5830,51 +5830,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gorse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lapalu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Rouxel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Balesdent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6201,51 +6201,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gorse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lapalu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Rouxel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Balesdent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6438,77 +6438,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Helene Balesdent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Rouxel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lapalu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Linglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Jean Chevauchon JJC2018 - 12èmes Rencontres de Phytopathologie &amp; Mycologie,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Aussois, France. p.40</w:t>
@@ -6537,51 +6537,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the involvement of histone modifications in the control of effector gene expression in Leptospharia maculans, the fungus causing stem canker of oilseed rape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica L Soyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fudal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8372,51 +8372,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05303489v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rabeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Wagner" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lapalu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audren Jiquel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Faure" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05357866v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bocs" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Carrette" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Confais" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Dubois" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duvaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542681v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lamothe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Petit" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Genissel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Delude" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324321v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Clairet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Simon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Soyer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Viaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219528v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Piat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukanya Denni" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Couturier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209521v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Malet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Fournier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gladieux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623680v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Loth" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572369328961167E12" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456403v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica L. Soyer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Gay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282959v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-F&#233;lix Dallery" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Thon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard O'Connell" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786095v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Blaise" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gervais" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744040v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Richet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mauriat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Lesage Descauses" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rogier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise F. Laurans" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agr.nagoya-u.ac.jp/~butsuri/pbm8/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797498v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Foulongne-Oriol" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle J. Amselem" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Savoie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190538v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Gautier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Brigitte" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Vallance" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bruez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190821v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grandaubert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Balesdent" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fudal-Grolier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Kreplak" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03283788v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grandaubert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Balesdent" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fudal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Amselem" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kreplak" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290062v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-07-25-0077-TA" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683720v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter-Louis Plaumann" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.001283" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04498577v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Amezrou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ducasse" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Compain" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Pitarch" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-46191-1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04102220v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Aud&#233;on" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine G&#233;lisse" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1011376" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04125786v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Langlands-Perry" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Pitarch" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Cuenin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bergez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1128546" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04281614v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Jacques" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Laval" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-023-01726-8" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03920575v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Demenou" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Paumier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Guillot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-09-22-0185-A" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04088414v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.227" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197705v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Mercier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana E Giraud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bardin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-07-20-0302-FI" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619439v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ribeaucourt" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safwan Saker" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bissaro" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Drula" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01526-21" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03190704v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise J Gay" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica L Soyer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Linglin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-021-00989-3" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03266749v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rouxel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10577-021-09658-1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02979591v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gazengel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lebreton" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Yvonne Guillerm-Erckelboudt" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0236429" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621276v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dutreux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne da Silva" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o d'Agata" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sdata.2018.235" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622767v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Robin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Kleemann" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Neumann" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Cabre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Felix Dallery" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00562" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011133v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonios Zampounis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pign&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Luyten" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-4083-x" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530838v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziming Zhong" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Marcel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny E. Hartmann" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Ma" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Plissonneau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14434" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608503v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631326v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril F&#233;randon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Spataro" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ferrer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-5844-y" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631920v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan J. Grandaubert" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohan G.T. Lowe" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.L. Schoch" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela P van de Wouw" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-891" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648084v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine D. Steinbach" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael M. Alaux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Choisne" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Durand" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/bat058" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999949v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Francoise A.-F. Adam-Blondon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Bally" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Cimerman" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000638v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Salim A. S. Bourras" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Meyer" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fudal-Grolier Fudal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.112.002048" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190236v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina A. Cuomo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan A. L. van Kan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto P. Benito" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1002230" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841751v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jk. Hane" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hoede" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela P. van de Wouw" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms1189" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05299105v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marie Noah" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;h&#233;l&#232;ne Balesdent" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/OYUO2X" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04314029v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Amezrou" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwilherm Gazeau" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Meyer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Suffert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04286767v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095698v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Noah" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gorse" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04102741v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Henri Lebrun" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scalliet Gabriel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04312259v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Fillinger" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230215v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04273732v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;lisse Sandrine" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790241v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786161v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785896v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530825v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Compain" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Chang Zhong Chen" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796293v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Inizan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001057v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique A. Gautier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia L. Brigitte" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica J. Vallance" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie E. Bruez" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999906v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999954v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste B. Brault" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan J. Kreplak" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000210v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999928v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Brault" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019754v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Alaux" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Brault" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820119v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751266v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Quesneville" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Henri M.-H. Lebrun" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206731v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Francoise Adam-Blondon" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Durand" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Letellier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Merceron" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/protocol/10.1007%2F978-1-4939-6658-5_5" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-6658-5_5" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05303489v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rabeau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Wagner" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lapalu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audren Jiquel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Faure" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05357866v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bocs" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Carrette" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Confais" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Dubois" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duvaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542681v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lamothe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Petit" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Genissel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Delude" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03324321v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Clairet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Simon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Soyer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Viaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219528v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Piat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukanya Denni" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Couturier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209521v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Malet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Fournier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gladieux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623680v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Loth" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5572369328961167E12" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456403v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica L. Soyer" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Gay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282959v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-F&#233;lix Dallery" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Thon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard O'Connell" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786095v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Blaise" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gervais" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744040v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Richet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mauriat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Lesage Descauses" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rogier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise F. Laurans" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agr.nagoya-u.ac.jp/~butsuri/pbm8/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797498v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Foulongne-Oriol" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle J. Amselem" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Savoie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190538v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Gautier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Brigitte" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Vallance" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bruez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190821v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grandaubert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Balesdent" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fudal-Grolier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Kreplak" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03283788v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grandaubert" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Balesdent" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fudal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Amselem" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kreplak" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05290062v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-07-25-0077-TA" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683720v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter-Louis Plaumann" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.001283" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04498577v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Amezrou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ducasse" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Compain" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Pitarch" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-46191-1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04102220v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Aud&#233;on" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine G&#233;lisse" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1011376" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04281614v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Jacques" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Laval" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-023-01726-8" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04125786v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Langlands-Perry" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Pitarch" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Cuenin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bergez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1128546" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03920575v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Demenou" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Paumier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Guillot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-09-22-0185-A" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04088414v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.227" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197705v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Mercier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana E Giraud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bardin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-07-20-0302-FI" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619439v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ribeaucourt" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safwan Saker" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Navarro" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bissaro" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Drula" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01526-21" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03266749v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rouxel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10577-021-09658-1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03190704v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise J Gay" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica L Soyer" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Linglin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-021-00989-3" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02979591v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gazengel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lebreton" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Yvonne Guillerm-Erckelboudt" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0236429" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621276v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dutreux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne da Silva" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o d'Agata" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Couloux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sdata.2018.235" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622767v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Robin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Kleemann" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Neumann" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Cabre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Felix Dallery" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00562" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011133v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonios Zampounis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pign&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Luyten" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-4083-x" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530838v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziming Zhong" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Marcel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny E. Hartmann" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Ma" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Plissonneau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14434" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608503v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631326v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril F&#233;randon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Spataro" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ferrer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-5844-y" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631920v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan J. Grandaubert" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohan G.T. Lowe" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.L. Schoch" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela P van de Wouw" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-891" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648084v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine D. Steinbach" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael M. Alaux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Choisne" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Durand" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/bat058" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999949v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Francoise A.-F. Adam-Blondon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal P. Bally" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Cimerman" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000638v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Salim A. S. Bourras" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Meyer" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fudal-Grolier Fudal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.112.002048" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190236v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina A. Cuomo" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan A. L. van Kan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto P. Benito" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1002230" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841751v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jk. Hane" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hoede" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela P. van de Wouw" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms1189" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05299105v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Marie Noah" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;h&#233;l&#232;ne Balesdent" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/OYUO2X" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04314029v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Amezrou" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwilherm Gazeau" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Meyer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Suffert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04286767v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095698v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Noah" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gorse" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04102741v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Henri Lebrun" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scalliet Gabriel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04312259v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Fillinger" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230215v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04273732v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;lisse Sandrine" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790241v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786161v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785896v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530825v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Compain" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Chang Zhong Chen" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796293v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Inizan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001057v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique A. Gautier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia L. Brigitte" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica J. Vallance" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie E. Bruez" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999906v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999954v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste B. Brault" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan J. Kreplak" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000210v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999928v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Brault" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019754v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Alaux" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Brault" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820119v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751266v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadi Quesneville" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Henri M.-H. Lebrun" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206731v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Francoise Adam-Blondon" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Durand" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Letellier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Merceron" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/protocol/10.1007%2F978-1-4939-6658-5_5" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-6658-5_5" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>