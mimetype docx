--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1941,831 +1941,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03227464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bremsstrahlung X-rays as a non-invasive tool for ion beam monitoring</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Flavien Ralite</w:t>
+                <w:t xml:space="preserve">A Monte Carlo Determination of Dose and Range Uncertainties for Preclinical Studies with a Proton Beam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Bongrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphnée Villoing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nimb.2021.05.013⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (8), pp.1889. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers13081889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03260027v1</w:t>
+                <w:t xml:space="preserve">hal-03276141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Monte Carlo Determination of Dose and Range Uncertainties for Preclinical Studies with a Proton Beam</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arthur Bongrand</w:t>
+                <w:t xml:space="preserve">Bremsstrahlung X-rays as a non-invasive tool for ion beam monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Ralite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (8), pp.1889. </w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 500-501, pp.76-82. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cancers13081889⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nimb.2021.05.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03276141v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03260027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High energy PIXE: New experimental K-shell ionization cross sections for silver and gold and comparison with theoretical values from ECPSSR/RECPSSR models</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ultra-fast prompt gamma detection in single proton counting regime for range monitoring in particle therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Métivier</w:t>
+                <w:t xml:space="preserve">S. Marcatili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adnan Naja</w:t>
+                <w:t xml:space="preserve">J. Collot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Curtoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dauvergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.Y. Hostachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nimb.2020.06.028⟩</w:t>
+              <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 65 (24), pp.245033. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6560/ab7a6c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02892981v1</w:t>
+                <w:t xml:space="preserve">hal-02467231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring radiation hardness of PEPITES, a new transparent charged particle beam profiler</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Elidrissi-Moubtassim</w:t>
+                <w:t xml:space="preserve">High energy PIXE: New experimental K-shell ionization cross sections for silver and gold and comparison with theoretical values from ECPSSR/RECPSSR models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Hazim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">B. Boyer</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Métivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnan Naja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 466, pp.8-11. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nimb.2020.01.003⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 479, pp.120-124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nimb.2020.06.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02467213v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02892981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-fast prompt gamma detection in single proton counting regime for range monitoring in particle therapy</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring radiation hardness of PEPITES, a new transparent charged particle beam profiler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Curtoni</w:t>
+                <w:t xml:space="preserve">S. Elidrissi-Moubtassim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Dauvergne</w:t>
+                <w:t xml:space="preserve">N. Audouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.Y. Hostachy</w:t>
+                <w:t xml:space="preserve">B. Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 65 (24), pp.245033. </w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 466, pp.8-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6560/ab7a6c⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nimb.2020.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02467231v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02467213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of energy dependance for EBT3 response to irradiation with alpha beams</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Radiobiological platform at Arronax</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Koumeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Basset</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charbel Koumeir</w:t>
+                <w:t xml:space="preserve">Viviana de Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Chiavassa</w:t>
+                <w:t xml:space="preserve">Roberto Cherubini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Delpon</w:t>
+                <w:t xml:space="preserve">Michel Chérel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Le Deroff</w:t>
+                <w:t xml:space="preserve">Eric Garrido</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 454, pp.56-60. </w:t>
+              <w:t xml:space="preserve">Radiation Protection Dosimetry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Epub ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nimb.2019.06.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/rpd/ncy301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02277791v1</w:t>
+                <w:t xml:space="preserve">inserm-02023308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new transparent beam profiler based on secondary electrons emission for hadrontherapy charged particles beams</w:t>
               </w:r>
@@ -2777,51 +2777,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Thiebaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2879,161 +2879,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03002631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Radiobiological platform at Arronax</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation of energy dependance for EBT3 response to irradiation with alpha beams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Cherubini</w:t>
+                <w:t xml:space="preserve">S. Chiavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Chérel</w:t>
+                <w:t xml:space="preserve">G. Delpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Garrido</w:t>
+                <w:t xml:space="preserve">C. Le Deroff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Radiation Protection Dosimetry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Epub ahead of print. </w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 454, pp.56-60. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/rpd/ncy301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nimb.2019.06.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02023308v1</w:t>
+                <w:t xml:space="preserve">hal-02277791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">42 Deposited dose measurement using bremsstrahlung X-rays</w:t>
               </w:r>
@@ -3058,51 +3058,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3191,51 +3191,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Subercaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3351,51 +3351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 406, pp.104-107. </w:t>
@@ -3695,278 +3695,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02912133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environment reconstruction and navigation with electric sense based on kalman filter</w:t>
+                <w:t xml:space="preserve">Underwater Reflex Navigation in Confined Environment Based on Electric Sense</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Vincent Lebastard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Girin</w:t>
+                <w:t xml:space="preserve">C. Chevallereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Journal of Robotics Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0278364912470181⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29, pp.945-956. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TRO.2013.2255451⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00794706v1</w:t>
+                <w:t xml:space="preserve">in2p3-00858812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Underwater Reflex Navigation in Confined Environment Based on Electric Sense</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Environment reconstruction and navigation with electric sense based on kalman filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lebastard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Chevallereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Boyer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Lebastard</w:t>
+                <w:t xml:space="preserve">Alexis Girin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Chevallereau</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pol-Bernard Gossiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 29, pp.945-956. </w:t>
+              <w:t xml:space="preserve">The International Journal of Robotics Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 32 (2), pp.172-188. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TRO.2013.2255451⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0278364912470181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00858812v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00794706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrolocation Sensors in Conducting Water Bio-Inspired by Electric Fish</w:t>
               </w:r>
@@ -3991,51 +3991,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jawad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4571,277 +4571,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microdosimetry and Radiolytic Species Production at Ultra-High-Dose Rates with GATE 10</w:t>
+                <w:t xml:space="preserve">Microdosimetry and Radiolytic Species Production at Ultra-High- Dose Rates with GATE 10.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A. Pereda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Daeun Kwon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanna Rosa Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hoang Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geant4-DNA collaboration meeting</w:t>
+              <w:t xml:space="preserve">The 5th Geant4 International User Conference at the Physics-Medicine-Biology frontier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Osaka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05311108v1</w:t>
+                <w:t xml:space="preserve">hal-05009133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microdosimetry and Radiolytic Species Production at Ultra-High- Dose Rates with GATE 10.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
+                <w:t xml:space="preserve">Microdosimetry and Radiolytic Species Production at Ultra-High-Dose Rates with GATE 10</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daeun Kwon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanna Rosa Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc Hoang Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fiegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hoang Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 5th Geant4 International User Conference at the Physics-Medicine-Biology frontier</w:t>
+              <w:t xml:space="preserve">Geant4-DNA collaboration meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Osaka, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05009133v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05311108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationships between absorbed dose and proton energy with bremsstrahlung spectra for in vivo dosimetry of preclinical hadrontherapy</w:t>
               </w:r>
@@ -5321,402 +5321,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04246385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microdosimetry and radiolytic species production in UHDR proton beam using GATE and Geant4-DNA</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High energy ion beam monitoring: X-rays Bremsstrahlung production cross section measurements for carbon target</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ralite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Koumeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q Mouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Servagent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Métivier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IV Geant4 International User Conference at the physics-medicine-biology frontier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Giovanni Mettivier; Sébastien Incerti; Jeremy Brown; Susanna Guatelli; Paolo Russo; Antonio Sarno; Daniele Esposito; Gianfranco Paternò; Silvio Pardi, Oct 2022, Napoli, Italy</w:t>
+              <w:t xml:space="preserve">European Conference on X-ray Spectrometry 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Bruges, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03886937v1</w:t>
+                <w:t xml:space="preserve">hal-03752737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High energy PIXE: new K-shell ionization cross-section</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Ralite</w:t>
+                <w:t xml:space="preserve">Microdosimetry and radiolytic species production in UHDR proton beam using GATE and Geant4-DNA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna Rosa Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chiavassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Delpon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on X-ray Spectrometry 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Bruges, Belgium</w:t>
+              <w:t xml:space="preserve">IV Geant4 International User Conference at the physics-medicine-biology frontier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Giovanni Mettivier; Sébastien Incerti; Jeremy Brown; Susanna Guatelli; Paolo Russo; Antonio Sarno; Daniele Esposito; Gianfranco Paternò; Silvio Pardi, Oct 2022, Napoli, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03752954v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03886937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen peroxide formation to investigate the radiolytic ROS production mechanism under proton FLASH conditions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Quentin Mouchard</w:t>
+                <w:t xml:space="preserve">High energy PIXE: new K-shell ionization cross-section</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ralite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assemblée Générale du GdR MI2B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GdR MI2B, Jun 2022, Orsay, France</w:t>
+              <w:t xml:space="preserve">European Conference on X-ray Spectrometry 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Bruges, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03963165v1</w:t>
+                <w:t xml:space="preserve">hal-03752954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FLASH Mechanisms Track (Oral Presentations) UHDR PROTON BEAM VS. CONVENTIONAL: HYDROGEN PEROXIDE AS FLASH EFFECT SENSOR</w:t>
               </w:r>
@@ -5830,148 +5826,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-03616960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High energy ion beam monitoring: X-rays Bremsstrahlung production cross section measurements for carbon target</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Ralite</w:t>
+                <w:t xml:space="preserve">Hydrogen peroxide formation to investigate the radiolytic ROS production mechanism under proton FLASH conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fiegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on X-ray Spectrometry 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Bruges, Belgium</w:t>
+              <w:t xml:space="preserve">Assemblée Générale du GdR MI2B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GdR MI2B, Jun 2022, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03752737v1</w:t>
+                <w:t xml:space="preserve">hal-03963165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FLASH Modalities Track (Oral Presentations) Proton beam flash online monitoring at Arronax Cyclotron</w:t>
               </w:r>
@@ -6085,277 +6085,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-03620098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proton beam FLASH online monitoring at ARRONAX cyclotron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Noël Servagent</w:t>
+                <w:t xml:space="preserve">Analyses à l'aide de PIXE à haute énergie, de pièces d'argent et de matrices de sceaux en cuivre, provenant des collections du musée Dobrée (France, XIIIe -XIXe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q Mouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Pipelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Echinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sophie Chiavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st FLASH Radiotherapy and Particle Therapy Conference (FRPT 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Marie Dutreix; Karen Kirkby; Andreas Schüller; Marie-Catherine Vozenin, Dec 2021, Vienna and online, Austria</w:t>
+              <w:t xml:space="preserve">8e Rencontre "Ion Beam Applications Francophone" - IBAF 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française du Vide, Jul 2021, Distanciel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03934393v1</w:t>
+                <w:t xml:space="preserve">hal-03283860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyses à l'aide de PIXE à haute énergie, de pièces d'argent et de matrices de sceaux en cuivre, provenant des collections du musée Dobrée (France, XIIIe -XIXe siècle)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ferid Haddad</w:t>
+                <w:t xml:space="preserve">Proton beam FLASH online monitoring at ARRONAX cyclotron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bongrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chiavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8e Rencontre "Ion Beam Applications Francophone" - IBAF 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française du Vide, Jul 2021, Distanciel, France</w:t>
+              <w:t xml:space="preserve">1st FLASH Radiotherapy and Particle Therapy Conference (FRPT 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marie Dutreix; Karen Kirkby; Andreas Schüller; Marie-Catherine Vozenin, Dec 2021, Vienna and online, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03283860v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03934393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UHDR proton beam vs conventional: hydrogen peroxide as FLASH effect sensor</w:t>
               </w:r>
@@ -6460,346 +6460,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03957666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement de moniteurs faisceaux en technologie diamant pour le monitorage de radiothérapies innovantes : hadronthérapie et thérapies &amp;quot;flash</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etiquetage spatio-temporel et monitorage de faisceaux pulsés : applications en hadronthérapie et thérapies « flash »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">M.-L. Gallin-Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oreste Allegrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A. Bes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J. Collot</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. P. Cachemiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude GDR MI2B - LabEx PRIMES sur les moniteurs faisceaux et contrôle en ligne des irradiations biomédicales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journée d'échanges scientifiques GDR MI2B ARCHADE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Virtuel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03159139v1</w:t>
+                <w:t xml:space="preserve">hal-03159394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etiquetage spatio-temporel et monitorage de faisceaux pulsés : applications en hadronthérapie et thérapies « flash »</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
+                <w:t xml:space="preserve">Développement de moniteurs faisceaux en technologie diamant pour le monitorage de radiothérapies innovantes : hadronthérapie et thérapies &amp;quot;flash</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Gallin-Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. P. Cachemiche</w:t>
+                <w:t xml:space="preserve">J. Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Collot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'échanges scientifiques GDR MI2B ARCHADE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Virtuel, France</w:t>
+              <w:t xml:space="preserve">Journée d'étude GDR MI2B - LabEx PRIMES sur les moniteurs faisceaux et contrôle en ligne des irradiations biomédicales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03159394v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03159139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception d'un moniteur faisceau basé sur l'utilisation de détecteurs diamants pour le contrôle en ligne de faisceaux pulsés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Gallin-Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Collot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Dauvergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6854,90 +6854,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diamond-based detector development for pulsed beam monitoring for medical applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Gallin-Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Collot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Very High Energy Electron Radiotherapy Workshop (VHEE2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CERN, Oct 2020, Meyrin, Switzerland</w:t>
@@ -7085,924 +7085,924 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03007524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ion beam monitoring using bremsstrahlung X-rays</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Development of an ultra thin beam profiler for charged particle beams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Cornat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Delagnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Geerebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Gevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVth Rencontres du Vietnam - International Conference on Medical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14th Pisa Meeting on Advanced Detectors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, La Biodola-Isola d'Elba, Italy. pp.29-30, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2018.09.134⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02288896v1</w:t>
+                <w:t xml:space="preserve">hal-02475944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Medical applications of diamond detectors: online control of Hadrontherapy with fast timing and Microbeam Radiation Therapy monitoring</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId182" w:history="1">
+                <w:t xml:space="preserve">Hodoscope diamant pour l’hadronthérapie - CLaRyS Ultra-Fast Timing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Curtoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Collot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dauvergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JSPS-CNRS diamond detector workshop 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Yuzawa city, Akita, Japan</w:t>
+              <w:t xml:space="preserve">Journées du réseau semi-conducteurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02382681v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02352012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a beam-tagging diamond hodoscope for online ion range monitoring</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ion beam monitoring using bremsstrahlung X-rays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ralite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Koumeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Métivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Servagent</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ENLIGHT 2019 : annual meeting of the European Network for Light Ion Hadron Therapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Caen, France</w:t>
+              <w:t xml:space="preserve">XVth Rencontres du Vietnam - International Conference on Medical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Quy Nhon, Vietnam</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02351809v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High energy PIXE: measurements for Cu, Ag and Ti K-shell ionization cross sections and comparisons with theoretical model</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ferid Haddad</w:t>
+                <w:t xml:space="preserve">Medical applications of diamond detectors: online control of Hadrontherapy with fast timing and Microbeam Radiation Therapy monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Dauvergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Latifa Abbassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Rencontres des Jeunes Chercheurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Logonna-Daoulas, France</w:t>
+              <w:t xml:space="preserve">JSPS-CNRS diamond detector workshop 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Yuzawa city, Akita, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02414671v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02382681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a diamond hodoscope for online ion range monitoring in hadrontherapy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Towards a beam-tagging diamond hodoscope for online ion range monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Curtoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Collot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Dauvergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVth Rencontres du Vietnam International Conference on Medical Physics and School</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Ho_Chi_Minh, Vietnam</w:t>
+              <w:t xml:space="preserve">ENLIGHT 2019 : annual meeting of the European Network for Light Ion Hadron Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02351915v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02351809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hodoscope diamant pour l’hadronthérapie - CLaRyS Ultra-Fast Timing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Dauvergne</w:t>
+                <w:t xml:space="preserve">High energy PIXE: measurements for Cu, Ag and Ti K-shell ionization cross sections and comparisons with theoretical model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q Mouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Koumeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Servagent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du réseau semi-conducteurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">Journées de Rencontres des Jeunes Chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Logonna-Daoulas, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02352012v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02414671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of an ultra thin beam profiler for charged particle beams</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">O. Gevin</w:t>
+                <w:t xml:space="preserve">Development of a diamond hodoscope for online ion range monitoring in hadrontherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Curtoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Collot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dauvergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th Pisa Meeting on Advanced Detectors</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XVth Rencontres du Vietnam International Conference on Medical Physics and School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Ho_Chi_Minh, Vietnam</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2018.09.134⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02475944v1</w:t>
+                <w:t xml:space="preserve">hal-02351915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High energy PIXE: new K-shell ionization cross sections for titanium, copper, silver, and gold atoms and comparison with theoretical values of ECPSSR/RECPSSR models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8096,90 +8096,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LPSC Grenoble diamond beam monitoring for on-line control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.L. Gallin-Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Collot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Curtoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Final MediNet Network Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Wiener Neustadt, Austria</w:t>
@@ -8208,90 +8208,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A diamond beam-tagging hodoscope for online range monitoring in hadrontherapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Curtoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Collot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Dauvergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gallin-Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8359,51 +8359,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Marcatili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Curtoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Dauvergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8506,51 +8506,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8631,51 +8631,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8743,51 +8743,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Subercaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8881,51 +8881,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Hazim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9006,51 +9006,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9118,51 +9118,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Colloque Interdisciplinaire en Instrumentation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2016, Saint-Nazaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9239,51 +9239,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on X-ray Spectrometry (EXRS2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Gothenburg, Sweden</w:t>
@@ -9325,51 +9325,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une plateforme pour l'analyse de matériaux par faisceaux d'ions à ARRONAX : Etude de l'effet d'humidité sur les échantillons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Subercaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9437,77 +9437,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Underwater electro-navigation in the dark</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lebastard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Lebastard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chevallereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9567,77 +9567,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensor model for the navigation of underwater vehicles by the electric sense</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Jawad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pol-Bernard Gossiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lebastard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9718,51 +9718,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumayma Omar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bellemain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10061,286 +10061,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00145475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High performance $\gamma$-camera concept for PET based on liquid xenon and a gaseous photomultiplier</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Thers</w:t>
+                <w:t xml:space="preserve">Simulation of a high performance $\gamma$-camera concept for PET based on liquid xenon and gaseous photomultiplier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Grignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Breskin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Chechik</w:t>
+                <w:t xml:space="preserve">O. Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Cussonneau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Grignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applications of Rare Gas Xenon to Science And Technology (XeSAT 2005)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2005 IEEE International Conference on Dielectric Liquids (ICDL 2005)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2005, Coimbra, Portugal. pp.357-360, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICDL.2005.1490099⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00025857v1</w:t>
+                <w:t xml:space="preserve">in2p3-00025858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of a high performance $\gamma$-camera concept for PET based on liquid xenon and gaseous photomultiplier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High performance $\gamma$-camera concept for PET based on liquid xenon and a gaseous photomultiplier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Thers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Breskin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chechik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Cussonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Grignon</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Cussonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2005 IEEE International Conference on Dielectric Liquids (ICDL 2005)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Applications of Rare Gas Xenon to Science And Technology (XeSAT 2005)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2005, Tokyo, Japan. pp.1-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00025858v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00025857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation and evaluation of a new PET system based on liquid xenon as detection medium</w:t>
               </w:r>
@@ -10365,51 +10365,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Grignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Luquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10486,64 +10486,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Breskin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chechik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Couturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applications of Rare Gas Xenon to Science And Technology (XeSAT 2005)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Tokyo, Japan. pp.1-8</w:t>
@@ -10731,51 +10731,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extrinsic fibre Fabry-Perot interferometer for vibration and displacement measurement: the benefit of polarization decomposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Ouisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11111,51 +11111,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capteur interferometrique extrinseque Fabry-Perot a fibre optique (EFFPI) applique a la velocimetrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Ouisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.C. Seat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11444,51 +11444,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure Des Variations de L'indice D'un Gaz Par Rétrodiffusion Laser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Ouisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11597,51 +11597,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass separation devices coupled to laser desorption and resonant post-ionization for isotope quantification in environmental and health applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean El Khoueiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11824,277 +11824,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04827731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preclinical irradiations at conventional and very high dose rates (FLASH-RT) on small animals at the ARRONAX research cyclotron: repositioning, margins and field sizes</w:t>
+                <w:t xml:space="preserve">Hydrogen Peroxide (H2O2) production in response to multiple beam irradiation of protons at UHDR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Ferid Haddad</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fiegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Delpon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Mouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Craff Emeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">61èmes Journées Scientifiques de la Société Française de Physique Médicale (SFPM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Nancy, France. </w:t>
+              <w:t xml:space="preserve">ESTRO 2023 (European Society for Therapeutic Radiology and Oncology)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Vienna, Austria. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04145654v1</w:t>
+                <w:t xml:space="preserve">hal-04112001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen Peroxide (H2O2) production in response to multiple beam irradiation of protons at UHDR</w:t>
+                <w:t xml:space="preserve">Preclinical irradiations at conventional and very high dose rates (FLASH-RT) on small animals at the ARRONAX research cyclotron: repositioning, margins and field sizes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Craff Emeline</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Koumeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Saade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Chocry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESTRO 2023 (European Society for Therapeutic Radiology and Oncology)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Vienna, Austria. </w:t>
+              <w:t xml:space="preserve">61èmes Journées Scientifiques de la Société Française de Physique Médicale (SFPM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nancy, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04112001v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04145654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diamond-based detector for high-intensity pulsed beam monitoring: a tool for Flash irradiations and beam diagnostics</w:t>
               </w:r>
@@ -12199,277 +12199,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04839761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Upgrade of the flash beam monitoring system at ARRONAX cyclotron</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Noël Servagent</w:t>
+                <w:t xml:space="preserve">Réduction de la radiotoxicité par hadronthérapie à ultra-haut débit de dose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Saade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chiavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Bongrand</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Delpon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Flash Radiotherapy and Particle Therapy Conference (FRPT 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Barcelona, Spain. </w:t>
+              <w:t xml:space="preserve">16èmes Journées du Cancéropôle Grand Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03885576v1</w:t>
+                <w:t xml:space="preserve">hal-03886387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiolytic ROS production mechanism under proton flash conditions : combination of experimental and simulation investigation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Giovanna Rosa Fois</w:t>
+                <w:t xml:space="preserve">Upgrade of the flash beam monitoring system at ARRONAX cyclotron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Mouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Servagent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Quentin Mouchard</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bongrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Flash Radiotherapy and Particle Therapy Conference (FRPT 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2022, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">, Nov 2022, Barcelona, Spain. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03901615v1</w:t>
+                <w:t xml:space="preserve">hal-03885576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduction of radiotoxicity by ultra-high dose rate protontherapy</w:t>
               </w:r>
@@ -12574,484 +12574,484 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03886326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réduction de la radiotoxicité par hadronthérapie à ultra-haut débit de dose</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Grégory Delpon</w:t>
+                <w:t xml:space="preserve">Radiolytic ROS production mechanism under proton flash conditions : combination of experimental and simulation investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fiegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanna Rosa Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16èmes Journées du Cancéropôle Grand Ouest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Angers, France</w:t>
+              <w:t xml:space="preserve">2nd Flash Radiotherapy and Particle Therapy Conference (FRPT 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03886387v1</w:t>
+                <w:t xml:space="preserve">hal-03901615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response characterization of a new radiochromic film to ultra high dose rates for light ions beams</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daphnée Villoing</w:t>
+                <w:t xml:space="preserve">Proton Activation Analysis of medieval lead pipes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Métivier</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Lelièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Louarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESTRO 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Copenhage, Denmark. </w:t>
+              <w:t xml:space="preserve">European Conference on X-ray Spectrometry 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Bruges, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03680039v1</w:t>
+                <w:t xml:space="preserve">hal-03821657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proton Activation Analysis of medieval lead pipes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Gillon</w:t>
+                <w:t xml:space="preserve">Response characterization of a new radiochromic film to ultra high dose rates for light ions beams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphnée Villoing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guy Louarn</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on X-ray Spectrometry 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Bruges, Belgium</w:t>
+              <w:t xml:space="preserve">ESTRO 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Copenhage, Denmark. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03821657v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03680039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High energy ion beam analysis of cultural heritage objects, a study of provenance and manufacturing techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Gillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Louarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on X-ray Spectrometry 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Bruges, Belgium</w:t>
@@ -13074,214 +13074,214 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03811023v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ARRONAX platform for proton FLASH irradiation: From beam production to the target</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Freddy Poirier</w:t>
+                <w:t xml:space="preserve">Section efficace de production de rayons X de la couche K : qu'en est-il à haute energie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sophie Chiavassa</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Guertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferid Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st FLASH Radiotherapy and Particle Therapy Conference (FRPT 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Vienna and online, France. </w:t>
+              <w:t xml:space="preserve">8e Rencontre "Ion Beam Applications Francophone" - IBAF 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Distanciel, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03966933v1</w:t>
+                <w:t xml:space="preserve">hal-03283797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proton beam dosimetry at ultra high dose rates: evaluation of the usability and the dose rate dependency of various radiochromic films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Maximization of the dose homogeneity in the plateau for a low-energy preclinical proton beam line</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bongrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Koumeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphnée Villoing</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Bongrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -13294,363 +13294,363 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st FLASH Radiotherapy and Particle Therapy Conference (FRPT 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Vienna and online, Austria. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03934494v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03934510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximization of the dose homogeneity in the plateau for a low-energy preclinical proton beam line</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The ARRONAX platform for proton FLASH irradiation: From beam production to the target</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freddy Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Koumeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bongrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Ferid Haddad</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chiavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st FLASH Radiotherapy and Particle Therapy Conference (FRPT 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2021, Vienna and online, Austria. </w:t>
+              <w:t xml:space="preserve">, Dec 2021, Vienna and online, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03934510v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03966933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Section efficace de production de rayons X de la couche K : qu'en est-il à haute energie ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Q Mouchard</w:t>
+                <w:t xml:space="preserve">Proton beam dosimetry at ultra high dose rates: evaluation of the usability and the dose rate dependency of various radiochromic films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daphnée Villoing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bongrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8e Rencontre "Ion Beam Applications Francophone" - IBAF 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Distanciel, France. </w:t>
+              <w:t xml:space="preserve">1st FLASH Radiotherapy and Particle Therapy Conference (FRPT 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Vienna and online, Austria. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03283797v1</w:t>
+                <w:t xml:space="preserve">hal-03934494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FLASHMOD : vers une plateforme d’irradiation préclinique en protonthérapie FLASH à ARRONAX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chiavassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Delpon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13705,90 +13705,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-destructive analysis: PIXE with high-energy ion beam at the ARRONAX cyclotron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Koumeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Servagent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de l'Ecole Doctorale 3M - Nantes (2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Nantes, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13813,51 +13813,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined PIXE/PIGE with the high-energy beams of the ARRONAX cyclotron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13977,51 +13977,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Guertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferid Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Métivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14398,64 +14398,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Jawad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Girin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -14567,51 +14567,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="664AB331"/>
+    <w:nsid w:val="06BFAF6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14798,51 +14798,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/noel-servagent" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8867-623X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078535727" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304115v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ralite" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Evin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Koumeir" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Guertin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferid Haddad" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2025.113353" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006269v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bogaerts" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Saade" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellina Macaeva" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chiavassa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2025.110848" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559135v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Mouchard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Hazim" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2024.111777" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556782v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bongrand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Delpon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2024.103332" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645973v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Rosa Fois" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ngoc Tran" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fiegel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mp.17281" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940364v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adro.2022.101124" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267829v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gillon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.P Meziani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Louarn" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-023-04570-5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842584v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2022.110605" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201747v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Ghannam" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2023.109820" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03620094v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Poirier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blain" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bulteau-Harel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bongrand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1120-1797(22)01681-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03692104v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Vandenborre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233;e Villoing" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1667/RADE-22-00021.1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609664v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mp.15526" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227464v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Curtoni" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Gallin-Martel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Abbassi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bes" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Bosson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2021.165757" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260027v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Ralite" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2021.05.013" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276141v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13081889" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892981v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent M&#233;tivier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Naja" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2020.06.028" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467213v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Elidrissi-Moubtassim" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Audouin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boyer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2020.01.003" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467231v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marcatili" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Collot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Curtoni" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dauvergne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Hostachy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ab7a6c" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277791v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Basset" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chiavassa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Delpon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Deroff" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2019.06.008" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002631v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thiebaux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delagnes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Geerebaert" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2019.09.149" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02023308v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana de Nadal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Cherubini" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ch&#233;rel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Garrido" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rpd/ncy301" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912604v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Servagent" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2018.09.055" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0GQF36QT-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912545v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Subercaze" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2017.09.009" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912587v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Subercaze" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2017.02.014" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912317v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Jean-Soro" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/I2M.15.3-4.117-127" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912133v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Schwob" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cherel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rpd/ncv199" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794706v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebastard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chevallereau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Girin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol-Bernard Gossiaux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364912470181" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00858812v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevallereau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2013.2255451" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00862758v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jawad" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouvier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2013.2241536" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025875v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Plantier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bosch" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sourice" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2003.821488" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025874v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Raoul" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2003.821483" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025261v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pavageau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dallier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/14/12/011" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166447v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Plantier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sourice" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bosch" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311108v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daeun Kwon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Hoang Tran" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009133v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pereda" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ngoc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643344v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04249398v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craff Emeline" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245917v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04246385v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886937v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752954v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Mouchard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03963165v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03616960v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R. Fois" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1120-1797(22)01500-9" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752737v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03620098v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1120-1797(22)01529-0" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03934393v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283860v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pipelier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Echinard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03957666v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159139v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bes" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bosson" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouvier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159394v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Gallin-Martel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oreste Allegrini" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Cachemiche" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152534v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dauvergne" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157968v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007524v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Nigron" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sounalet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Michel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288896v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382681v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dauvergne" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Adam" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351809v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414671v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351915v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352012v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475944v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cornat" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gevin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2018.09.134" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340202v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hazim" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351116v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Gallin-Martel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349420v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gallin-Martel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353941v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Marcatili" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jacquet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSS/MIC42101.2019.9059815" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990019v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990025v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458216v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458258v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403206v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280178v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458423v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280183v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503049v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2012.6224836" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704063v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Jawad" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Gomez" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522917v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazen Alamir" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumayma Omar" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bellemain" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00368310v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Donnard" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thers" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Luquin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSSMIC.2007.4437146" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00145475v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grignon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barbet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bardi&#232;s" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Carlier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Chatal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2006.10.048" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FPGDRJ6S-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025857v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Breskin" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chechik" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cussonneau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025858v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Couturier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDL.2005.1490099" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025856v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00068059v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023685v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laloux" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leguay" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Leray" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2003.10.042" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N0JP94MR-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023684v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ouisse" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Y. Boisrobert" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.546072" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025260v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2003.12.030" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023687v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bedfer" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beucher" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coulon" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kunne" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2004.07.281" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N7BDCS2J-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024103v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.C. Seat" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boisrobert" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206923v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2002.1036996" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164536v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Raoul" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164535v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Ouisse" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291536v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean El Khoueiry" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Piscitelli" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827731v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04145654v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chocry" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04112001v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839761v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Molle" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bouly" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Collot" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03885576v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03901615v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886326v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886387v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680039v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03821657v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gillon" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Leli&#232;vre" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Louarn" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03811023v2" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03966933v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Poirier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03934494v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03934510v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283797v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397678v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347130v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399580v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082292v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03769700v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Berny" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Carduner" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Donnard" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le Ray" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03769603v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Morteau" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695453v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bouvier" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/noel-servagent" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8867-623X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078535727" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304115v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ralite" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Evin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Koumeir" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Guertin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferid Haddad" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2025.113353" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006269v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bogaerts" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Saade" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellina Macaeva" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chiavassa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2025.110848" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559135v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Mouchard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Hazim" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2024.111777" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556782v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bongrand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Delpon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2024.103332" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645973v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Rosa Fois" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ngoc Tran" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fiegel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mp.17281" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940364v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adro.2022.101124" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267829v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gillon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.P Meziani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Louarn" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-023-04570-5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842584v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radphyschem.2022.110605" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201747v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Ghannam" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.radonc.2023.109820" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03620094v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Poirier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blain" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bulteau-Harel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bongrand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1120-1797(22)01681-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03692104v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Vandenborre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233;e Villoing" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1667/RADE-22-00021.1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609664v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mp.15526" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227464v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Curtoni" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Gallin-Martel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Abbassi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bes" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Bosson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2021.165757" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276141v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13081889" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260027v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Ralite" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2021.05.013" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467231v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marcatili" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Collot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Curtoni" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dauvergne" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Hostachy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ab7a6c" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892981v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent M&#233;tivier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Naja" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2020.06.028" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467213v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Elidrissi-Moubtassim" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Audouin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boyer" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2020.01.003" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02023308v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana de Nadal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Cherubini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ch&#233;rel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Garrido" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rpd/ncy301" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002631v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thiebaux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delagnes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Geerebaert" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2019.09.149" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277791v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Basset" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chiavassa" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Delpon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Deroff" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2019.06.008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912604v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Servagent" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmp.2018.09.055" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0GQF36QT-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912545v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Subercaze" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2017.09.009" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912587v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Subercaze" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2017.02.014" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912317v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Jean-Soro" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/I2M.15.3-4.117-127" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912133v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Schwob" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cherel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rpd/ncv199" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00858812v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lebastard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chevallereau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2013.2255451" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794706v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chevallereau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Girin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol-Bernard Gossiaux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364912470181" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00862758v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jawad" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouvier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2013.2241536" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025875v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Plantier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bosch" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sourice" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2003.821488" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025874v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Raoul" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2003.821483" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025261v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pavageau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dallier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/14/12/011" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166447v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Plantier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sourice" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bosch" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009133v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pereda" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daeun Kwon" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Ngoc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311108v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Hoang Tran" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643344v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04249398v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craff Emeline" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04245917v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04246385v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752737v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Mouchard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886937v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752954v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03616960v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R. Fois" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1120-1797(22)01500-9" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03963165v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03620098v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1120-1797(22)01529-0" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283860v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pipelier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Echinard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03934393v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03957666v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159394v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Gallin-Martel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oreste Allegrini" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bes" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bosson" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Cachemiche" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159139v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouvier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03152534v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dauvergne" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157968v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007524v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Nigron" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sounalet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Michel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475944v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cornat" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gevin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2018.09.134" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352012v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288896v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382681v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dauvergne" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Adam" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351809v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414671v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351915v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340202v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Hazim" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351116v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Gallin-Martel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349420v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gallin-Martel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353941v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Marcatili" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jacquet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSS/MIC42101.2019.9059815" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990019v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990025v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458216v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458258v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403206v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280178v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458423v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280183v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503049v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2012.6224836" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704063v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Jawad" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Gomez" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522917v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazen Alamir" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumayma Omar" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bellemain" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00368310v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Donnard" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thers" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Luquin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NSSMIC.2007.4437146" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00145475v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grignon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barbet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bardi&#232;s" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Carlier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Chatal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2006.10.048" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FPGDRJ6S-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025858v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Breskin" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Couturier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cussonneau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDL.2005.1490099" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025857v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chechik" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025856v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00068059v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023685v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laloux" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leguay" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Leray" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2003.10.042" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N0JP94MR-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023684v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ouisse" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Y. Boisrobert" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.546072" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00025260v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2003.12.030" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00023687v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bedfer" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Beucher" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Coulon" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kunne" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2004.07.281" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N7BDCS2J-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00024103v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.C. Seat" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boisrobert" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206923v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2002.1036996" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164536v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Raoul" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164535v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Ouisse" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291536v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean El Khoueiry" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Piscitelli" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827731v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04112001v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04145654v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chocry" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839761v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Molle" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bouly" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Collot" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886387v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03885576v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03886326v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03901615v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03821657v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gillon" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Leli&#232;vre" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Louarn" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680039v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03811023v2" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283797v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03934510v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03966933v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Poirier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03934494v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397678v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347130v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399580v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082292v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03769700v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Berny" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Carduner" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Donnard" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Le Ray" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03769603v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Morteau" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00695453v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bouvier" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>