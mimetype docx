--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Noémie Janot </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargée de recherche INRAE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">noemie-janot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-9287-2532</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">170588661</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/C-4486-2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes travaux de recherche concernent l’analyse et la compréhension des processus biogéochimiques régissant le comportement et la mobilité des métaux entre les différents compartiments des écosystèmes aquatiques ou terrestres. Mon objectif est de parvenir à développer des modèles conceptuels ou numériques des interactions en jeu, afin de parvenir à prédire l’évolution du comportement des contaminants dans des conditions environnementales variées et construire des stratégies de réhabilitation adaptées.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En particulier, mon travail porte sur le comportement d’éléments traces métalliques (ETM : uranium, europium et ensemble des terres rares, nickel, cuivre) dans des milieux anthropisés (activités agricoles, industrielles, minières). J'étudie ces systèmes en utilisant un large spectre de techniques (spectroscopiques, microscopiques, électro-analytiques) selon une approche combinée, mêlant expérimentations en laboratoire, modélisation géochimique et observations et expériences sur le terrain. Mes travaux couvrent ainsi une large gamme d’échelles spatio-temporelles, allant de l’analyse de surface de colloïdes à la dynamique des éléments au sein d’un aquifère, tout en identifiant les processus ayant lieu à court terme (quelques jours) ou en projetant les observations faites à l’échelle du siècle.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localization and speciation of rare earth elements in mine tailings from ion-adsorption clay deposits, Southern China: Insights from microfocused X-ray fluorescence spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rivard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Noirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17, pp.100609. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.hazadv.2025.100609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04920248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare Earth Elements binding to humic acids: NICA-Donnan model parameterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alba Otero-Fariña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Marsac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Catrouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (1), pp.EN23049. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/EN23049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes over time in organic matter dynamics and copper solubility in a vineyard soil after incorporation of cover crop residues: Insights from a batch experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Ouedraogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahaut Sourzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 350, pp.141137. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.141137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing Conditions Influence U(IV) Accumulation in Sediments during In Situ Bioremediation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarrah Dunham-Cheatham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Lezama Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Cerrato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Alessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Earth and Space Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsearthspacechem.3c00271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of sulfur fertilizers applied at agronomic rates on cadmium availability in agricultural soils: insights from a batch experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Eon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Coriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pedosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pedsph.2024.07.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current controversies on mechanisms controlling soil carbon storage: implications for interactions with practitioners and policy-makers. A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Cécillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abad Chabbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 43 (1), pp.21. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-023-00876-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04032123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the Acid–Base Properties and Electrical Charge of Organic Matter Using Spectrophotometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marawit Tesfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Dia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Marsac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 57 (32), pp.12053-12062. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.3c04965⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04182319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do DOM optical parameters improve the prediction of copper availability in vineyard soils?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Ouédraogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahaut Sourzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-021-16361-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrasting effects of siderophores pyoverdine and desferrioxamine B on the mobility of iron, aluminum, and copper in Cu-contaminated soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sitraka Randriamamonjy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Ouédraogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 420, pp.115897. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2022.115897⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04272269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytoavailability of Cd, Cr, Cu, Hg, Mn, Mo, Ni, Pb, Tl and Zn in arable crop systems amended for 13 to 15 years with organic waste products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Marcelline Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Sappin-Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cambier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (4), pp.1-23. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/agronomy11040664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03281535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling rare earth elements binding to humic acids with model VII</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Marsac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Catrouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Davranche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Bouhnik-Le Coz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Briant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 567, pp.120099. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2021.120099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03137052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free Eu(III) Determination by Donnan Membrane Technique with Electrochemical Detection: Implementation and Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alba Otero-Fariña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José-Paulo F Pinheiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Geochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 27, pp.127-140. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10498-021-09392-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of organic complexation on Ni isotopic fractionation and Ni recycling in the upper soil layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabella O. Zelano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cloquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Fraysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuofei Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 483, pp.47-55. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2018.02.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation and purification treatments change the metal-binding properties of humic acids: effect of HF/HCl treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wander G. Botero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rute F. Domingos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Mariano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (7), pp.417-424. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/EN17129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redox Controls over the Stability of U(IV) in Floodplains of the Upper Colorado River Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristin Boye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S Lezama Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Bone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 51 (19), pp.10954-10964. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.7b02203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02535704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Especiação Termodinâmica De Metais Traço Com Substâncias Húmicas: O Modelo Nica-Donnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Paulo Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnívia Santos Costa Monteiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bert Jan Groenenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Henrique Rosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Química Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 40 (10), pp.1191-1203. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21577/0100-4042.20170107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03150297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PEST-ORCHESTRA, a tool for optimising advanced ion-binding model parameters: derivation of NICA-Donnan model parameters for humic substances reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Paulo Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wander Gustavo Botero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C.L. Meeussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (1), pp.31-38. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/EN16039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding controls on redox processes in floodplain sediments of the Upper Colorado River Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristin Boye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ravi Kukkadapu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Bone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S Lezama Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 603-604, pp.663-675. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.01.109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02535674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physico-Chemical Heterogeneity of Organic-Rich Sediments in the Rifle Aquifer, CO: Impact on Uranium Biogeochemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S Lezama Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Don Q Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy O’brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debra Hausladen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 50 (1), pp.46-53. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.5b03208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02535730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Persistent U(IV) and U(VI) following in-situ recovery (ISR) mining of a sandstone uranium deposit, Wyoming, USA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.J. Gallegos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.M. Campbell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.A. Zielinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.W. Reimus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.T. Clay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Geochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 63, pp.222-234. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apgeochem.2015.08.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02535985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geochemical drivers of organic matter decomposition in arctic tundra soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth M. Herndon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziming Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Z. Regier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 126 (3), pp.397-414. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10533-015-0165-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01254228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geochemical and mineralogical investigation of uranium in multi-element contaminated, organic-rich subsurface sediment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolla Qafoku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brandy Gartman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ravi Kukkadapu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruce Arey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Geochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 42, pp.77-85. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apgeochem.2013.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speciation and Reactivity of Uranium Products Formed during in Situ Bioremediation in a Shallow Alluvial Aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel S Alessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Suvorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose M Cerrato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 48 (21), pp.12842-12850. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/es502701u⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U(VI) Reduction by Diverse Outer Surface c -Type Cytochromes of Geobacter sulfurreducens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Orellana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janet Leavitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Comolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseann Csencsits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 79 (20), pp.6369-6374. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AEM.02551-13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02535976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of solution parameters on europium(III), α-Al$_2$O$_3$ and humic acid interactions: macroscopic and time-resolved laser-induced luminescence data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 123 (15), pp.35-54. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2013.08.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01121770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Eu(III) speciation in a Eu(III)/humic acid/$\alpha$-A$_2$O$_3$ ternary system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 435, pp.9-15. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.colsurfa.2013.02.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00852746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of humic acid reactivity modifications due to adsorption onto α-Al$_2$O$_3$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Croué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 46 (3), pp.731-740. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2011.11.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00656660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloidal $\alpha$-Al$_2$O$_3$, Europium(III) and humic substances interactions: A macroscopic and spectroscopic study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology News and Research Notes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 45 (8), pp.3224-3230. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/es102592a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00586155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using spectrophotometric titrations to characterize humic acid reactivity at environmental concentrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.V. Korshin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 44 (17), pp.6782-6788. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/es1012142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00512354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speciation of REEs in mine tailings from ion-adsorption clay deposits : insights from modelling and X-Ray spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Montargès-Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rivard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ye-Tao Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint International Symposium CIRSET – LIA Ecoland</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05330231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About some current controversies on mechanisms controlling carbon storage in soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Cecillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abad Chabbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Carbon in the Ecological Transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Rueil-Malmaison, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution et spéciation des terres rares dans des stériles miniers par micromorphologie et spectroscopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Montargès-Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rivard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ye-Tao Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Journées Scientifiques et Techniques du réseau des microscopistes INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, réseau des microscopistes INRAE, Nov 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spéciation des terres rares dans des stériles issus d'exploitation d'argiles ioniques (Chine) : Étude expérimentale et modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rivard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28e edition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytostabilization of ion-adsorption rare earth element mine tailings in South China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chang Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meina Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenshen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shichen Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Sino-French International Workshop on Contaminated Soil Remediation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial distribution and speciation of Rare Earth Elements in mine tailings from ion-adsorption deposits in Southern China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rivard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Bone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ye-Tao Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03325719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does temperature affect soil organic matter decomposition and dissolved organic matter optical properties ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Ouédraogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Denaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahaut Sourzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Coriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Bussiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30. International Meeting on Organic Geochemistry (IMOG 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IMOG, Sep 2021, Online, France. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3997/2214-4609.202134202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05046556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of reclamation on REEs speciation in ion-adsorption mine tailings: Experimental & Modelling study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Montargès-Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosoil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Virtual, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03325729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speciation of REEs in ionic REE mine tailings under reclamation: Experimental and modelling study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Montarges-Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rare earth elements supply: challenges and perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LabEx Ressources 21, Oct 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying rare earth elements binding to natural organic matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alba Otero-Farina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. Annual Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytostabilization of ionic rare earth element mine tailings in South China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Buyse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Campanella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying-Yan Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei-Na Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rare earth elements supply: challenges and perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02453507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare earths elements cycling in reclaimed ion-adsorption mine tailings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ye-Tao Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Geochemical Society, Aug 2018, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid-solution partitioning of Rare Earth Elements in mine-tailings and soils in China: experimental results and multi-surface modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alba Otero-Fariña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces Against Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a flux DMT with integrated adsorptive stripping voltammetry for free metal ions detection in solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Rotureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Paulo Pinheiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces Against Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Requalification des sols d’anciens sites miniers de métaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Echevarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel-Pierre Faucon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle géochimique des métaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02192506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular controls over uranium biogeochemistry in the upper Colorado River Basin: A regional perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Bone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristin Boye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Cardarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GSA Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Geological Society of America, Sep 2016, Denver, United States. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1130/abs/2016AM-284709⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uranium Biogeochemistry: Nanometer to Regional Scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth H Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Bone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristin Boye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Praha, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioremediation to Plume Persistence: Uranium Biogeochemistry in Naturally and Artificially Bioreduced Aquifer Sediments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Alessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morris E. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth H Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Sacramento, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speciation of Uranium Products Formed during in situ Biostimulation of the Old Rifle, CO Aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Alessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S. Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Suvorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose M Cerrato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Firenze, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adsorption of Eu(III) onto Minerals in the Presence of Humic Acids: Effects of Various Solution Parameters and Sorptive Fractionation on Modelling and Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Firenze, Italy. pp.2044</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemical cycling of uranium in a reduced aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S. Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth H Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip E Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizlan Bernier-Latmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">245th ACS National Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Sediment Porosity and Particulate Organic Carbon on Fe, S and U Cycling in Naturally Reduced Zones (NRZs) of a Contaminated Aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morris E. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Fendorf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Firenze, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fe and S redox cycling during a biostimulation episode at the Old Rifle, CO aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel S Alessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizlan Bernier-Latmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Suvorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Firenze, Italy. pp.1377, </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1180/minmag.2013.077.5.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01698314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability and Transformation of Monomeric U(IV) Species at the Rifle, Colorado IFRC Field Site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Alessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malgorzata Stylo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanne E. Stubbs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarrah Dunham-Cheatham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uranium(VI) reduction products in the Old Rifle, CO alluvial aquifer: Insights from X-ray absorption spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S. Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanne E. Stubbs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth H Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">244th ACS National Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speciation of uranium(IV) in a bioreduced aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R. Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S. Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanne E. Stubbs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth H Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces Against Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding uranium behavior in a reduced aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S. Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth H Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip E Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, San Francisco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Humic Acid Reactivity Modifications due to Adsorption onto alpha-Al2O3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Croué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface and organic speciation of Europium(III) in the α-Al2O3 - humic acid system: Macroscopic and spectroscopic investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">239th ACS National Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing NOM reactivity at environmental concentration using spectro-photometric titrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">239th ACS National Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of organic matter - Aluminium oxide interactions on Eu(III) speciation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.V. Korshin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Davos, Switzerland. pp.A585, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2009.05.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00449296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fertilisation soufrée augmente-t-elle la solubilisation et la disponibilité du cadmium dans le sol ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Eon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Coriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16 ième Jounrées d'Etude des Sols: Les sols et les systèmes alimentaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating organic matter acid-base properties and electrical charge by spectrophotometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marawit Tesfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Dia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Marsac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04187920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare earth elements binding to organic matter: an experimental and modelling study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alba Otero-Farina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rare earth elements supply: challenges and perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nancy, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02401247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free Eu3+ determination in natural waters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alba Otero-Fariña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Paulo Pinheiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rare earth elements supply: challenges and perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nancy, France. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02401248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare earth elements dynamics in reclaimed mine tailings: Experimental and modelling study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yetao Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle géochimique des métaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nancy, France. , 1 p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PEST-ORCHESTRA, a tool for optimising model parameters for humic substances reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Paulo Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wander Gustavo Botero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C. L. Meeussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27. Annual Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid-solution partitioning of REE in mine-tailings, soils and sediments in China and Canada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Romero-Freire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bert Jan Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICOBTE 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, zurich, Switzerland. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PEST-ORCHESTRA: A tool for optimizing model parameters for humic substances reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Paulo Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wander G Botero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C L Meeussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01698322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PEST-ORCHESTRA: A tool for optimizing NICA-Donnan model parameters for humic substances reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Paulo Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wander Gustavo G Botero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C. L. C L Meeussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. E Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PEST-ORCHESTRA: A tool for optimizing NICA-Donnan model parameters for humic substances reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Paulo Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wander Gustavo Botero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C. L. Meeussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces Against Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Lleida, Spain. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and impact of organic-rich sediments on uranium behavior in the Rifle aquifer, CO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S Lezama Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Don Q Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tim M O 'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debra Hausladen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Prague, Czech Republic. , 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Humic Substances on the Affinity of Ferrihydrite for U(VI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Dublet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gordon Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Fendorf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Sacramento, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Importance of Organic Matter-Uranium Biogeochemistry to Uranium Plume Persistence in the Upper Colorado River Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morris E. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Bone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemical cycling of organic carbon, uranium and sulfur in an alluvial aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Hausladen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M E Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">245th ACS National Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Humic Substances on the Trapping and Transformations of U(VI) by Ferrihydrite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Dublet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gordon Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Fendorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porosity and Organic Carbon Controls on Naturally Reduced Zone (NRZ) Formation Creating Microbial ‘Hotspots’ for Fe, S, and U Cycling in Subsurface Sediments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morris E. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Fendorf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of solution parameters on Europium(III), α-Al2O3 and humic acid interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces Against Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Europium(III), Colloidal α-Al2O3 and Humic acid interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, San Francico, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude spectrophotométrique de la réactivité de la matière organique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory V Korshin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matières Organiques et Environnement. Congrès national RESMO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Sainte-Maxime, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la matière organique naturelle et des surfaces minérales sur la spéciation des radionucléides en contexte environnemental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géochimie. Institut de physique du globe de paris - IPGP, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00643374v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId272"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Noémie Janot </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chargée de recherche INRAE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">noemie-janot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-9287-2532</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">170588661</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/C-4486-2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes travaux de recherche concernent l’analyse et la compréhension des processus biogéochimiques régissant le comportement et la mobilité des métaux entre les différents compartiments des écosystèmes aquatiques ou terrestres. Mon objectif est de parvenir à développer des modèles conceptuels ou numériques des interactions en jeu, afin de parvenir à prédire l’évolution du comportement des contaminants dans des conditions environnementales variées et construire des stratégies de réhabilitation adaptées.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En particulier, mon travail porte sur le comportement d’éléments traces métalliques (ETM : uranium, europium et ensemble des terres rares, nickel, cuivre) dans des milieux anthropisés (activités agricoles, industrielles, minières). J'étudie ces systèmes en utilisant un large spectre de techniques (spectroscopiques, microscopiques, électro-analytiques) selon une approche combinée, mêlant expérimentations en laboratoire, modélisation géochimique et observations et expériences sur le terrain. Mes travaux couvrent ainsi une large gamme d’échelles spatio-temporelles, allant de l’analyse de surface de colloïdes à la dynamique des éléments au sein d’un aquifère, tout en identifiant les processus ayant lieu à court terme (quelques jours) ou en projetant les observations faites à l’échelle du siècle.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localization and speciation of rare earth elements in mine tailings from ion-adsorption clay deposits, Southern China: Insights from microfocused X-ray fluorescence spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rivard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Noirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17, pp.100609. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.hazadv.2025.100609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04920248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare Earth Elements binding to humic acids: NICA-Donnan model parameterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alba Otero-Fariña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Marsac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Catrouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (1), pp.EN23049. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/EN23049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04184021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes over time in organic matter dynamics and copper solubility in a vineyard soil after incorporation of cover crop residues: Insights from a batch experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Ouedraogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahaut Sourzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 350, pp.141137. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.141137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing Conditions Influence U(IV) Accumulation in Sediments during In Situ Bioremediation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarrah Dunham-Cheatham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Lezama Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Cerrato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Alessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Earth and Space Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsearthspacechem.3c00271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of sulfur fertilizers applied at agronomic rates on cadmium availability in agricultural soils: insights from a batch experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Eon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Coriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pedosphere</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pedsph.2024.07.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current controversies on mechanisms controlling soil carbon storage: implications for interactions with practitioners and policy-makers. A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Cécillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abad Chabbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 43 (1), pp.21. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-023-00876-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04032123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating the Acid–Base Properties and Electrical Charge of Organic Matter Using Spectrophotometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marawit Tesfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Dia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Marsac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 57 (32), pp.12053-12062. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.3c04965⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04182319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do DOM optical parameters improve the prediction of copper availability in vineyard soils?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Ouédraogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahaut Sourzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-021-16361-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrasting effects of siderophores pyoverdine and desferrioxamine B on the mobility of iron, aluminum, and copper in Cu-contaminated soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Cornu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sitraka Randriamamonjy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Ouédraogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 420, pp.115897. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2022.115897⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04272269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytoavailability of Cd, Cr, Cu, Hg, Mn, Mo, Ni, Pb, Tl and Zn in arable crop systems amended for 13 to 15 years with organic waste products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Marcelline Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Sappin-Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Cambier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (4), pp.1-23. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/agronomy11040664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03281535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling rare earth elements binding to humic acids with model VII</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Marsac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Catrouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Davranche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Bouhnik-Le Coz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Briant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 567, pp.120099. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2021.120099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03137052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free Eu(III) Determination by Donnan Membrane Technique with Electrochemical Detection: Implementation and Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alba Otero-Fariña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José-Paulo F Pinheiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquatic Geochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 27, pp.127-140. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10498-021-09392-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03145175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of organic complexation on Ni isotopic fractionation and Ni recycling in the upper soil layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabella O. Zelano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Cloquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Fraysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuofei Dong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 483, pp.47-55. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chemgeo.2018.02.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Especiação Termodinâmica De Metais Traço Com Substâncias Húmicas: O Modelo Nica-Donnan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Paulo Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnívia Santos Costa Monteiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bert Jan Groenenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Henrique Rosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Química Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 40 (10), pp.1191-1203. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21577/0100-4042.20170107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03150297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redox Controls over the Stability of U(IV) in Floodplains of the Upper Colorado River Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristin Boye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S Lezama Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Bone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 51 (19), pp.10954-10964. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.7b02203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02535704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding controls on redox processes in floodplain sediments of the Upper Colorado River Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristin Boye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ravi Kukkadapu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Bone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S Lezama Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 603-604, pp.663-675. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.01.109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02535674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PEST-ORCHESTRA, a tool for optimising advanced ion-binding model parameters: derivation of NICA-Donnan model parameters for humic substances reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Paulo Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wander Gustavo Botero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C.L. Meeussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (1), pp.31-38. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/EN16039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation and purification treatments change the metal-binding properties of humic acids: effect of HF/HCl treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wander G. Botero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Pineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rute F. Domingos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Mariano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 14 (7), pp.417-424. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/EN17129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physico-Chemical Heterogeneity of Organic-Rich Sediments in the Rifle Aquifer, CO: Impact on Uranium Biogeochemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S Lezama Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Don Q Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy O’brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debra Hausladen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 50 (1), pp.46-53. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.5b03208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02535730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Persistent U(IV) and U(VI) following in-situ recovery (ISR) mining of a sandstone uranium deposit, Wyoming, USA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T.J. Gallegos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.M. Campbell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.A. Zielinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.W. Reimus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.T. Clay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Geochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 63, pp.222-234. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apgeochem.2015.08.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02535985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geochemical drivers of organic matter decomposition in arctic tundra soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth M. Herndon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ziming Yang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Z. Regier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 126 (3), pp.397-414. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10533-015-0165-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01254228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speciation and Reactivity of Uranium Products Formed during in Situ Bioremediation in a Shallow Alluvial Aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel S Alessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Suvorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose M Cerrato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 48 (21), pp.12842-12850. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/es502701u⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02531032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geochemical and mineralogical investigation of uranium in multi-element contaminated, organic-rich subsurface sediment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolla Qafoku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brandy Gartman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ravi Kukkadapu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruce Arey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Geochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 42, pp.77-85. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apgeochem.2013.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U(VI) Reduction by Diverse Outer Surface c -Type Cytochromes of Geobacter sulfurreducens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Orellana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janet Leavitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Comolli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseann Csencsits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 79 (20), pp.6369-6374. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AEM.02551-13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02535976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Eu(III) speciation in a Eu(III)/humic acid/$\alpha$-A$_2$O$_3$ ternary system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 435, pp.9-15. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.colsurfa.2013.02.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00852746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of solution parameters on europium(III), α-Al$_2$O$_3$ and humic acid interactions: macroscopic and time-resolved laser-induced luminescence data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 123 (15), pp.35-54. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2013.08.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01121770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of humic acid reactivity modifications due to adsorption onto α-Al$_2$O$_3$</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Croué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 46 (3), pp.731-740. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2011.11.042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00656660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloidal $\alpha$-Al$_2$O$_3$, Europium(III) and humic substances interactions: A macroscopic and spectroscopic study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology News and Research Notes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 45 (8), pp.3224-3230. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/es102592a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00586155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using spectrophotometric titrations to characterize humic acid reactivity at environmental concentrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.V. Korshin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 44 (17), pp.6782-6788. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/es1012142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00512354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speciation of REEs in mine tailings from ion-adsorption clay deposits : insights from modelling and X-Ray spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Montargès-Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rivard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ye-Tao Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint International Symposium CIRSET – LIA Ecoland</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05330231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About some current controversies on mechanisms controlling carbon storage in soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Derrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Basile-Doelsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauric Cecillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abad Chabbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil Carbon in the Ecological Transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Rueil-Malmaison, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05299712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution et spéciation des terres rares dans des stériles miniers par micromorphologie et spectroscopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Montargès-Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rivard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ye-Tao Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Journées Scientifiques et Techniques du réseau des microscopistes INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, réseau des microscopistes INRAE, Nov 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spéciation des terres rares dans des stériles issus d'exploitation d'argiles ioniques (Chine) : Étude expérimentale et modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rivard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28e edition de la Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of reclamation on REEs speciation in ion-adsorption mine tailings: Experimental & Modelling study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Montargès-Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurosoil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Virtual, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03325729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial distribution and speciation of Rare Earth Elements in mine tailings from ion-adsorption deposits in Southern China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Rivard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Bone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ye-Tao Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03325719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytostabilization of ion-adsorption rare earth element mine tailings in South China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chang Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meina Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenshen Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shichen Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Sino-French International Workshop on Contaminated Soil Remediation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does temperature affect soil organic matter decomposition and dissolved organic matter optical properties ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Ouédraogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Denaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahaut Sourzac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Coriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Bussiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30. International Meeting on Organic Geochemistry (IMOG 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IMOG, Sep 2021, Online, France. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3997/2214-4609.202134202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05046556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying rare earth elements binding to natural organic matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alba Otero-Farina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. Annual Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speciation of REEs in ionic REE mine tailings under reclamation: Experimental and modelling study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Montarges-Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Watteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rare earth elements supply: challenges and perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LabEx Ressources 21, Oct 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytostabilization of ionic rare earth element mine tailings in South China</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Buyse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Campanella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ying-Yan Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mei-Na Guo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rare earth elements supply: challenges and perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02453507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Requalification des sols d’anciens sites miniers de métaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Echevarria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel-Pierre Faucon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle géochimique des métaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02192506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a flux DMT with integrated adsorptive stripping voltammetry for free metal ions detection in solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Rotureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Paulo Pinheiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces Against Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare earths elements cycling in reclaimed ion-adsorption mine tailings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ye-Tao Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Geochemical Society, Aug 2018, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid-solution partitioning of Rare Earth Elements in mine-tailings and soils in China: experimental results and multi-surface modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alba Otero-Fariña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces Against Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, La Grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular controls over uranium biogeochemistry in the upper Colorado River Basin: A regional perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Bone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristin Boye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Cardarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GSA Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Geological Society of America, Sep 2016, Denver, United States. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1130/abs/2016AM-284709⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uranium Biogeochemistry: Nanometer to Regional Scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth H Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Bone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristin Boye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Praha, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioremediation to Plume Persistence: Uranium Biogeochemistry in Naturally and Artificially Bioreduced Aquifer Sediments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Alessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morris E. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth H Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Sacramento, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adsorption of Eu(III) onto Minerals in the Presence of Humic Acids: Effects of Various Solution Parameters and Sorptive Fractionation on Modelling and Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Firenze, Italy. pp.2044</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Sediment Porosity and Particulate Organic Carbon on Fe, S and U Cycling in Naturally Reduced Zones (NRZs) of a Contaminated Aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morris E. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Fendorf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Firenze, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemical cycling of uranium in a reduced aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S. Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth H Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip E Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizlan Bernier-Latmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">245th ACS National Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fe and S redox cycling during a biostimulation episode at the Old Rifle, CO aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel S Alessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rizlan Bernier-Latmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Suvorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Firenze, Italy. pp.1377, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1180/minmag.2013.077.5.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01698314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speciation of Uranium Products Formed during in situ Biostimulation of the Old Rifle, CO Aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Alessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S. Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Suvorova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose M Cerrato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Firenze, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding uranium behavior in a reduced aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S. Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth H Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philip E Long</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, San Francisco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speciation of uranium(IV) in a bioreduced aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R. Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S. Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanne E. Stubbs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth H Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces Against Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Humic Acid Reactivity Modifications due to Adsorption onto alpha-Al2O3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Croué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stability and Transformation of Monomeric U(IV) Species at the Rifle, Colorado IFRC Field Site</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Alessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malgorzata Stylo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanne E. Stubbs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarrah Dunham-Cheatham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uranium(VI) reduction products in the Old Rifle, CO alluvial aquifer: Insights from X-ray absorption spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S. Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanne E. Stubbs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kenneth H Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">244th ACS National Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterizing NOM reactivity at environmental concentration using spectro-photometric titrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">239th ACS National Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface and organic speciation of Europium(III) in the α-Al2O3 - humic acid system: Macroscopic and spectroscopic investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">239th ACS National Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of organic matter - Aluminium oxide interactions on Eu(III) speciation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.V. Korshin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Davos, Switzerland. pp.A585, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2009.05.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-00449296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating organic matter acid-base properties and electrical charge by spectrophotometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marawit Tesfa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Dia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Mahé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Marsac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt Conference 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04187920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fertilisation soufrée augmente-t-elle la solubilisation et la disponibilité du cadmium dans le sol ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Eon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Coriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16 ième Jounrées d'Etude des Sols: Les sols et les systèmes alimentaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare earth elements binding to organic matter: an experimental and modelling study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alba Otero-Farina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rare earth elements supply: challenges and perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nancy, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02401247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free Eu3+ determination in natural waters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alba Otero-Fariña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Paulo Pinheiro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rare earth elements supply: challenges and perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nancy, France. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02401248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare earth elements dynamics in reclaimed mine tailings: Experimental and modelling study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noemie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Séré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yetao Tang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle géochimique des métaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nancy, France. , 1 p., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid-solution partitioning of REE in mine-tailings, soils and sediments in China and Canada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Romero-Freire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermine Huot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Leguédois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bert Jan Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICOBTE 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, zurich, Switzerland. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01595450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PEST-ORCHESTRA, a tool for optimising model parameters for humic substances reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Paulo Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wander Gustavo Botero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C. L. Meeussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27. Annual Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PEST-ORCHESTRA: A tool for optimizing model parameters for humic substances reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Paulo Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wander G Botero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C L Meeussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01698322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PEST-ORCHESTRA: A tool for optimizing NICA-Donnan model parameters for humic substances reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Paulo Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wander Gustavo G Botero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C. L. C L Meeussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. E Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SETAC Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PEST-ORCHESTRA: A tool for optimizing NICA-Donnan model parameters for humic substances reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose Paulo Pinheiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wander Gustavo Botero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C. L. Meeussen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan E. Groenenberg</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces Against Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Lleida, Spain. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and impact of organic-rich sediments on uranium behavior in the Rifle aquifer, CO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S Lezama Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Don Q Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tim M O 'Brien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debra Hausladen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Goldschmidt</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Prague, Czech Republic. , 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Humic Substances on the Affinity of Ferrihydrite for U(VI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Dublet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gordon Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Fendorf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th Annual V.M. Goldschmidt Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Sacramento, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Importance of Organic Matter-Uranium Biogeochemistry to Uranium Plume Persistence in the Upper Colorado River Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morris E. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Bone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biogeochemical cycling of organic carbon, uranium and sulfur in an alluvial aquifer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan S Lezama-Pacheco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Hausladen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M E Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">245th ACS National Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2013, New Orleans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Humic Substances on the Trapping and Transformations of U(VI) by Ferrihydrite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Dublet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gordon Brown</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Fendorf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Porosity and Organic Carbon Controls on Naturally Reduced Zone (NRZ) Formation Creating Microbial ‘Hotspots’ for Fe, S, and U Cycling in Subsurface Sediments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morris E. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Bargar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scott Fendorf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 AGU Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02537152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of solution parameters on Europium(III), α-Al2O3 and humic acid interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces Against Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Europium(III), Colloidal α-Al2O3 and Humic acid interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc F. Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal E. Reiller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AGU Fall Meeting 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, San Francico, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude spectrophotométrique de la réactivité de la matière organique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory V Korshin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Reiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benedetti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matières Organiques et Environnement. Congrès national RESMO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Sainte-Maxime, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la matière organique naturelle et des surfaces minérales sur la spéciation des radionucléides en contexte environnemental</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Janot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géochimie. Institut de physique du globe de paris - IPGP, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00643374v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId272"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1DD5DF43"/>
+    <w:nsid w:val="CA3C5421"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/noemie-janot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9287-2532" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170588661" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-4486-2012" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04920248v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Janot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Huot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Perrin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Noirault" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hazadv.2025.100609" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184021v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Otero-Fari&#241;a" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Marsac" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Catrouillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan E Groenenberg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN23049" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495783v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Ouedraogo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Cornu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fanin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahaut Sourzac" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141137" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04423555v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarrah Dunham-Cheatham" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Lezama Pacheco" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Cerrato" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alessi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.3c00271" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04678725v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Vidal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nguyen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Eon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coriou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pedsph.2024.07.009" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04032123v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Derrien" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barr&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Basile-Doelsch" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric C&#233;cillon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abad Chabbi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-023-00876-x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04182319v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marawit Tesfa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Dia" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mah&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Marsac" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.3c04965" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348974v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-16361-5" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04272269v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gutierrez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitraka Randriamamonjy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gaudin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.115897" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03281535v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Marcelline Michaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sappin-Didier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cambier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy11040664" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03137052v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Davranche" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Bouhnik-Le Coz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Briant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2021.120099" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145175v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan E. Groenenberg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Paulo F Pinheiro" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10498-021-09392-4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939697v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella O. Zelano" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cloquet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fraysse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuofei Dong" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Janot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2018.02.023" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627272v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wander G. Botero" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Pineau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rute F. Domingos" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mariano" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN17129" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02535704v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent No&#235;l" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Boye" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S Lezama Pacheco" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Bone" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.7b02203" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03150297v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Paulo Pinheiro" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adn&#237;via Santos Costa Monteiro" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Jan Groenenberg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Henrique Rosa" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21577/0100-4042.20170107" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01696323v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Paulo Pinheiro" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wander Gustavo Botero" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C.L. Meeussen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN16039" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02535674v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi Kukkadapu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.01.109" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02535730v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Don Q Pham" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy O&#8217;brien" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debra Hausladen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5b03208" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02535985v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J. Gallegos" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Campbell" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Zielinski" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.W. Reimus" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T. Clay" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2015.08.017" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254228v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth M. Herndon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziming Yang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bargar" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Z. Regier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-015-0165-5" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536006v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolla Qafoku" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandy Gartman" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Arey" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Williams" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2013.12.001" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02531032v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S Alessi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Lezama-Pacheco" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Suvorova" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose M Cerrato" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es502701u" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02535976v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Orellana" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Leavitt" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Comolli" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseann Csencsits" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02551-13" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01121770v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc F. Benedetti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal E. Reiller" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2013.08.038" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-93PK03H3-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00852746v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Benedetti" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2013.02.052" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00656660v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zheng" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Crou&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Benedetti" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2011.11.042" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00586155v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es102592a" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00512354v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.V. Korshin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es1012142" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05330231v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarg&#232;s-Pelletier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye-Tao Tang" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299712v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Cecillon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04328067v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04328065v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Watteau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533714v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Liu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meina Guo" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenshen Liu" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shichen Zhu" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325719v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05046556v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Denaix" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bussiere" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202134202" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325729v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473676v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarges-Pelletier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473681v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Otero-Farina" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453507v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buyse" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Campanella" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Yan Chen" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mei-Na Guo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473680v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legu&#233;dois" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy S&#233;r&#233;" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473682v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473683v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Rotureau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192506v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Echevarria" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537245v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R Bargar" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Cardarelli" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/abs/2016AM-284709" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537200v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth H Williams" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537174v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morris E. Jones" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537132v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S. Lezama-Pacheco" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537106v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537095v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip E Long" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rizlan Bernier-Latmani" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537145v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Fendorf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01698314v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S Lezama-Pacheco" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/minmag.2013.077.5.10" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536214v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Stylo" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne E. Stubbs" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536219v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536206v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R. Bargar" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536222v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536211v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536187v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536184v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00449296v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2009.05.008" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H8W284MP-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04678815v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04187920v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401247v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401248v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473679v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yetao Tang" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788372v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C. L. Meeussen" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595450v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Romero-Freire" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01698322v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wander G Botero" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C L Meeussen" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537230v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wander Gustavo G Botero" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C. L. C L Meeussen" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan E. E Groenenberg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799885v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01696440v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim M O 'Brien" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537167v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Dublet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Brown" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537192v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537075v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pham" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Hausladen" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M E Jones" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537158v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537152v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536199v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536196v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536163v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory V Korshin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Reiller" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benedetti" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00643374v3" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/noemie-janot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9287-2532" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170588661" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-4486-2012" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04920248v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Janot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Huot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Perrin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Noirault" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hazadv.2025.100609" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184021v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Otero-Fari&#241;a" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Marsac" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Catrouillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan E Groenenberg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN23049" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495783v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Ouedraogo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Cornu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fanin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahaut Sourzac" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141137" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04423555v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarrah Dunham-Cheatham" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Lezama Pacheco" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Cerrato" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alessi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.3c00271" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04678725v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Vidal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nguyen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Eon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coriou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pedsph.2024.07.009" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04032123v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Derrien" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barr&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Basile-Doelsch" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric C&#233;cillon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abad Chabbi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-023-00876-x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04182319v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marawit Tesfa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Dia" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mah&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Marsac" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.3c04965" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348974v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ou&#233;draogo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-16361-5" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04272269v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gutierrez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitraka Randriamamonjy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gaudin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.115897" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03281535v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Marcelline Michaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Sappin-Didier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cambier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy11040664" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03137052v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Davranche" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Bouhnik-Le Coz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Briant" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2021.120099" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03145175v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan E. Groenenberg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Paulo F Pinheiro" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10498-021-09392-4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939697v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella O. Zelano" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cloquet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fraysse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuofei Dong" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Janot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2018.02.023" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03150297v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Paulo Pinheiro" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adn&#237;via Santos Costa Monteiro" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Jan Groenenberg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Henrique Rosa" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21577/0100-4042.20170107" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02535704v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent No&#235;l" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Boye" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S Lezama Pacheco" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Bone" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.7b02203" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02535674v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi Kukkadapu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.01.109" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01696323v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Paulo Pinheiro" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wander Gustavo Botero" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C.L. Meeussen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN16039" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627272v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wander G. Botero" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Pineau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rute F. Domingos" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mariano" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/EN17129" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02535730v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Don Q Pham" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy O&#8217;brien" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debra Hausladen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5b03208" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02535985v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.J. Gallegos" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.M. Campbell" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Zielinski" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.W. Reimus" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T. Clay" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2015.08.017" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254228v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth M. Herndon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziming Yang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bargar" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Z. Regier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-015-0165-5" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02531032v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S Alessi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Lezama-Pacheco" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Suvorova" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose M Cerrato" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es502701u" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536006v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolla Qafoku" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandy Gartman" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Arey" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Williams" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2013.12.001" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02535976v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Orellana" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Leavitt" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Comolli" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseann Csencsits" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02551-13" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00852746v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal E. Reiller" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Benedetti" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2013.02.052" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01121770v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc F. Benedetti" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2013.08.038" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-93PK03H3-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00656660v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zheng" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Crou&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Benedetti" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2011.11.042" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00586155v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es102592a" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00512354v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.V. Korshin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es1012142" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05330231v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarg&#232;s-Pelletier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye-Tao Tang" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299712v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Cecillon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04328067v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04328065v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Watteau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325729v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325719v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533714v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Liu" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meina Guo" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenshen Liu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shichen Zhu" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05046556v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Denaix" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bussiere" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202134202" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473681v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Otero-Farina" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473676v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Montarges-Pelletier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453507v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Buyse" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Campanella" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Yan Chen" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mei-Na Guo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192506v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Legu&#233;dois" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Echevarria" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473683v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Rotureau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473680v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy S&#233;r&#233;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473682v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537245v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R Bargar" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Cardarelli" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/abs/2016AM-284709" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537200v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth H Williams" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537174v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morris E. Jones" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537106v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537145v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Fendorf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537095v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S. Lezama-Pacheco" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip E Long" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rizlan Bernier-Latmani" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01698314v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S Lezama-Pacheco" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1180/minmag.2013.077.5.10" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537132v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536222v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536206v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R. Bargar" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne E. Stubbs" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536211v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536214v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Stylo" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536219v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536184v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536187v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00449296v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2009.05.008" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H8W284MP-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04187920v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04678815v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401247v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401248v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473679v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yetao Tang" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595450v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Romero-Freire" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788372v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C. L. Meeussen" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01698322v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wander G Botero" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C L Meeussen" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537230v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wander Gustavo G Botero" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C. L. C L Meeussen" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan E. E Groenenberg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799885v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01696440v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim M O 'Brien" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537167v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Dublet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Brown" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537192v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537075v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pham" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Hausladen" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M E Jones" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537158v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537152v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536199v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536196v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02536163v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory V Korshin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Reiller" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benedetti" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00643374v3" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>