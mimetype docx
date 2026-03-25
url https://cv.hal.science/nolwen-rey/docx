--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,682 +66,682 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identifier de nouvelles cibles moléculaires pour mieux comprendre la maladie de Parkinson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Baroin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milena Giromini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anselme Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Redeker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwen L. Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04563307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conformational strains of α-synuclein: Role of their interactors on alpha-synuclein pathology transmission in synucleinopathies.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milena Giromini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronald Melki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Redeker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Doctoral school day-ED568-BioSigne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04563273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selectivity of alpha-synuclein pathology transmission in synucleinopathies: role of alpha-synuclein strains and their interactomes?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwen L. Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwen L. Rey</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Virginie Redeker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracy Bellande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronald Melki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AD/PD 2023 : International conference on Alzheimer's and Parkinson's diseases and related neurological disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Göteborg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04563217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selectivity of alpha−synuclein pathology transmission in synucleinopathies: role of alpha−synuclein strains and their interactomes?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwen L. Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwen L. Rey</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Virginie Redeker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracy Bellande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronald Melki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synuclein 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Louvain (Leuven), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04943127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selectivity of alpha-synuclein pathology transmission in synucleinopathies: role of alpha-synuclein strains and their interactomes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwen L. Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwen L. Rey</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Virginie Redeker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracy Bellande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronald Melki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Protein Phase transitions in ageing and age-related diseases: from atomic resolution to cellular solutions- Conférence Jacques Monod</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04563245v1</w:t>
-              </w:r>
-[...148 lines deleted...]
-                <w:t xml:space="preserve">hal-04563307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -759,51 +759,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha-synuclein aggregation and propagation in synucleinopathies; influence of the structure of aggregates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroFrance 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1024,51 +1024,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Tyson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachael Sheridan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1149,51 +1149,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural connectivity predicts spreading of alpha-synuclein pathology in fibril-injected mouse models: Involvement of retrograde and anterograde axonal propagation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Mezias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrik Brundin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1251,381 +1251,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04247276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">α-Synuclein conformational strains spread, seed and target neuronal cells differentially after injection into the olfactory bulb</w:t>
+                <w:t xml:space="preserve">Loss of One Engrailed1 Allele Enhances Induced α-Synucleinopathy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwen Rey</w:t>
+                <w:t xml:space="preserve">Diptaman Chatterjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Bousset</w:t>
+                <w:t xml:space="preserve">Daniel Saiz Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Quansah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia George</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lindsay Meyerdirk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40478-019-0859-3⟩</w:t>
+              <w:t xml:space="preserve">Journal of Parkinson's disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (2), pp.315-326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JPD-191590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02426346v1</w:t>
+                <w:t xml:space="preserve">hal-04247676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loss of One Engrailed1 Allele Enhances Induced α-Synucleinopathy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">α-Synuclein conformational strains spread, seed and target neuronal cells differentially after injection into the olfactory bulb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwen Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diptaman Chatterjee</w:t>
+                <w:t xml:space="preserve">Luc Bousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Saiz Sanchez</w:t>
+                <w:t xml:space="preserve">Zachary Madaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Quansah</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sonia George</w:t>
+                <w:t xml:space="preserve">Lindsay Meyerdirk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Parkinson's disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (2), pp.315-326. </w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (1), pp.221. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/JPD-191590⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40478-019-0859-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04247676v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02426346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microglia affect $\alpha$-synuclein cell-to-cell transfer in a mouse model of Parkinson’s disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Tyson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Esquibel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lindsay Meyerdirk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Neurodegeneration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 14, pp.34. </w:t>
@@ -1657,769 +1657,769 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02280706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The olfactory bulb as the entry site for prion-like propagation in neurodegenerative diseases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Spread of aggregates after olfactory bulb injection of α-synuclein fibrils is associated with early neuronal loss and is reduced long term</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Wesson</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jennifer Steiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zachary Madaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kelvin Luk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nbd.2016.12.013⟩</w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 135 (1), pp.65-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00401-017-1792-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+              <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04247757v1</w:t>
+                <w:t xml:space="preserve">hal-04247996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spread of aggregates after olfactory bulb injection of α-synuclein fibrils is associated with early neuronal loss and is reduced long term</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Metabolomic Profiling of Bile Acids in an Experimental Model of Prodromal Parkinson’s Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stewart Graham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Kelvin Luk</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zafer Ugur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Yilmaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sherman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00401-017-1792-9⟩</w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (4), pp.71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo8040071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04247996v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04247780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolomic Profiling of Bile Acids in an Experimental Model of Prodromal Parkinson’s Disease</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Biochemical Profiling of the Brain and Blood Metabolome in a Mouse Model of Prodromal Parkinson’s Disease Reveals Distinct Metabolic Profiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stewart Graham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Yilmaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Sherman</w:t>
+                <w:t xml:space="preserve">Praveen Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zachary Madaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8 (4), pp.71. </w:t>
+              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 17 (7), pp.2460-2469. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/metabo8040071⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.8b00224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04247780v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04247988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biochemical Profiling of the Brain and Blood Metabolome in a Mouse Model of Prodromal Parkinson’s Disease Reveals Distinct Metabolic Profiles</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The vermiform appendix impacts the risk of developing Parkinson’s disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bryan Killinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zachary Madaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacek Sikora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Zachary Madaj</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alec Haas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteome Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jproteome.8b00224⟩</w:t>
+              <w:t xml:space="preserve">Science Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (465), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/scitranslmed.aar5280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04247988v1</w:t>
+                <w:t xml:space="preserve">hal-04247698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The vermiform appendix impacts the risk of developing Parkinson’s disease</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The olfactory bulb as the entry site for prion-like propagation in neurodegenerative diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alec Haas</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniel Wesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrik Brundin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Translational Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 10 (465), </w:t>
+              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 109, pp.226-248. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/scitranslmed.aar5280⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nbd.2016.12.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (data paper)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-04247698v1</w:t>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04247757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Widespread transneuronal propagation of α-synucleinopathy triggered in olfactory bulb mimics prodromal Parkinson’s disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Steiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nazia Maroof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kelvin Luk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zachary Madaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 213 (9), pp.1759-1778. </w:t>
@@ -2461,51 +2461,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review: Spreading the word: precise animal models and validated methods are vital when evaluating prion‐like behaviour of alpha‐synuclein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2607,77 +2607,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Boza-Serrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Reyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakon Leffler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Bousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 2 (1), pp.156. </w:t>
@@ -2732,77 +2732,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpha‐synuclein transfers from neurons to oligodendrocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Reyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Bousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronald Melki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrik Brundin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2882,77 +2882,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">α‐Synuclein: The Long Distance Runner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Reichenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Steiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrik Brundin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3003,90 +3003,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfer of human α-synuclein from the olfactory bulb to interconnected brain regions in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Bousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronald Melki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrik Brundin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3163,51 +3163,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla Lema Tomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor Tyson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Grathwohl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3288,51 +3288,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transmission of Tau Pathology Induced by Synthetic Preformed Tau Filaments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Reyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Angot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3379,51 +3379,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Locus coeruleus degeneration exacerbates olfactory deficits in APP/PS1 transgenic mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Jardanhazi-Kurutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3529,51 +3529,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behavioral and cellular markers of olfactory aging and their response to enrichment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Sacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3688,51 +3688,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Newborn Neurons in the Olfactory Bulb Selected for Long-Term Survival through Olfactory Learning Are Prematurely Suppressed When the Olfactory Memory Is Erased</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Sultan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Sacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3831,51 +3831,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mandairon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Sultan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Kermen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3983,51 +3983,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accumulating evidence suggests that Parkinson´s disease is a prion-like disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen L. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4149,51 +4149,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieillissement olfactif chez la souris normale et chez la souris APP/PS1, modèle de la maladie d'Alzheimer : implications de la neurogenèse et du système noradrénergique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Université Claude Bernard - Lyon I; Rheinische Friedrich-Wilhelms-Universität (Bonn, Allemagne), 2010. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2010LYO10269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4389,51 +4389,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563273v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Giromini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Melki" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Redeker" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwen L. Rey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563217v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cornu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Bellande" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943127v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563245v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563307v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Baroin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anselme Perrier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254079v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247798v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongqiao Zhang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla d'Agostino" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Tulisiak" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Thorwald" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Bergkvist" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e15622" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247708v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia George" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Tyson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael Sheridan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Peelaerts" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JPD-202351" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247276v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Mezias" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Brundin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashish Raj" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2019.104623" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02426346v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwen Rey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bousset" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Madaj" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Meyerdirk" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0859-3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247676v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diptaman Chatterjee" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Saiz Sanchez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Quansah" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JPD-191590" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02280706v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Esquibel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13024-019-0335-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247757v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wesson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2016.12.013" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247996v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Steiner" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelvin Luk" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-017-1792-9" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247780v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stewart Graham" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zafer Ugur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Yilmaz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sherman" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo8040071" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247988v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Praveen Kumar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.8b00224" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247698v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Killinger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Sikora" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alec Haas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.aar5280" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247749v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazia Maroof" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20160368" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248085v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. George" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brundin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nan.12299" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J5HS078G-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248076v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Boza-Serrano" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Reyes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakon Leffler" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-014-0156-0" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248080v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.22611" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RJQ3J033-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247636v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Reichenbach" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12046" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248065v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Petit" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-013-1160-3" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247662v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Lema Tom&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Grathwohl" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Britschgi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-012-8267-8" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247762v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Angot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0725-13.2013" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247911v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jardanhazi-Kurutz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dick Terwel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kummer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Jourdan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2010.10.009" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WC2JZ8X8-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247790v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Sacquet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Veyrac" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jourdan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Didier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2011.03.026" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8QTM3C5-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370332v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sultan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandairon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3677-11.2011" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02992187v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kermen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Moreno" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2009.04.008" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SVFWMSG2-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248032v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Dunning" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer A Steiner" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35491-5" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00595030v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010LYO10269" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563307v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Baroin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Giromini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anselme Perrier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Redeker" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwen L. Rey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563273v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Melki" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563217v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cornu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Bellande" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943127v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563245v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254079v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247798v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongqiao Zhang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla d'Agostino" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Tulisiak" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Thorwald" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Bergkvist" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2023.e15622" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247708v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia George" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Tyson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael Sheridan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Peelaerts" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JPD-202351" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247276v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Mezias" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Brundin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashish Raj" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2019.104623" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247676v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diptaman Chatterjee" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Saiz Sanchez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Quansah" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JPD-191590" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02426346v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwen Rey" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bousset" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Madaj" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Meyerdirk" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0859-3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02280706v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Esquibel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13024-019-0335-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247996v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Steiner" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelvin Luk" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-017-1792-9" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247780v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stewart Graham" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zafer Ugur" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Yilmaz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sherman" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo8040071" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247988v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Praveen Kumar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.8b00224" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247698v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Killinger" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacek Sikora" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alec Haas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.aar5280" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247757v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wesson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2016.12.013" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247749v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazia Maroof" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20160368" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248085v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. George" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brundin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nan.12299" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J5HS078G-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248076v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Boza-Serrano" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Reyes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakon Leffler" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-014-0156-0" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248080v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.22611" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RJQ3J033-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247636v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Reichenbach" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.12046" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248065v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Petit" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-013-1160-3" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247662v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Lema Tom&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Grathwohl" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Britschgi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-012-8267-8" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247762v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Angot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0725-13.2013" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247911v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jardanhazi-Kurutz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dick Terwel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kummer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Jourdan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2010.10.009" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WC2JZ8X8-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247790v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Sacquet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Veyrac" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jourdan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Didier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2011.03.026" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L8QTM3C5-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370332v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sultan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandairon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.3677-11.2011" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02992187v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kermen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Moreno" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2009.04.008" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SVFWMSG2-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248032v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Dunning" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer A Steiner" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-35491-5" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00595030v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010LYO10269" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>