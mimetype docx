--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -219,131 +219,130 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03515344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do personal health concerns and trust in healthcare providers mitigate privacy concerns? Effects on patients’ intention to share personal health data on electronic health records</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An experimental study of the effect of packaging colour on children's evaluation of packaging and attitude towards the brand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Bezaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emna Cherif</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Manel Mzoughi</w:t>
+                <w:t xml:space="preserve">Mathieu Kacha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Retail and Distribution Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 49 (6), pp.701-716. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/IJRDM-01-2020-0024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.socscimed.2021.114146⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03279987v1</w:t>
+                <w:t xml:space="preserve">halshs-03174930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digitalisation des relations inter-fonctionnelles marketing-ventes : quelles pratiques pour les entreprises ?</w:t>
               </w:r>
@@ -427,130 +426,131 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03515292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental study of the effect of packaging colour on children's evaluation of packaging and attitude towards the brand</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Do personal health concerns and trust in healthcare providers mitigate privacy concerns? Effects on patients’ intention to share personal health data on electronic health records</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emna Cherif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Kacha</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Mzoughi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Retail and Distribution Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/IJRDM-01-2020-0024⟩</w:t>
+              <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 283, pp.114146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.socscimed.2021.114146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03174930v1</w:t>
+                <w:t xml:space="preserve">halshs-03279987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transformation digitale, quelles solutions pour les TPE/PME : Passer au Marketing 3D</w:t>
               </w:r>
@@ -950,368 +950,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05530938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaining a Deeper Understanding of Patient Experiences: The Role of Technology in Empowerment and Care Pathways</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Politiques opt-in et opt-out : Quels impacts sur l'adoption des dossiers de santé électroniques en France ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emna Chérif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ameni Ben Jebril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Communication Management Conference - Marketing in the Digital Age, Navigating Disruptions and Embracing Innovations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MICA, Gujarat India, Jan 2025, Ahmedabad (online), India</w:t>
+              <w:t xml:space="preserve">41ème Congrès international de l'Association Française de Marketing 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04878185v1</w:t>
+                <w:t xml:space="preserve">hal-05160410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Politiques opt-in et opt-out : Quels impacts sur l'adoption des dossiers de santé électroniques en France ?</w:t>
+                <w:t xml:space="preserve">From Wow to Whatever: When Ads Go from Eye-Catching to Eye-Rolling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emna Chérif</w:t>
+                <w:t xml:space="preserve">Anuj Pal Kapoor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Varsha Jain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41ème Congrès international de l'Association Française de Marketing 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Lille, France</w:t>
+              <w:t xml:space="preserve">2025 Academy of Marketing Science Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05160410v1</w:t>
+                <w:t xml:space="preserve">hal-05160408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Wow to Whatever: When Ads Go from Eye-Catching to Eye-Rolling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anuj Pal Kapoor</w:t>
+                <w:t xml:space="preserve">Pratiques de Communication Persuasive et Adoption des Technologies E-Santé : Une étude exploratoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Varsha Jain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nora Bezaz</w:t>
+                <w:t xml:space="preserve">Ameni Ben Jebril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 Academy of Marketing Science Annual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">1ère Journée de Recherche en Gestion sur les Changements Comportementaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut du Marketing Social, Feb 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05160408v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04972405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pratiques de Communication Persuasive et Adoption des Technologies E-Santé : Une étude exploratoire</w:t>
+                <w:t xml:space="preserve">Gaining a Deeper Understanding of Patient Experiences: The Role of Technology in Empowerment and Care Pathways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ameni Ben Jebril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ère Journée de Recherche en Gestion sur les Changements Comportementaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut du Marketing Social, Feb 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">International Communication Management Conference - Marketing in the Digital Age, Navigating Disruptions and Embracing Innovations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MICA, Gujarat India, Jan 2025, Ahmedabad (online), India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04972405v1</w:t>
+                <w:t xml:space="preserve">hal-04878185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand le territoire s'adresse aux étudiants : effets du branding territorial</w:t>
               </w:r>
@@ -1379,51 +1379,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consumer responses to opt-in/opt-out policies: Insights from difference-in-differences method on Electronic Health Record implementation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Chérif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1474,51 +1474,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques de Communication Persuasive et Adoption des Technologies E-Santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ameni Ben Jebril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Rencontres SPINA-LAB 2025: "Faire dialoguer les savoirs pour innover et dynamiser les territoires."</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, EPINAL, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1556,51 +1556,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Role of Patient Engagement and Value Co-Creation in E-Health Technology Adoption: Effects on Consumer Well-Being: Structured abstract</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ameni Ben Jebril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 26th Academy of Marketing Science World Marketing Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1638,51 +1638,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-creating Value through Persuasive Communication: Exploring E-Health Technology Adoption in Healthcare: Structured Abstract</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ameni Ben Jebril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 Academy of Marketing Science Annual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1707,51 +1707,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Role of Consumer Empowerment and Trust in the Disclosure of Personal Health Data: An Abstract</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1884,51 +1884,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’impact de l’innovation technologique sur le parcours de santé du patient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ameni Ben Jebril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre membres - Accès aux soins &amp; numérique en santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BioValley France, Feb 2024, Metz (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2249,402 +2249,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03660272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communication persuasive : illustrations dans le contexte digital</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La communication persuasive peut-elle être empathique ? Elaboration d’un modèle conceptuel et proposition d’une échelle de mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Bezaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Comino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dianoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gautier Lombard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nora Bezaz</w:t>
+                <w:t xml:space="preserve">Renaud Frazer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Ramone-Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Salon #GEN 2021 - Rdv business et Numérique du Grand Est - Centre des Congrès METZ</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Metz, France</w:t>
+              <w:t xml:space="preserve">7ème édition de la Journée de recherche en Marketing du Grand Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, REIMS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03398829v1</w:t>
+                <w:t xml:space="preserve">hal-03284515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’engagement des marques à l’égard de la crise sanitaire sur les médias sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Comino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dianoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Frazer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Ramone-Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grand Est Numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, METZ, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03343903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La communication persuasive peut-elle être empathique ? Elaboration d’un modèle conceptuel et proposition d’une échelle de mesure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Communication persuasive : illustrations dans le contexte digital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dianoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Herrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Kacha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Ramone-Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème édition de la Journée de recherche en Marketing du Grand Est</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, REIMS, France</w:t>
+              <w:t xml:space="preserve">Salon #GEN 2021 - Rdv business et Numérique du Grand Est - Centre des Congrès METZ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03284515v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03398829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marketing-sales alignment and business practices</w:t>
               </w:r>
@@ -2725,77 +2725,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'influence de l'attitude envers le risque sanitaire et la confiance envers les parties prenantes sur les réactions du patient : le cas des plateformes de santé en ligne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Mzoughi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37ème congrès international de l'Association Française du Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2846,51 +2846,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Siadou-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Frazer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Journée du Marketing Agroalimentaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2915,77 +2915,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de l’attitude envers le risque sanitaire sur la protection des données médicales personnelles et la confiance envers les parties prenantes : Le cas du dossier médical partagé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Mzoughi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème Colloque marketing digital</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3023,51 +3023,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude expérimentale de l’influence de la couleur d’un packaging sur les réponses d’enfants âgés de 7 à 12 ans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Kacha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de Recherche en Marketing du Grand Est (JRMGE) 5ème édition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3420,51 +3420,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of packaging colour on children’s colour preferences, packaging evaluation and attitude toward the brand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Kacha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Colloquium on Kids and Retailing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3502,51 +3502,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’influence de la couleur d’un packaging sur son évaluation et sur l’attitude envers la marque des enfants de 7 à 12 ans : une exploration du rôle de la préférence envers la couleur du packaging,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Kacha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Journée de Recherche en Marketing du Grand Est</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire de recherche CEREFIGE, Mar 2017, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3893,247 +3893,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02171456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude exploratoire sur l’effet des dimensions de la couleur des sites de marque sur les préférences des enfants</w:t>
+                <w:t xml:space="preserve">Etude exploratoire sur l’effet des dimensions de la couleur des sites de marque sur les préférences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz-Zeghache</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Héla Ben Miled-Chérif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26ème Congrès International de l'Association Française du Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02171466v1</w:t>
+                <w:t xml:space="preserve">halshs-03010792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude exploratoire sur l’effet des dimensions de la couleur des sites de marque sur les préférences</w:t>
+                <w:t xml:space="preserve">L’influence de la couleur et de la forme du packaging sur le comportement d’achat des enfants : une étude exploratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz-Zeghache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26ème Congrès International de l'Association Française du Marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Angers, France</w:t>
+              <w:t xml:space="preserve">9ème Journées Normandes de Recherche sur la Consommation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03010792v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03010799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’influence de la couleur et de la forme du packaging sur le comportement d’achat des enfants : une étude exploratoire</w:t>
+                <w:t xml:space="preserve">Etude exploratoire sur l’effet des dimensions de la couleur des sites de marque sur les préférences des enfants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz-Zeghache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héla Ben Miled-Chérif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Journées Normandes de Recherche sur la Consommation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Rouen, France</w:t>
+              <w:t xml:space="preserve">26ème Congrès International de l'Association Française du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03010799v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02171466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'influence de la couleur et de la forme du packaging sur le comportement d'achat des enfants</w:t>
               </w:r>
@@ -4220,51 +4220,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovation technologique et parcours de soins d’un patient autonome et « augmenté » : Le cas du groupe UNEOS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ameni Ben Jebril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4654,77 +4654,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dois-je divulguer mes données médicales pour être mieux pris en charge ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Mzoughi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.64628/AAK.7jwha6cra⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5021,51 +5021,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude exploratoire sur l’effet des dimensions de la couleur des sites de marque sur les préférences des enfants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héla Ben Miled-Chérif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bezaz-Zeghache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5368,51 +5368,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515344v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Bezaz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dianoux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Th&#233;venot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.127.0059" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03279987v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Cherif" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Mzoughi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2021.114146" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515292v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Himber" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Soulez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dm.104.0049" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174930v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Kacha" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJRDM-01-2020-0024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-XMSTFD1H-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972672v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170974v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJRDM-08-2013-0168" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-LG3L3P4M-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530945v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Anton" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gurtner" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530938v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Augustin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Wannenmacher" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878185v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameni Ben Jebril" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160410v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Ch&#233;rif" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160408v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anuj Pal Kapoor" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varsha Jain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972405v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378785v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tugba Sackan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160409v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378784v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160405v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160406v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608369v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731730v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria De-Juan-Vigaray" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478380v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404467v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Balzani" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Habran" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839439v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660272v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03398829v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Herrmann" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Lombard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343903v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Comino" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Frazer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Ramone-Louis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284515v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273110v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625244v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972657v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Siadou-Martin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972604v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169905v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518219v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511399v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511395v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518222v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171070v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171032v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171086v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171449v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340288v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Besson" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Bezaz-Zeghache" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Segard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171456v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171466v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;la Ben Miled-Ch&#233;rif" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03010792v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03010799v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03010785v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878219v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eska-publishing.com/fr/home/1133564-faire-hopital-ensemble.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169409v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dykinson.com/libros/consumo-marcas-e-intangibles-en-el-publico-infantil-y-joven/9788411701525/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/jj.5076223.10" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04861914v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.yugf6h7p6" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731669v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167549v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03660259v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.7jwha6cra" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607849v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bonniec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03251727v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.ncfukpak7" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498849v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03010777v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03010765v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03010137v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515344v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Bezaz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dianoux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Th&#233;venot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.127.0059" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03174930v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Kacha" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJRDM-01-2020-0024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-XMSTFD1H-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515292v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Himber" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Soulez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dm.104.0049" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03279987v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Cherif" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Mzoughi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2021.114146" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972672v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170974v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJRDM-08-2013-0168" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-LG3L3P4M-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530945v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Anton" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gurtner" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530938v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Augustin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Wannenmacher" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160410v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Ch&#233;rif" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160408v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anuj Pal Kapoor" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varsha Jain" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972405v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameni Ben Jebril" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878185v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378785v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tugba Sackan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160409v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378784v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160405v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160406v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608369v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731730v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria De-Juan-Vigaray" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478380v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404467v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Balzani" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Habran" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839439v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660272v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284515v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Comino" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Frazer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Ramone-Louis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343903v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03398829v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Herrmann" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Lombard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273110v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625244v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972657v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Siadou-Martin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972604v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02169905v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518219v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511399v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511395v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518222v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171070v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171032v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171086v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171449v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340288v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Besson" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Bezaz-Zeghache" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Segard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171456v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03010792v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03010799v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171466v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;la Ben Miled-Ch&#233;rif" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03010785v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878219v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eska-publishing.com/fr/home/1133564-faire-hopital-ensemble.html" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169409v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dykinson.com/libros/consumo-marcas-e-intangibles-en-el-publico-infantil-y-joven/9788411701525/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/jj.5076223.10" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04861914v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.yugf6h7p6" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731669v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167549v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03660259v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.7jwha6cra" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607849v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bonniec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03251727v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.ncfukpak7" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498849v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03010777v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03010765v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03010137v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>