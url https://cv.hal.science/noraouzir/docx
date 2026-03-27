--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -245,265 +245,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04914445v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primary liver cancer classification from routine tumour biopsy using weakly supervised deep learning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Convex Parameter Estimation of Perturbed Multivariate Generalized Gaussian Distributions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Ouzir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Beaufrère</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frédéric Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Pesquet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JHEP Reports Innovation in Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhepr.2024.101008⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 72, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TSP.2024.3453509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04534805v1</w:t>
+                <w:t xml:space="preserve">hal-04366765v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convex Parameter Estimation of Perturbed Multivariate Generalized Gaussian Distributions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Primary liver cancer classification from routine tumour biopsy using weakly supervised deep learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Beaufrère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Ouzir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Emile Zafar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Laurent-Bellue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Pascal</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Miguel Albuquerque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 72, </w:t>
+              <w:t xml:space="preserve">JHEP Reports Innovation in Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6 (3), pp.101008. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TSP.2024.3453509⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhepr.2024.101008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04366765v2</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04534805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimodal image fusion via coupled feature learning</w:t>
               </w:r>
@@ -1015,51 +1015,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Leïla Ouzir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Pesquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pascal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Singapore, France. pp.5772-5776, </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2278,51 +2278,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04914445v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Ouzir" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili Pustovalov" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duong-Hung Pham" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Kouam&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Pesquet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2025.107932" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534805v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Beaufr&#232;re" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Emile Zafar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Laurent-Bellue" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Albuquerque" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhepr.2024.101008" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366765v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pascal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2024.3453509" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763293v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshad Veshki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergiy Vorobyov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esa Ollila" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2022.108637" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675039v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTSP.2020.3001829" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184824v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Le&#239;la Ouzir" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Basarab" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lairez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tourneret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2018.2870947" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677873v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Liebgott" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Harbaoui" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2017.2753406" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763278v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9747354" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03130465v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Wei" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9554890" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03130227v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergiy A Vorobyov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEECONF51394.2020.9443321" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901597v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Bioucas-Dias" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8925936" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863743v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2017.8296387" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656602v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMSAP.2017.8313079" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635351v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Chiril" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2018.8580022" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871331v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8092152" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03130475v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshad G. Veshki" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02301546v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018TOU30149" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04914445v2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Ouzir" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassili Pustovalov" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duong-Hung Pham" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Kouam&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Pesquet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2025.107932" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366765v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pascal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2024.3453509" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534805v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Beaufr&#232;re" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Emile Zafar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Laurent-Bellue" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Albuquerque" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhepr.2024.101008" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763293v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshad Veshki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergiy Vorobyov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esa Ollila" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2022.108637" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675039v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTSP.2020.3001829" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02184824v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Le&#239;la Ouzir" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Basarab" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lairez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tourneret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2018.2870947" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677873v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Liebgott" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Harbaoui" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2017.2753406" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763278v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP43922.2022.9747354" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03130465v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Wei" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9554890" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03130227v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergiy A Vorobyov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEECONF51394.2020.9443321" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901597v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Bioucas-Dias" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2019.8925936" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863743v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2017.8296387" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656602v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMSAP.2017.8313079" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635351v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Chiril" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2018.8580022" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871331v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8092152" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03130475v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farshad G. Veshki" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02301546v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018TOU30149" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>