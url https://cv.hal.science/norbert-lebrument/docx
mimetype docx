--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -713,174 +713,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04365931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A commentary on Miron et al. (2024): Broadening Power Conceptualization and Integrating Intersectionality in Managerial Views on Gender Inequality</w:t>
+                <w:t xml:space="preserve">Nietzschean dissolution of the individual: foundations and implications for organisation theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Lebrument</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Group and Organization Management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Management Concepts and Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (3)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04793478v1</w:t>
+                <w:t xml:space="preserve">hal-04700133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nietzschean dissolution of the individual: foundations and implications for organisation theory</w:t>
+                <w:t xml:space="preserve">A commentary on Miron et al. (2024): Broadening Power Conceptualization and Integrating Intersectionality in Managerial Views on Gender Inequality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Lebrument</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Management Concepts and Philosophy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Group and Organization Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/10596011241301118⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700133v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04793478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’implication des équipes de campagne électorale à l’épreuve de l’adoption de WhatsApp : conception et test d’un modèle appliqué aux élections municipales françaises de 2020</w:t>
               </w:r>
@@ -1141,248 +1141,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03665680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour l'établissement de systèmes de gestion de crise résilients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Triggering participation in smart cities: Political efficacy, public administration satisfaction and sense of belonging as drivers of citizens’ intention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norbert Lebrument</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédrine Zumbo-Lebrument</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rochette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael de Vittoris</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Norbert Lebrument</w:t>
+                <w:t xml:space="preserve">Thomas Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Question(s) de Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/qdm.215.0113⟩</w:t>
+              <w:t xml:space="preserve">Technological Forecasting and Social Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 171, pp.120938. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.techfore.2021.120938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03879067v1</w:t>
+                <w:t xml:space="preserve">hal-03265419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Triggering participation in smart cities: Political efficacy, public administration satisfaction and sense of belonging as drivers of citizens’ intention</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pour l'établissement de systèmes de gestion de crise résilients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael de Vittoris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Cros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Lebrument</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Roulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Technological Forecasting and Social Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 171, pp.120938. </w:t>
+              <w:t xml:space="preserve">Question(s) de Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (35), pp.113-126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.techfore.2021.120938⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/qdm.215.0113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03265419v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03879067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déterminants de la participation des parties prenantes à une démarche de marketing territorial : le cas d’une marque de territoire française</w:t>
               </w:r>
@@ -5033,51 +5033,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05519349v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Blangeois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Lebrument" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sbr.2025.100025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05519195v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10596011251415213" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05061982v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10596011251336570" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094251v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rochette" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30953/thmt.v10.548" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700109v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drine Zumbo-Lebrument" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700123v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04365931v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23311975.2023.2300843" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793478v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10596011241301118" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700133v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04163484v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03219176v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mortier St&#233;phane" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine de La Robertie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665680v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.214.0019" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03879067v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael de Vittoris" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cros" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.215.0113" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265419v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roulet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.techfore.2021.120938" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02370765v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1072628ar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03219101v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091392v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.202.0009" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007328v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02377883v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03219129v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35808/ersj/588" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03219151v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02377878v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03230417v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00446917v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00280718v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05109659v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Basso" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237126v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237120v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03333685v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03333595v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03333648v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03333697v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03333681v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03001658v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03333706v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908583v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908577v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908579v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656079v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00763095v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00422074v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261140v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00152372v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189932v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189936v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Pomian" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03219202v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04237252v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01903321v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03230426v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03230427v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03230429v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03230432v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03230433v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352990v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05519349v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Blangeois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Lebrument" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sbr.2025.100025" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05519195v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10596011251415213" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05061982v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10596011251336570" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05094251v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rochette" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30953/thmt.v10.548" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700109v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drine Zumbo-Lebrument" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700123v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04365931v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23311975.2023.2300843" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700133v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793478v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10596011241301118" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04163484v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03219176v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mortier St&#233;phane" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine de La Robertie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665680v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.214.0019" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265419v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roulet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.techfore.2021.120938" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03879067v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael de Vittoris" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cros" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.215.0113" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02370765v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1072628ar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03219101v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091392v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.202.0009" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02007328v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02377883v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03219129v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35808/ersj/588" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03219151v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02377878v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03230417v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00446917v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00280718v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05109659v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Basso" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237126v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237120v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03333685v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03333595v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03333648v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03333697v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03333681v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03001658v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03333706v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908583v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908577v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908579v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656079v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00763095v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00422074v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00261140v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00152372v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189932v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00189936v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Pomian" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03219202v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04237252v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01903321v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03230426v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03230427v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03230429v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03230432v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03230433v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00352990v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>