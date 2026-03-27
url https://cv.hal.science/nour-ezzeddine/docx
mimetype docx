--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -162,380 +162,514 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation du Screening BAT au basque dialectal parlé en France (variété bas-navarraise) : méthodologie et études de cas</w:t>
+                <w:t xml:space="preserve">Setting a research agenda for the assessment and treatment of aphasia in minority languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Duguine</w:t>
+                <w:t xml:space="preserve">Ana Matić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nour Ezzedine</w:t>
+                <w:t xml:space="preserve">Marie Pourquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Cabe</w:t>
+                <w:t xml:space="preserve">Monica Norvik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Köpke</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jelena Kuvač Kraljević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanne Gram Simonsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glossa</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.61989/vnadm567⟩</w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 198, pp.13-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2026.02.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05389128v1</w:t>
+                <w:t xml:space="preserve">hal-05553368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive control and language control in bilingual aphasia: Insights from recent studies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Adaptation du Screening BAT au basque dialectal parlé en France (variété bas-navarraise) : méthodologie et études de cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Duguine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Cabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Köpke</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xavier de Boissezon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/nrp.2025.0835⟩</w:t>
+              <w:t xml:space="preserve">Glossa : Revue Scientifique en Orthophonie Logopédie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 145, pp.34-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.61989/vnadm567⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05535822v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05389128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cognitive control and language control in bilingual aphasia: Insights from recent studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour Ezzedine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Köpke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier de Boissezon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (4), pp.205-217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/nrp.2025.0835⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05535822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cognitive control and bilingual aphasia: exploratory results in French-speaking bilinguals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier de Boissezon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Köpke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stem-, Spraak- en Taalpathologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 27 (supplement), pp.222-227. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.21827/32.8310/2022-SA⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04928615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -545,1151 +679,1151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An interplay between language and cognitive control in bilingual aphasia. In M. Pourquié (Chair), Aphasia in multilingual individuals: research, assessment and treatment [Symposium]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Köpke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 15th International Symposium on Bilingualism (ISB15)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Basque Center of Cognition, Brain and Language, Jun 2025, Donostia-San Sebastián, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05109496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Setting a Research Agenda for the Assessment and Treatment of Aphasia in Minority Languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Matić Škorić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pourquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Norvik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jelena Kuvač Kraljević</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanne Gram Simonsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Science of Aphasia Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Copenhagen, Sep 2025, Cophenhague, Denmark. pp.202-205</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05337166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration de la relation entre le contrôle cognitif et le contrôle des langues dans l'aphasie bilingue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire iBrain, équipe 1 (Groupe Langage)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04926555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration des liens entre contrôle cognitif et contrôle des langues chez des bilingues aphasiques francophone</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Évaluation de l’aphasie bilingue au Liban : défis rencontrés lors de l’adaptation de la version courte du Bilingual Aphasia Test français au contexte libanais plurilingue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Xavier de Boissezon</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Zakaria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème Rencontres Internationales de l'UNADREO : Le Langage Oral</w:t>
+              <w:t xml:space="preserve">23ème Rencontres Internationles de l'UNADREO : Le Langage Oral</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04928582v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04928594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation de l’aphasie bilingue au Liban : défis rencontrés lors de l’adaptation de la version courte du Bilingual Aphasia Test français au contexte libanais plurilingue</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Exploration des liens entre contrôle cognitif et contrôle des langues chez des bilingues aphasiques francophone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maria Zakaria</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Köpke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier de Boissezon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23ème Rencontres Internationles de l'UNADREO : Le Langage Oral</w:t>
+              <w:t xml:space="preserve">23ème Rencontres Internationales de l'UNADREO : Le Langage Oral</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04928594v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04928582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">حبسة كلامية من عشية: ع الحبسة الكلامية بكل تفاصيلها</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahya Ghaddar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Youssef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour Ezzedine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zahya Ghaddar</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maria Zakaria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rania Kassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table ronde par Zoom organisée par l'Association Libanaise des Orthophonistes (ALO), Comité de Neurologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Beyrouth, Lebanon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04926596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive control and bilingual aphasia : exploratory results in French-speaking bilinguals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier de Boissezon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Köpke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Science of Aphasia Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04804656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Que se passe-t-il lorsque je ne peux plus parler dans une de mes langues ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fête de la Science, Thèse qui peut ! Centre de Ressources Psychologie Louise Michel, Université Toulouse Jean Jaurès</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04926585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recueil, traitement et analyse des discours en aphasiologie : implications éthiques, méthodologiques et théoriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Sahraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Martinez-Ferreiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire LNPL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04926570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’aphasie et le bilinguisme au coeur de la recherche en orthophonie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire ORTHO &amp; RECHERCHE du Centre de Formation Universitaire en Orthophonie de Nantes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04926546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aphasie bilingue : pourquoi une langue serait plus accessible qu’une autre ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Scientifique des Doctorants de l’ED CLESCO (JsDoC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04926540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle cognitif, aphasie et bilinguisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Octogone-Lordat Work in progress: projets de thèse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04926574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une analyse qualitative des tâches de fluences verbales chez les bilingues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Work in progress: spécial Masters » de l’URI Octogone-Lordat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04926581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1699,452 +1833,452 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using network science to investigate the role of language context in the dynamics of semantic networks. A study of Lebanese Arabic-French bilinguals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layana Awada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adel Chaouch-Orozco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Martín-Villena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 15th International Symposium on Bilingualism (ISB15)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Donostia-San Sebastián, Spain. , https://www.bcbl.eu/events/files/galeria/files/ISB15_BookOfAbstracts_v1.pdf?v=2.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05109569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What’s in the semantic fluency task? An exploratory study of the dynamics of semantic fluency during bilingual development and the role of clustering and switching</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Köpke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layana Awada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Copin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Saddour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Multilingualism COM 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04790845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive control and bilingual aphasia : Evidence from the verbal fluency task in French-speaking bilinguals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Köpke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier de Boissezon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">60th Annual Meeting of the Academy of Aphasia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Philadelphia, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04804521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation of the Bilingual Aphasia Test to Lebanese Arabic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Köpke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th International Science of Aphasia Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Rome, Italy. 24, Stem-, Spraak- en Taalpathologie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02283220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2154,117 +2288,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction aux statistiques en Sciences du Langage : Traitement et analyse de données avec R</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Solier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucille Soulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dunod, 2023, 9782100852642</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04746789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2274,417 +2408,417 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crosslinguistic Approaches to Aphasia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Martínez-Ferreiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reference Module in Social Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-323-95504-1.00554-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05051582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’évaluation du sujet bilingue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Köpke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Massa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Amiéva, H., Azouvi, P., Barbeau., E. &amp; Colette, F. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traité de Neuropsychologie Clinique de l’Adulte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3ème édition, De Boeck Supérieur, pp. 377-388, 2023, 9782807335158</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04804329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation de l’aphasie bilingue au Liban : défis rencontrés lors de l’adaptation de la version courte du Bilingual Aphasia Test français au contexte libanais plurilingue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Zakaria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">G. Hilaire-Debove &amp; S. Basaglia-Pappas (Eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langage oral : état des pratiques orthophoniques et de la recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ortho-édition, pp. 323-343, 2023, 9782362351464</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04817961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration des liens entre contrôle cognitif et contrôle des langues chez des bilingues aphasiques francophones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier de Boissezon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Köpke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">G. Hilaire-Debove &amp; S. Basaglia-Pappas (Eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langage oral : état des pratiques orthophoniques et de la recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ortho-édition, pp. 303-321, 2023, 9782362351464</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04817952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2694,100 +2828,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration de la relation entre le contrôle cognitif et le contrôle des langues dans l'aphasie bilingue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzedine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistique. Université Toulouse le Mirail - Toulouse II, 2023. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2023TOU20113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04427906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2797,105 +2931,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation du « Bilingual Aphasia Test » (version courte) au libanais : données linguistiques et psychométriques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nour Ezzeddine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistique. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">dumas-01858664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId70"/>
+      <w:footerReference w:type="default" r:id="rId73"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2963,51 +3097,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="88E00CA0"/>
+    <w:nsid w:val="6D7917BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3194,51 +3328,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nour-ezzeddine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4659-4839" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/260001589" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05389128v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Duguine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Ezzedine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Cabe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara K&#246;pke" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61989/vnadm567" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535822v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier de Boissezon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2025.0835" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928615v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21827/32.8310/2022-SA" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109496v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337166v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mati&#263; &#352;kori&#263;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pourqui&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Norvik" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Kuva&#269; Kraljevi&#263;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne Gram Simonsen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926555v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928582v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928594v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Younes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zakaria" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926596v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahya Ghaddar" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Youssef" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Kassir" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04804656v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926585v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926570v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sahraoui" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Martinez-Ferreiro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926546v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926540v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926574v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926581v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109569v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layana Awada" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Chaouch-Orozco" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Mart&#237;n-Villena" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04790845v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Copin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Saddour" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04804521v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02283220v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Ezzeddine" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746789v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Solier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Soulier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051582v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Mart&#237;nez-Ferreiro" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-95504-1.00554-8" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04804329v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Massa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817961v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817952v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04427906v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023TOU20113" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01858664v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nour-ezzeddine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4659-4839" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/260001589" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553368v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mati&#263;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pourqui&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Norvik" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelena Kuva&#269; Kraljevi&#263;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne Gram Simonsen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2026.02.013" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05389128v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Duguine" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Ezzedine" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Cabe" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara K&#246;pke" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61989/vnadm567" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535822v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier de Boissezon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2025.0835" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928615v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21827/32.8310/2022-SA" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109496v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337166v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mati&#263; &#352;kori&#263;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926555v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928594v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Younes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zakaria" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928582v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926596v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahya Ghaddar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Youssef" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Kassir" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04804656v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926585v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926570v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sahraoui" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Martinez-Ferreiro" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926546v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926540v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926574v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926581v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109569v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layana Awada" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Chaouch-Orozco" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Mart&#237;n-Villena" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04790845v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Copin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Saddour" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04804521v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02283220v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Ezzeddine" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746789v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Solier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Soulier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051582v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Mart&#237;nez-Ferreiro" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-95504-1.00554-8" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04804329v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Massa" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817961v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817952v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04427906v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023TOU20113" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01858664v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>