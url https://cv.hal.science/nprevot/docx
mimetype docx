--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -336,295 +336,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04966463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a Novel Bronchodilator Vaping Drug Delivery System Based on Thermal Degradation Properties</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sophie Perinel-Ragey</w:t>
+                <w:t xml:space="preserve">Acoustic Aerosol Delivery: Assessing of Various Nasal Delivery Techniques and Medical Devices on Intrasinus Drug Deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Prévôt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lara Leclerc</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Hodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Delavenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heribert Mentzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmaceuticals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 16 (12), pp.1730. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ph16121730⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 16 (2), pp.135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ph16020135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04887728v1</w:t>
+                <w:t xml:space="preserve">hal-05026204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic Aerosol Delivery: Assessing of Various Nasal Delivery Techniques and Medical Devices on Intrasinus Drug Deposition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a Novel Bronchodilator Vaping Drug Delivery System Based on Thermal Degradation Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Chaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Perinel-Ragey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Prévôt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Leclerc</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Heribert Mentzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmaceuticals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 16 (2), pp.135. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ph16020135⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 16 (12), pp.1730. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ph16121730⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05026204v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04887728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of gas humidification and nebulizer position under invasive ventilation: preclinical comparative study of regional aerosol deposition</w:t>
               </w:r>
@@ -744,64 +744,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technical features of vaping drug delivery system for bronchodilator delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Chaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Perinel-Ragey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Prévôt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -874,77 +874,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of High-Power Electronic Nicotine Delivery System as an Alternative Aerosol Device for Terbutaline Delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Chaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Chevrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Perinel-Ragey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Prévôt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1668,672 +1668,672 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03863669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ventilation/perfusion (V/Q) scanning in contemporary patients with pulmonary embolism: utilization rates and predictors of use in a multinational study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Health-related quality of life in locally advanced hepatocellular carcinoma treated by either radioembolisation or sorafenib (SARAH trial)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Prevot</w:t>
+                <w:t xml:space="preserve">Helena Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghazaleh Mehdipoor</w:t>
+                <w:t xml:space="preserve">Mohamed Bouattour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alicia Sanchez</w:t>
+                <w:t xml:space="preserve">Marco Burgio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Lima</w:t>
+                <w:t xml:space="preserve">Eric Assenat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Grégory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thrombosis and Thrombolysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11239-021-02579-0⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 154, pp.46-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejca.2021.05.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05025675v1</w:t>
+                <w:t xml:space="preserve">hal-03617608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decision Tree With Only Two Musculoskeletal Sites to Diagnose Polymyalgia Rheumatica Using [18F]FDG PET-CT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthime Flaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Amat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Prévot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Olagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 8, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmed.2021.646974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03162721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision Tree With Only Two Musculoskeletal Sites to Diagnose Polymyalgia Rheumatica Using [18F]FDG PET-CT</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Ventilation/perfusion (V/Q) scanning in contemporary patients with pulmonary embolism: utilization rates and predictors of use in a multinational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Benoît Bonnefoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Prevot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lucie Descamps</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghazaleh Mehdipoor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmed.2021.646974⟩</w:t>
+              <w:t xml:space="preserve">Journal of Thrombosis and Thrombolysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53, pp.829 - 840. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11239-021-02579-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04794621v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05025675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Health-related quality of life in locally advanced hepatocellular carcinoma treated by either radioembolisation or sorafenib (SARAH trial)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Decision Tree With Only Two Musculoskeletal Sites to Diagnose Polymyalgia Rheumatica Using [18F]FDG PET-CT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthime Flaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Amat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helena Pereira</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jules Grégory</w:t>
+                <w:t xml:space="preserve">Nathalie Prevot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Olagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmed.2021.646974⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejca.2021.05.032⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03617608v1</w:t>
+                <w:t xml:space="preserve">hal-04794621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ventilation/perfusion (V/Q) scanning in contemporary patients with pulmonary embolism: utilization rates and predictors of use in a multinational study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Benoît Bonnefoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Prevot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghazaleh Mehdipoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Thrombosis and Thrombolysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 53 (4), pp.829-840. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11239-021-02579-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04508488v1</w:t>
@@ -2504,51 +2504,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Zarca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maroua Mimouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2919,51 +2919,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Pourchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Montigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Perinel-Ragey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Plantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3589,51 +3589,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Sarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Perinel-Ragey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Vergnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3678,997 +3678,997 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01899515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Additional testing following screening strategies for occult malignancy diagnosis in patients with unprovoked venous thromboembolism</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental human-like model to assess the part of viable Legionella reaching the thoracic region after nebulization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Pourchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Robin</w:t>
+                <w:t xml:space="preserve">Françoise Girardot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Yves Le Roux</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Prevot-Bitot</w:t>
+                <w:t xml:space="preserve">Serge Riffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Prevot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thrombosis Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (10), pp.e0186042. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0186042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02050929v1</w:t>
+                <w:t xml:space="preserve">hal-01680381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of new-generation high-power electronic nicotine delivery system as thermal aerosol generation device for inhaled bronchodilators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Pourchez</w:t>
+                <w:t xml:space="preserve">Nicotine delivery from the refill liquid to the aerosol via high-power e-cigarette device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Prevot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Perinel-Ragey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Vergnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, pp.2592. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-03008-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01889941v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01680481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk factors of occult malignancy in patients with unprovoked venous thromboembolism</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+                <w:t xml:space="preserve">Additional testing following screening strategies for occult malignancy diagnosis in patients with unprovoked venous thromboembolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Le Moigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Planquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Prevot-Bitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thrombosis Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 159, pp.48-51</w:t>
+              <w:t xml:space="preserve">, 2017, 155, pp.6-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02050938v1</w:t>
+                <w:t xml:space="preserve">hal-02050929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy and safety of selective internal radiotherapy with yttrium-90 resin microspheres compared with sorafenib in locally advanced and inoperable hepatocellular carcinoma (SARAH): an open-label randomised controlled phase 3 trial</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ad Ilonca</w:t>
+                <w:t xml:space="preserve">Assessment of new-generation high-power electronic nicotine delivery system as thermal aerosol generation device for inhaled bronchodilators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Pourchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Perinel-Ragey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Vergnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lancet Oncology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01727346v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01889941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting the risk of cancer after unprovoked venous thromboembolism: external validation of the RIETE score</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficacy and safety of selective internal radiotherapy with yttrium-90 resin microspheres compared with sorafenib in locally advanced and inoperable hepatocellular carcinoma (SARAH): an open-label randomised controlled phase 3 trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Vilgrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Assenat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Guiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Bertoletti</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">J. Pastre</w:t>
+                <w:t xml:space="preserve">Ad Ilonca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thrombosis and Haemostasis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Lancet Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (12), pp.1624-1636. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1470-2045(17)30683-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02046514v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01727346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicotine delivery from the refill liquid to the aerosol via high-power e-cigarette device</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Vergnon</w:t>
+                <w:t xml:space="preserve">Risk factors of occult malignancy in patients with unprovoked venous thromboembolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Tromeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Planquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Prevot-Bitot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Thrombosis Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 159, pp.48-51</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01680481v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02050938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental human-like model to assess the part of viable Legionella reaching the thoracic region after nebulization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lara Leclerc</w:t>
+                <w:t xml:space="preserve">Predicting the risk of cancer after unprovoked venous thromboembolism: external validation of the RIETE score</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Bertoletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Girardot</w:t>
+                <w:t xml:space="preserve">L. Jara-Palomares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Riffard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Prevot</w:t>
+                <w:t xml:space="preserve">C. Tromeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Pastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Thrombosis and Haemostasis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 15 (11), pp.2184-2187</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01680381v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Limited screening with versus without (18)F-fluorodeoxyglucose PET/CT for occult malignancy in unprovoked venous thromboembolism: an open-label randomised controlled trial.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Planquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Accassat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4904,51 +4904,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Pourchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Prevot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vecellio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5083,51 +5083,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Pourchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ragey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Prevot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Cottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5259,51 +5259,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E2545049"/>
+    <w:nsid w:val="E8836A21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5490,51 +5490,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nprevot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8442-2515" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/197267300" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAG-7682-2021" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966463v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Leclerc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pr&#233;v&#244;t" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hodin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delavenne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heribert Mentzel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph16020135" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887728v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Chaoui" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Fischer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Perinel-Ragey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph16121730" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026204v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887730v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Montigaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Georges" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Clotagatide" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Louf-Durier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-38281-9" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966495v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pourchez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2022.122350" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844353v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chevrel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-022-03187-0" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026240v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Beno&#238;t Bonnefoy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jacqueroux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Roche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S1824-4785.20.03225-2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819807v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Benmoulay-Rigollot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Karpathiou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Prevot-Bitot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mellie Heinemann" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Trombert-Paviot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/curroncol29110638" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812900v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812214v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863669v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthime Flaus" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Habouzit" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Leiris" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vuillez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Leccia" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics12020388" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025675v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Prevot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazaleh Mehdipoor" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Sanchez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Lima" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11239-021-02579-0" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162721v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Amat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pr&#233;vot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Olagne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Descamps" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2021.646974" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794621v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617608v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Pereira" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bouattour" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Burgio" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Assenat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Gr&#233;gory" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2021.05.032" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508488v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491965v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Manzotti" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Sarry" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2020.105633" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617593v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Zarca" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Mimouni" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chatellier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vilgrain" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinthera.2021.04.018" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235662v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nevesny" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Guy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Sotton" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Magn&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/mnm.0000000000001329" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993422v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tillement" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/ijn.s260640" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554960v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Goy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Plantier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-54479-2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096000v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Perinel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Dubus" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Suau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-42103-2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966512v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-54480-9" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302115v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Espenel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A Garcia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Langrand-Escure" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vallard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Trone" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2019.06.1802" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02143652v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.congress-2018.OA519" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899515v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parisse" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Vergnon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2017.1422857" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02050929v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Roux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Moigne" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Planquette" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889941v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien de Oliveira" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Basset" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02050938v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Tromeur" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01727346v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Vilgrain" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Pereira" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Assenat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Guiu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad Ilonca" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1470-2045(17)30683-6" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7HG9DHT-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02046514v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bertoletti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Robin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jara-Palomares" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tromeur" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pastre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680481v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-03008-0" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680381v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Girardot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Riffard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0186042" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01282875v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Accassat" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Roy" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1470-2045(15)00480-5" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QD1MWSKX-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272228v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira El Merhie" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Navarro" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Durand" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.08.025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019021v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vecellio" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Guellec" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2013.12.032" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216693v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ragey" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Cottier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nprevot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8442-2515" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/197267300" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAG-7682-2021" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966463v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Leclerc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pr&#233;v&#244;t" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hodin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delavenne" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heribert Mentzel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph16020135" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026204v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887728v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Chaoui" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Fischer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Perinel-Ragey" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ph16121730" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887730v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Montigaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Georges" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Clotagatide" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Louf-Durier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-38281-9" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966495v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pourchez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2022.122350" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844353v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chevrel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-022-03187-0" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05026240v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Beno&#238;t Bonnefoy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jacqueroux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Roche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S1824-4785.20.03225-2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819807v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Benmoulay-Rigollot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Karpathiou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Prevot-Bitot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mellie Heinemann" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Trombert-Paviot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/curroncol29110638" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812900v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812214v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863669v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthime Flaus" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Habouzit" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Leiris" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vuillez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Leccia" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/diagnostics12020388" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617608v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Pereira" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bouattour" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Burgio" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Assenat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Gr&#233;gory" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2021.05.032" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03162721v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Amat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pr&#233;vot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Olagne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Descamps" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmed.2021.646974" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025675v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Prevot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazaleh Mehdipoor" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Sanchez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Lima" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11239-021-02579-0" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794621v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508488v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491965v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Manzotti" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Sarry" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaerosci.2020.105633" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617593v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Zarca" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Mimouni" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chatellier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vilgrain" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinthera.2021.04.018" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235662v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nevesny" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Guy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Sotton" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Magn&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/mnm.0000000000001329" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993422v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tillement" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/ijn.s260640" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02554960v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Goy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Plantier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-54479-2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02096000v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Perinel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Dubus" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Suau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-42103-2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966512v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-54480-9" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302115v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Espenel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A Garcia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Langrand-Escure" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vallard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Trone" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2019.06.1802" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02143652v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.congress-2018.OA519" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899515v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parisse" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Vergnon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02786826.2017.1422857" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680381v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Girardot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Riffard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0186042" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680481v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien de Oliveira" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Basset" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-03008-0" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02050929v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Robin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Le Roux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Moigne" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Planquette" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889941v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01727346v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Vilgrain" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Pereira" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Assenat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Guiu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad Ilonca" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1470-2045(17)30683-6" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7HG9DHT-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02050938v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Tromeur" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02046514v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bertoletti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Robin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jara-Palomares" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tromeur" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pastre" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01282875v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Accassat" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Roy" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1470-2045(15)00480-5" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QD1MWSKX-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272228v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira El Merhie" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Navarro" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Durand" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.08.025" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019021v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vecellio" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Guellec" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2013.12.032" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216693v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ragey" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Cottier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>