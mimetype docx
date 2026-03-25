--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -181,429 +181,429 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light‐Induced SO Extrusion from Tribenzothiepine S ‐oxides: A Precursor Approach to the Triphenylene Core</w:t>
+                <w:t xml:space="preserve">Localized integration of iron-based nanoparticle micromagnets on planar inductors for RF applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Simón Marqués</w:t>
+                <w:t xml:space="preserve">Mélik Maksem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aissam Okba</w:t>
+                <w:t xml:space="preserve">Adrien Bourgine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas G Bréfuel</w:t>
+                <w:t xml:space="preserve">Kosseila Ait-Oukaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">So Ueno</w:t>
+                <w:t xml:space="preserve">Angélique Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Saffon‐merceron</w:t>
+                <w:t xml:space="preserve">Thierry Leïchlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 31, pp.e02655. </w:t>
+              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 631, pp.173498. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.202502655⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2025.173498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05353176v1</w:t>
+                <w:t xml:space="preserve">hal-05249754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localized integration of iron-based nanoparticle micromagnets on planar inductors for RF applications</w:t>
+                <w:t xml:space="preserve">Tailoring Co 2 P Shell of Co@Co 2 P Nanorods through the P-Source and Influence on Their Stability in Water</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélik Maksem</w:t>
+                <w:t xml:space="preserve">Brandon Azeredo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Bourgine</w:t>
+                <w:t xml:space="preserve">Beatrice Muzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kosseila Ait-Oukaci</w:t>
+                <w:t xml:space="preserve">Jason Nguyen-Cong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angélique Gillet</w:t>
+                <w:t xml:space="preserve">Thi Thiet Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Leïchlé</w:t>
+                <w:t xml:space="preserve">Yuanyuan Min</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 631, pp.173498. </w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 37 (20), pp.8107-8119. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2025.173498⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5c00269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05249754v1</w:t>
+                <w:t xml:space="preserve">hal-05348679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailoring Co 2 P Shell of Co@Co 2 P Nanorods through the P-Source and Influence on Their Stability in Water</w:t>
+                <w:t xml:space="preserve">Form factor of prismatic particles for Small Angle Scattering analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brandon Azeredo</w:t>
+                <w:t xml:space="preserve">Jules Marcone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatrice Muzzi</w:t>
+                <w:t xml:space="preserve">Jaime Gabriel Trazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jason Nguyen-Cong</w:t>
+                <w:t xml:space="preserve">Rahul Nag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi Thiet Vu</w:t>
+                <w:t xml:space="preserve">Claire Goldmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuanyuan Min</w:t>
+                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 37 (20), pp.8107-8119. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Crystallography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 58 (2), pp.543-552. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5c00269⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1107/S1600576725000676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05348679v1</w:t>
+                <w:t xml:space="preserve">hal-05135262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring 5-hydroxymethylfurfural hydrogenation pathways using NHC-stabilized water-soluble nanoparticles of various metals and alloys</w:t>
               </w:r>
@@ -641,1041 +641,1041 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Mencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Víctor Varela-Izquierdo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Green Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/D5GC01961C⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05188541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Form factor of prismatic particles for Small Angle Scattering analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nucleation in Confinement: A Pathway to Size-Controlled Ultra-Small Icosahedral Silver Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rohan Parmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jules Marcone</w:t>
+                <w:t xml:space="preserve">Raj Kumar Ramamoorthy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaime Gabriel Trazo</w:t>
+                <w:t xml:space="preserve">Pierre Roblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rahul Nag</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
+                <w:t xml:space="preserve">Lise-Marie Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Crystallography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1107/S1600576725000676⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 37 (9), pp.3423-3433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5c00288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05135262v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05051593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nucleation in Confinement: A Pathway to Size-Controlled Ultra-Small Icosahedral Silver Nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tuning Crystallization Pathways in Ge‐Rich GST Alloys: The Influence of Nitrogen and Hydrogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacopo Remondina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rohan Parmar</w:t>
+                <w:t xml:space="preserve">Eloïse Rahier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raj Kumar Ramamoorthy</w:t>
+                <w:t xml:space="preserve">Minh‐anh Luong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Roblin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lise-Marie Lacroix</w:t>
+                <w:t xml:space="preserve">Sijia Ran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5c00288⟩</w:t>
+              <w:t xml:space="preserve">physica status solidi (RRL) - Rapid Research Letters (pss RRL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Phase‐Change and Ovonic Materials, 19 (7), pp.2500035. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssr.202500035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05051593v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning Crystallization Pathways in Ge‐Rich GST Alloys: The Influence of Nitrogen and Hydrogen</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Solution synthesis of antiferromagnetic manganese nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">May-Line Grapotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Víctor Varela-Izquierdo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Suárez-Riaño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise-Marie Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacopo Remondina</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sijia Ran</w:t>
+                <w:t xml:space="preserve">Yann Tison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">physica status solidi (RRL) - Rapid Research Letters (pss RRL)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssr.202500035⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (32), pp.18702-18708. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D5NR01515D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05244727v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05222788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solution synthesis of antiferromagnetic manganese nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Icosahedra CoPd Bimetallic Nanoparticles for Magnetically Induced Aromatic Ketone Hydrodeoxygenation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Quiroga-Suavita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Varela-Izquierdo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Hungria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">May-Line Grapotte</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Yann Tison</w:t>
+                <w:t xml:space="preserve">Alloyeau D.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D5NR01515D⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.4c03359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05222788v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04956976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Icosahedra CoPd Bimetallic Nanoparticles for Magnetically Induced Aromatic Ketone Hydrodeoxygenation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Light‐Induced SO Extrusion from Tribenzothiepine S ‐oxides: A Precursor Approach to the Triphenylene Core</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Simón Marqués</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felipe Quiroga-Suavita</w:t>
+                <w:t xml:space="preserve">Aissam Okba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Varela-Izquierdo</w:t>
+                <w:t xml:space="preserve">Nicolas G Bréfuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teresa Hungria</w:t>
+                <w:t xml:space="preserve">So Ueno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alloyeau D.</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
+                <w:t xml:space="preserve">Nathalie Saffon‐merceron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31, pp.e02655. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.4c03359⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/chem.202502655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04956976v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05353176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Multicolored Photoluminescent Carbon Nanodots and Applications to Secured Tags in Anti-Counterfeiting, Traceability and Digital Passport Product</w:t>
+                <w:t xml:space="preserve">Synthesis of TiO2/SBA-15 Nanocomposites by Hydrolysis of Organometallic Ti Precursors for Photocatalytic NO Abatement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aïssatou Coumba Sow</w:t>
+                <w:t xml:space="preserve">Ons El Atti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Palleau</w:t>
+                <w:t xml:space="preserve">Julie Hot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Fabre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
+                <w:t xml:space="preserve">Katia Fajerwerg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Marcelot</w:t>
+                <w:t xml:space="preserve">Christian Lorber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSRN : Social Science Research Network</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2139/ssrn.5041546⟩</w:t>
+              <w:t xml:space="preserve">Inorganics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (7), pp.183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/inorganics12070183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04996540v1</w:t>
+                <w:t xml:space="preserve">hal-04659095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of TiO2/SBA-15 Nanocomposites by Hydrolysis of Organometallic Ti Precursors for Photocatalytic NO Abatement</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis of Multicolored Photoluminescent Carbon Nanodots and Applications to Secured Tags in Anti-Counterfeiting, Traceability and Digital Passport Product</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Hot</w:t>
+                <w:t xml:space="preserve">Aïssatou Coumba Sow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katia Fajerwerg</w:t>
+                <w:t xml:space="preserve">Etienne Palleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Lorber</w:t>
+                <w:t xml:space="preserve">Isabelle Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Lebeau</w:t>
+                <w:t xml:space="preserve">Cécile Marcelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (7), pp.183. </w:t>
+              <w:t xml:space="preserve">SSRN : Social Science Research Network</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/inorganics12070183⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2139/ssrn.5041546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04659095v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04996540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NiCo and NiCo Decorated with Ru Nanoparticles for Magnetically Induced Hydroprocessing of Lignin Models</w:t>
               </w:r>
@@ -1795,90 +1795,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multistep Crystallization of Ge-Rich GST Unveiled by In Situ synchrotron X-ray diffraction and (scanning) transmission electron microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Rahier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh Anh Luong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sijia Ran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabyasachi Saha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1942,64 +1942,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bimetallic Fe x Pt 100– x Nanoparticles Immobilized on Supported Ionic Liquid Phases as Hydrogenation and Hydrodeoxygenation Catalysts: Influence of the Metal Content on Activity and Selectivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliia Marchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise-Marie Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Leitner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2210,51 +2210,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etching suppression as a means to Pt dendritic ultrathin nanosheets by seeded growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deliang Yi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Marcelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idaline Romana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2331,64 +2331,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystallization of Ge-Rich GeSbTe Alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Rahier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sijia Ran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2478,90 +2478,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterogeneous Oxysulfide@Fluoride Core/Shell Nanocrystals for Upconversion-Based Nanothermometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qilin Zou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Marcelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaodong Yi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Roblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Nano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 16 (8), pp.12107-12117. </w:t>
@@ -2727,161 +2727,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03841851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetophoresis-Assisted Capillary Assembly: A Versatile Approach for Fabricating Tailored 3D Magnetic Supercrystals</w:t>
+                <w:t xml:space="preserve">X-Light : an open-source software written in Python to determine the residual stress by X-ray diffraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Moritz</w:t>
+                <w:t xml:space="preserve">Tu-Quoc-Sang Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Gonon</w:t>
+                <w:t xml:space="preserve">Guillaume Geandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Blon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
+                <w:t xml:space="preserve">Charles Mareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benoît Malard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 15 (3), pp.5096-5108. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Crystallography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 54 (4), pp.1244-1251. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsnano.0c10215⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1107/S160057672100618X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03156435v1</w:t>
+                <w:t xml:space="preserve">hal-03800257v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Some Unique Specificities of Ge‐Rich GeSbTe Phase‐Change Material Alloys for Nonvolatile Embedded‐Memory Applications</w:t>
               </w:r>
@@ -2995,693 +2991,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04238742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-Light : an open-source software written in Python to determine the residual stress by X-ray diffraction</w:t>
+                <w:t xml:space="preserve">Magnetophoresis-Assisted Capillary Assembly: A Versatile Approach for Fabricating Tailored 3D Magnetic Supercrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tu-Quoc-Sang Pham</w:t>
+                <w:t xml:space="preserve">Pierre Moritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Geandier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Antoine Gonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Malard</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabrice Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Crystallography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 54 (4), pp.1244-1251. </w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (3), pp.5096-5108. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1107/S160057672100618X⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsnano.0c10215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03800257v2</w:t>
+                <w:t xml:space="preserve">hal-03156435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermally induced evolution of optical and structural properties of Er2O3 films grown on Si substrates by thermal atomic layer deposition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of Nitrogen on the Crystallization and Microstructure of Ge‐Rich GeSbTe Alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Anh Luong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Khomenkova</w:t>
+                <w:t xml:space="preserve">Dingfang Wen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloïse Rahier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-P. Chauvat</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Franck Lemarié</w:t>
+                <w:t xml:space="preserve">Béatrice Pécassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matlet.2019.127216⟩</w:t>
+              <w:t xml:space="preserve">physica status solidi (RRL) - Rapid Research Letters (pss RRL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.2000443. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssr.202000443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02424202v1</w:t>
+                <w:t xml:space="preserve">hal-03015494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of ageing on the properties of the W-containing IRIS-TiAl alloy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermally Stimulated Evolution of Optical and Structural Properties of Germanium-Doped Alumina Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larysa Khomenkova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kremena Makasheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Petrik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Couret</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Caroline Bonafos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.07.061⟩</w:t>
+              <w:t xml:space="preserve">ECS Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 97 (2), pp.81-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/09702.0081ecst⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03031131v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02698862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Nitrogen on the Crystallization and Microstructure of Ge‐Rich GeSbTe Alloys</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Minh Anh Luong</w:t>
+                <w:t xml:space="preserve">Thermally induced evolution of optical and structural properties of Er2O3 films grown on Si substrates by thermal atomic layer deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Khomenkova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-P. Chauvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dingfang Wen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
+                <w:t xml:space="preserve">C. Frilay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Pécassou</w:t>
+                <w:t xml:space="preserve">Franck Lemarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">physica status solidi (RRL) - Rapid Research Letters (pss RRL)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, pp.2000443. </w:t>
+              <w:t xml:space="preserve">Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 263, pp.127216. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pssr.202000443⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matlet.2019.127216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03015494v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02424202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermally Stimulated Evolution of Optical and Structural Properties of Germanium-Doped Alumina Films</w:t>
+                <w:t xml:space="preserve">Effect of ageing on the properties of the W-containing IRIS-TiAl alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Larysa Khomenkova</w:t>
+                <w:t xml:space="preserve">Alain Couret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kremena Makasheva</w:t>
+                <w:t xml:space="preserve">David Fernando Reyes Vasquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Petrik</w:t>
+                <w:t xml:space="preserve">Marc Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Bonafos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
+                <w:t xml:space="preserve">Christophe Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECS Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 97 (2), pp.81-90. </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 199, pp.169-180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1149/09702.0081ecst⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2020.07.061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02698862v1</w:t>
+                <w:t xml:space="preserve">hal-03031131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Precipitation in original Duralumin A-U4G versus modern 2017A alloy</w:t>
               </w:r>
@@ -3693,64 +3693,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Malard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Joulié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3827,51 +3827,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieszka Dabrowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard L. Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4059,364 +4059,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02361217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, Spectroelectrochemical Behavior, and Chiroptical Switching of Tris(β-diketonato) Complexes of Ruthenium(III), Chromium(III), and Cobalt(III)</w:t>
+                <w:t xml:space="preserve">Evolution of magnetic properties and damping coefficient of Co 2 MnSi Heusler alloy with Mn/Si and Co/Mn atomic disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miguel Cortijo</w:t>
+                <w:t xml:space="preserve">Iman Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Viala</w:t>
+                <w:t xml:space="preserve">Barthélémy Pradines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Reynaldo</w:t>
+                <w:t xml:space="preserve">Gérard Benassayag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Favereau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Fabing</w:t>
+                <w:t xml:space="preserve">Rémi Arras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b03094⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 50 (3), pp.035003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/50/3/035003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01505462v1</w:t>
+                <w:t xml:space="preserve">hal-01744846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of magnetic properties and damping coefficient of Co 2 MnSi Heusler alloy with Mn/Si and Co/Mn atomic disorder</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis, Spectroelectrochemical Behavior, and Chiroptical Switching of Tris(β-diketonato) Complexes of Ruthenium(III), Chromium(III), and Cobalt(III)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Cortijo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iman Abdallah</w:t>
+                <w:t xml:space="preserve">Christine Viala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barthélémy Pradines</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
+                <w:t xml:space="preserve">Thibault Reynaldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Benassayag</w:t>
+                <w:t xml:space="preserve">Ludovic Favereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Arras</w:t>
+                <w:t xml:space="preserve">Isabelle Fabing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 50 (3), pp.035003. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (8), pp.4555-4567. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/50/3/035003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.6b03094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01744846v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01505462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and magnetic properties of He+ irradiated Co2MnSi Heusler alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iman Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Magen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Pécassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Cours</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4493,51 +4493,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Galangau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Delbaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Rapenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4627,51 +4627,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Noirez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Sciau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Baroni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4712,679 +4712,679 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01760141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of point defect complex formation and its application to H+ ion implanted silicon</w:t>
+                <w:t xml:space="preserve">Crystal structure of 3-ethynylbenzoic acid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nikolay Cherkashin</w:t>
+                <w:t xml:space="preserve">Chiara Venturini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François-Xavier Darras</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">André Gourdon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2015.07.078⟩</w:t>
+              <w:t xml:space="preserve">Acta crystallographica Section E : Crystallographic communications [2015-..]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 71, pp.o750-o751. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S2056989015016515⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01736020v1</w:t>
+                <w:t xml:space="preserve">hal-01717452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chinese Script vs Plate-Like Precipitation of Beta-Al9Fe2Si2 Phase in an Al-6.5Si-1Fe Alloy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">TiC-carbide derived carbon electrolyte adsorption study by ways of X-ray scattering analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorie Trognko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lecante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deni Ferdian</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
+                <w:t xml:space="preserve">Barbara Daffos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11661-015-2917-1⟩</w:t>
+              <w:t xml:space="preserve">Materials for Renewable and Sustainable Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4 (4), pp.17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40243-015-0059-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01213184v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01766218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal structure of 3-ethynylbenzoic acid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural investigation of magnetic FeRh epitaxial films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Castiella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gatel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bobo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Venturini</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Reasmey Phary Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta crystallographica Section E : Crystallographic communications [2015-..]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1107/S2056989015016515⟩</w:t>
+              <w:t xml:space="preserve">Materials Research Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2 (8), pp.086401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2053-1591/2/8/086401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01717452v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01707384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TiC-carbide derived carbon electrolyte adsorption study by ways of X-ray scattering analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chinese Script vs Plate-Like Precipitation of Beta-Al9Fe2Si2 Phase in an Al-6.5Si-1Fe Alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deni Ferdian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorie Trognko</w:t>
+                <w:t xml:space="preserve">Claudie Josse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Lecante</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Patrick N'Guyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Gey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Barbara Daffos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials for Renewable and Sustainable Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40243-015-0059-4⟩</w:t>
+              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 46A (7), pp.2814-2818. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11661-015-2917-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01766218v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01213184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural investigation of magnetic FeRh epitaxial films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling of point defect complex formation and its application to H+ ion implanted silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolay Cherkashin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Castiella</w:t>
+                <w:t xml:space="preserve">François-Xavier Darras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Gatel</w:t>
+                <w:t xml:space="preserve">P. Pochet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Bobo</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">S. Reboh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Reasmey Phary Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Research Express</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 99, pp.187-195. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2015.07.078⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2053-1591/2/8/086401⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01707384v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01736020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Raman study to obtain crystallite size of carbon materials: A better alternative to the Tuinstra-Koenig law</w:t>
               </w:r>
@@ -5422,51 +5422,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Toulouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Cazayous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 80, pp.629-639. </w:t>
@@ -5529,51 +5529,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure of the calcium pyrophosphate monohydrate phase (Ca2P2O7*H2O): towards understanding the dehydration process in calcium pyrophosphate hydrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Teychené</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5689,51 +5689,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Mourey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Seydoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Crystallographica Section A : Foundations and Advances [2014-..]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 70, </w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5806,51 +5806,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Medeiros Silveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Neumeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5914,64 +5914,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cis,cis,cis,cis-1,2,3,4,5-Pentakis(hydroxymethyl)cyclopentane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Pujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Gourdon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 69 (43), pp.9139-9144. </w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6043,51 +6043,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loranne Vernisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Munery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youness Benjalal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6164,51 +6164,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and electrochemical characteristics of a donor-acceptor porphyrinate rotor mounted on a naphthalocyaninato europium complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Stefak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Rapenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6268,51 +6268,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and Characterization of a Series of Ruthenium Tris(β-diketonato) Complexes by an UHV-STM Investigation and Numerical Calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Munery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youness Benjalal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6523,51 +6523,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reactivity and microstructure evolution of a CoNiCrAlY/Talc cermet prepared by Spark Plasma Sintering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Monceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6640,51 +6640,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting the onset of rafting of γ' precipitates by channel deformation in a Ni superalloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hector Alfredo Calderon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6886,51 +6886,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plastic strain-induced rafting of gamma prime precipitates in Ni superalloys: Elasticity analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7015,51 +7015,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct sample positioning and alignment methodology for strain measurement by diffraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. J Hughes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7207,64 +7207,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Malard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Warot-Fonrose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7297,469 +7297,751 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/matecconf/202032604007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03058720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séparation chirale par fluide supercritique à l’échelle préparative de complexes tris (β-dicétonés) de Ru (III), Cr (III) et Co (III)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fabing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Cortijo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Viala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Renaldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Favereau Ludovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">33e journée Chimie-Biologie-Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02338516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation des contraintes résiduelles dans les alliages de TA6V « Near Net Shape » mis en forme « Spark Plasma Sintering »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julitte Huez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Malard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ugras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Hor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Evaluation des contraintes résiduelles dans les alliages de TA6V « Near Net Shape » mis en forme « Spark Plasma Sintering » 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Toulouse, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02057302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation de la détermination des contraintes par diffraction des rayons X avec un détecteur 2D - Développement d'un logiciel libre 'X-light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.-Q.-S. Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Geandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Mareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Malard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02353162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation des contraintes résiduelles dans l’alliages Ti-6Al-4V mis en forme par SLM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Hor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Thabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Malard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julitte Huez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupement Français d'Analyse des Contraintes - GFAC 2016, Toulouse, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02049058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des contraintes résiduelles dans les alliages de Ti-6Al-4V mis en forme par SLM et « Spark Plasma Sintering - SPS »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Thabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julitte Huez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Bruno</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Anis Hor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Malard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SF2M, Journées Annuelles (JA 2016), Matériaux pour le domaine aérospatial : de l’innovation dans l’air, Albi, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02552210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring domain sizes in graphene-based carbons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Monthioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7768,389 +8050,107 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mallet-Ladeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Weisbecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Conference on Carbon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Jeju, South Korea. pp.KLT2-02</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02123291v1</w:t>
-              </w:r>
-[...280 lines deleted...]
-                <w:t xml:space="preserve">hal-02057302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8168,51 +8168,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of the strain induced rafting of the gamma prime precipitates in single crystal nickel based superalloys.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mechanics [physics.med-ph]. Université Joseph-Fourier - Grenoble I, 2007. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -8329,51 +8329,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2A3337D9"/>
+    <w:nsid w:val="2CE5ABD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8560,51 +8560,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nratelramond" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4979-211X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253134501" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353176v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Sim&#243;n Marqu&#233;s" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissam Okba" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas G Br&#233;fuel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=So Ueno" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon&#8208;merceron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202502655" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249754v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lik Maksem" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bourgine" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosseila Ait-Oukaci" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gillet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Le&#239;chl&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2025.173498" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348679v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Azeredo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Muzzi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Nguyen-Cong" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thiet Vu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Min" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5c00269" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188541v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Su&#225;rez-Ria&#241;o" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Mazar&#237;o" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mencia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Varela-Izquierdo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ratel-Ramond" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5GC01961C" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135262v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Marcone" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Gabriel Trazo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Nag" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Goldmann" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600576725000676" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05051593v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohan Parmar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raj Kumar Ramamoorthy" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roblin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise-Marie Lacroix" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5c00288" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244727v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Remondina" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Rahier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh&#8208;anh Luong" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sijia Ran" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202500035" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05222788v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May-Line Grapotte" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tison" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5NR01515D" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956976v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Quiroga-Suavita" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Varela-Izquierdo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Hungria" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alloyeau D." TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.4c03359" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996540v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;ssatou Coumba Sow" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Palleau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marcelot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.5041546" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659095v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons El Atti" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Fajerwerg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lorber" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebeau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics12070183" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642070v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Mustieles Marin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Wittee Lopes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.4c00895" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747347v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Anh Luong" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabyasachi Saha" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202200450" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318574v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliia Marchenko" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Leitner" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bordet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.3c03996" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311516v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivone Pinheiro" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Quarato" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Moreda-Pi&#241;eiro" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Vieira" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Serin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano13142112" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03923275v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deliang Yi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idaline Romana" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Tass&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier-Francesco Fazzini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NR05105B" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854074v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ratel Ramond" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuangying Ma" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Calmels" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.2c00038" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760216v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qilin Zou" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Yi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.2c02423" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03841851v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Breniaux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dufour" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthick Sekar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ceren Yildirim" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Boucl&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202200490" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156435v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moritz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gonon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mathieu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.0c10215" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238742v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Agati" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Grisolia" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Friec" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202000471" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800257v2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tu-Quoc-Sang Pham" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Geandier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mareau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Malard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S160057672100618X" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424202v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Khomenkova" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Chauvat" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marie" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Frilay" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lemari&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2019.127216" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031131v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Couret" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fernando Reyes Vasquez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thomas" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Deshayes" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.07.061" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015494v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dingfang Wen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice P&#233;cassou" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202000443" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02698862v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larysa Khomenkova" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kremena Makasheva" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Petrik" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bonafos" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/09702.0081ecst" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269041v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Brunet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Malard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jouli&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2019.100429" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080628v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Puech" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Dabrowska" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard L. Vignoles" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Monthioux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2019.03.013" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02361217v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Kandara" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germercy Paredes" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Moulin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Weiss-Hortala" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/c5040069" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01505462v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Cortijo" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Viala" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Reynaldo" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Favereau" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabing" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b03094" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744846v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Abdallah" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my Pradines" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Benassayag" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Arras" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/50/3/035003" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718887v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Magen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cours" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/3/4/046101" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462861v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galangau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delbaere" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Rapenne" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Li" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.6b02256" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760141v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Noirez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sciau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baroni" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/746/1/012067" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736020v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Cherkashin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Darras" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pochet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reboh" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2015.07.078" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KTVC30CZ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213184v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deni Ferdian" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Josse" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick N'Guyen" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gey" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-015-2917-1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717452v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Venturini" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gourdon" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2056989015016515" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766218v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorie Trognko" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecante" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rozier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Daffos" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40243-015-0059-4" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707384v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Castiella" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gatel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bobo" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reasmey Phary Tan" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/2/8/086401" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756987v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mallet-Ladeira" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Toulouse" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Cazayous" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2014.09.006" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BNRCXN30-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073729v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gras" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Teychen&#233;" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rey" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Elkaim" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053229614017446" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002989v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Daran" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mourey" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Seydoux" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273314087026" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324746v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Lechevallier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Jorge" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Medeiros Silveira" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Neumeyer" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/918369" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798178v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Pujol" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2013.08.013" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-84P9H7XJ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737267v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loranne Vernisse" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Munery" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youness Benjalal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillermet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp304523f" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761683v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Stefak" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2011.10.051" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737022v2" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201100116" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316292v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Monceau" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djar Oquab" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Estourn&#232;s" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Boidot" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Selezneff" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.654-656.1826" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761671v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2010.08.091" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560313v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Alfredo Calderon" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsutomu Mori" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip J Withers" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430903213338" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643275v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ratel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dem&#233;" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bastie" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caron" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2008.07.031" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C12XGJL4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761710v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bruno" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mori" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2006.06.041" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QCDVBFN1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761649v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J Hughes" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. King" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Malard" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Chen" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1896726" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058720v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Warot-Fonrose" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202032604007" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02353162v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.-Q.-S. Pham" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049058v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Hor" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Thabet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julitte Huez" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552210v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bruno" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123291v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Weisbecker" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338516v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Renaldo" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Favereau Ludovic" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-02057302v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ugras" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00196745v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nratelramond" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4979-211X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253134501" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249754v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lik Maksem" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bourgine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosseila Ait-Oukaci" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gillet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Le&#239;chl&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2025.173498" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348679v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Azeredo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Muzzi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Nguyen-Cong" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thiet Vu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanyuan Min" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5c00269" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135262v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Marcone" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Gabriel Trazo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Nag" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Goldmann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ratel-Ramond" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600576725000676" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188541v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Su&#225;rez-Ria&#241;o" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Mazar&#237;o" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mencia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Varela-Izquierdo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5GC01961C" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05051593v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rohan Parmar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raj Kumar Ramamoorthy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roblin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise-Marie Lacroix" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5c00288" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244727v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Remondina" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Rahier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh&#8208;anh Luong" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sijia Ran" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202500035" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05222788v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May-Line Grapotte" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Tison" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5NR01515D" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956976v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Quiroga-Suavita" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Varela-Izquierdo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Hungria" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alloyeau D." TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.4c03359" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353176v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Sim&#243;n Marqu&#233;s" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissam Okba" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas G Br&#233;fuel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=So Ueno" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon&#8208;merceron" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202502655" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659095v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons El Atti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Hot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Fajerwerg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lorber" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebeau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics12070183" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996540v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;ssatou Coumba Sow" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Palleau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marcelot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.5041546" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642070v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Mustieles Marin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Wittee Lopes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.4c00895" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747347v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Anh Luong" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabyasachi Saha" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202200450" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318574v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliia Marchenko" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Leitner" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bordet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.3c03996" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311516v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivone Pinheiro" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Quarato" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Moreda-Pi&#241;eiro" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Vieira" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Serin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano13142112" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03923275v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deliang Yi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idaline Romana" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Tass&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier-Francesco Fazzini" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NR05105B" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854074v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ratel Ramond" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuangying Ma" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Calmels" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.2c00038" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760216v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qilin Zou" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Yi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.2c02423" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03841851v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Breniaux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dufour" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthick Sekar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ceren Yildirim" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Boucl&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202200490" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800257v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tu-Quoc-Sang Pham" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Geandier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mareau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Malard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S160057672100618X" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238742v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Agati" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Grisolia" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Friec" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202000471" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156435v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moritz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gonon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mathieu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.0c10215" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015494v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dingfang Wen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice P&#233;cassou" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssr.202000443" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02698862v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larysa Khomenkova" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kremena Makasheva" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Petrik" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bonafos" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/09702.0081ecst" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424202v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Khomenkova" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Chauvat" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marie" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Frilay" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lemari&#233;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2019.127216" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031131v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Couret" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fernando Reyes Vasquez" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thomas" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Deshayes" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2020.07.061" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269041v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Brunet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Malard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jouli&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2019.100429" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080628v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Puech" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Dabrowska" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard L. Vignoles" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Monthioux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2019.03.013" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02361217v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Kandara" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germercy Paredes" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Moulin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Weiss-Hortala" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/c5040069" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744846v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Abdallah" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my Pradines" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Benassayag" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Arras" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/50/3/035003" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01505462v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Cortijo" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Viala" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Reynaldo" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Favereau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabing" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.6b03094" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718887v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Magen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cours" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/3/4/046101" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01462861v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galangau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delbaere" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Rapenne" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Li" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.6b02256" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760141v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Noirez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sciau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Baroni" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/746/1/012067" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717452v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Venturini" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gourdon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2056989015016515" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766218v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorie Trognko" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecante" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rozier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Daffos" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40243-015-0059-4" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707384v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Castiella" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gatel" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bobo" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reasmey Phary Tan" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/2/8/086401" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213184v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deni Ferdian" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Josse" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick N'Guyen" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gey" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-015-2917-1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736020v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Cherkashin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Darras" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pochet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reboh" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2015.07.078" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KTVC30CZ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756987v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mallet-Ladeira" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Toulouse" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Cazayous" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2014.09.006" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BNRCXN30-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073729v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gras" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Teychen&#233;" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rey" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Elkaim" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053229614017446" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002989v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Daran" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mourey" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Seydoux" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2053273314087026" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324746v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Lechevallier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Jorge" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Medeiros Silveira" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Neumeyer" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/918369" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01798178v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Pujol" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2013.08.013" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-84P9H7XJ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737267v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loranne Vernisse" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Munery" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youness Benjalal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillermet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp304523f" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761683v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Stefak" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2011.10.051" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737022v2" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201100116" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316292v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Monceau" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djar Oquab" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Estourn&#232;s" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Boidot" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Selezneff" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.654-656.1826" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761671v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2010.08.091" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560313v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Alfredo Calderon" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsutomu Mori" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip J Withers" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786430903213338" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643275v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ratel" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dem&#233;" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bastie" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caron" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2008.07.031" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C12XGJL4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761710v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bruno" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mori" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2006.06.041" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QCDVBFN1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761649v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. J Hughes" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. King" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Malard" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Chen" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1896726" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058720v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Warot-Fonrose" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202032604007" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338516v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Renaldo" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Favereau Ludovic" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-02057302v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julitte Huez" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bruno" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ugras" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Hor" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02353162v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.-Q.-S. Pham" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049058v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Thabet" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552210v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123291v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Weisbecker" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00196745v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>