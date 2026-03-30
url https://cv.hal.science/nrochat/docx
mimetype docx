--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -389,445 +389,445 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une nouvelle croyance sur le mensonge : la théorie des « faux non » en synergologie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sincere and fallacious classification based on pupillometry data in a GKT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rochat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Rochat</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Demarchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Tijus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du 2ème colloque de l’école doctorale Cognition, Langage, Interaction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris 8 Vincennes-Saint-Denis, 2016, Saint-Denis, France. pp.20-27</w:t>
+              <w:t xml:space="preserve">International Investigative Interviewing Research Group 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02924727v1</w:t>
+                <w:t xml:space="preserve">hal-02893608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of a pseudo-science on beliefs about deception</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une nouvelle croyance sur le mensonge : la théorie des « faux non » en synergologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Elissalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Denault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rochat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Demarchi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles Tijus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference European Association of Psychology and Law 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Actes du 2ème colloque de l’école doctorale Cognition, Langage, Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris 8 Vincennes-Saint-Denis, 2016, Saint-Denis, France. pp.20-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02924793v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02924727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sincere and fallacious classification based on pupillometry data in a GKT</w:t>
+                <w:t xml:space="preserve">Influence of a pseudo-science on beliefs about deception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rochat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Demarchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Tijus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Investigative Interviewing Research Group 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, London, United Kingdom</w:t>
+              <w:t xml:space="preserve">Conference European Association of Psychology and Law 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02893608v1</w:t>
+                <w:t xml:space="preserve">hal-02924793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beliefs about facial cues of serious and trivial lies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rochat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1892,51 +1892,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04801430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation détaillée et analyses psychométriques de l'échelle de motivation en écriture</w:t>
+                <w:t xml:space="preserve">Livret de passation de l'échelle de motivation en écriture (CE2-CM1-CM2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaëlla Vitalis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rochat</w:t>
@@ -1969,75 +1969,75 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04801449v1</w:t>
+                <w:t xml:space="preserve">hal-04801354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Livret de passation de l'échelle de motivation en écriture (CE2-CM1-CM2)</w:t>
+                <w:t xml:space="preserve">Présentation détaillée et analyses psychométriques de l'échelle de motivation en écriture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaëlla Vitalis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rochat</w:t>
@@ -2070,51 +2070,51 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04801354v1</w:t>
+                <w:t xml:space="preserve">hal-04801449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId42"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2269,51 +2269,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04016262v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Delmas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Elissalde" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rochat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Demarchi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tijus" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10919-018-0285-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359054v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Denault" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Marie Jupe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dodier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13218719.2017.1260619" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02924727v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02924793v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tomas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02893608v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02925125v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Renoult" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02890473v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02889492v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02924882v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Urdapilleta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737721v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Potocki" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ailloud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rouet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02923083v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801348v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;lla Vitalis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lima" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bressoux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801335v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801430v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801449v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801354v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04016262v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Delmas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Elissalde" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rochat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Demarchi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tijus" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10919-018-0285-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359054v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Denault" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Marie Jupe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dodier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13218719.2017.1260619" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02893608v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tomas" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02924727v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02924793v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02925125v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Renoult" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02890473v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02889492v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02924882v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Urdapilleta" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737721v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Potocki" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ailloud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rouet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-02923083v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801348v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;lla Vitalis" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lima" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bressoux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801335v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801430v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801354v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801449v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>