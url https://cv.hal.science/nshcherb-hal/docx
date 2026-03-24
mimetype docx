--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -298,252 +298,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04771774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-electrolyte diffusiophoresis : transient simulations toward fully developed and equilibrium states</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Homotopic Method for binodal curves computation in ternary liquid-liquid separation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergio da Cunha</w:t>
+                <w:t xml:space="preserve">Kevin Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shcherbakova Nataliya</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Gerbaud</w:t>
+                <w:t xml:space="preserve">Joseph Gergaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Bacchin</w:t>
+                <w:t xml:space="preserve">Olivier Cots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Soft Matter Conference ISMC2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ESCAPE 33</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Athenes, Grece, Greece. pp.709-714, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-443-15274-0.50113-X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04767271v1</w:t>
+                <w:t xml:space="preserve">hal-04774446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homotopic Method for binodal curves computation in ternary liquid-liquid separation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Non-electrolyte diffusiophoresis : transient simulations toward fully developed and equilibrium states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Gergaud</w:t>
+                <w:t xml:space="preserve">Sergio da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Cots</w:t>
+                <w:t xml:space="preserve">Shcherbakova Nataliya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gerbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Bacchin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESCAPE 33</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">7th International Soft Matter Conference ISMC2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Osaka, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04774446v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04767271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entrainer selection for extractive distillation using the Infinitely Sharp Split method</w:t>
               </w:r>
@@ -555,51 +555,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivonne Rodriguez-Donis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens Abildskov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shcherbakova Nataliya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gerbaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -637,77 +637,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and Conception of an Innovative Liquid Distributor for Separation Column</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Mizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shcherbakova Nataliya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Rouzineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -801,51 +801,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivonne Rodriguez-Donis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gerbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shcherbakova Nataliya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens Abildskov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -883,64 +883,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SMITH: differential homotopy and automatic differentiation for computing thermodynamic diagrams of complex mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cots</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gergaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -987,77 +987,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonequilibrium thermodynamics and constructal law guidelines for nature inspired chemical engineering processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gerbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shcherbakova Nataliya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature-Inspired Engineering Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Cetraro, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1562,51 +1562,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riemannian metrics on 2D manifolds related to the Euler-Poinsot rigid body problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cots</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1800,555 +1800,555 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04554500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using the Intrinsic Geometry of Binodal Curves to Simplify the Computation of Ternary Liquid–Liquid Phase Diagrams</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nanoprecipitation through solvent-shifting using rapid mixing: Dispelling the Ouzo boundary to reach large solute concentrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kevin Roger</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lison Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entropy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/e25091329⟩</w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 650, pp.2049-2055. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2023.07.065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04277815v1</w:t>
+                <w:t xml:space="preserve">hal-04276955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoprecipitation through solvent-shifting using rapid mixing: Dispelling the Ouzo boundary to reach large solute concentrations</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Design, conception, and assessment of an innovative liquid distributor for separation column</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio da Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Mizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Rouzineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2023.07.065⟩</w:t>
+              <w:t xml:space="preserve">Chemical Engineering Research and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 196, pp.377-389. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cherd.2023.06.058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04276955v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04277827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, conception, and assessment of an innovative liquid distributor for separation column</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Characterisation of fully developed and equilibrium states of non-electrolyte diffusiophoretic systems via numerical simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gerbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Bacchin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Research and Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 196, pp.377-389. </w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 957, pp.A2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cherd.2023.06.058⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2022.1067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04277827v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04050453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of fully developed and equilibrium states of non-electrolyte diffusiophoretic systems via numerical simulations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using the Intrinsic Geometry of Binodal Curves to Simplify the Computation of Ternary Liquid–Liquid Phase Diagrams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gerbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergio da Cunha</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Patrice Bacchin</w:t>
+                <w:t xml:space="preserve">Kevin Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 957, pp.A2. </w:t>
+              <w:t xml:space="preserve">Entropy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25 (9), pp.1329. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2022.1067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/e25091329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04050453v1</w:t>
+                <w:t xml:space="preserve">hal-04277815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling and Simulation of 2D-flow Suspension Diffusioosmosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gerbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Bacchin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 86, pp.1147. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2408,51 +2408,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gerbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio da Cunha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Research and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 154, pp.316-330. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2614,603 +2614,603 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02291370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyclic operation as optimal control reflux policy of binary mixture batch distillation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Classification for ternary flash point mixtures diagrams regarding miscible flammable compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio da Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gerbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marija Stojkovic</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
+                <w:t xml:space="preserve">Horng-Jang Liaw</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Chemical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 108, pp.98-111. </w:t>
+              <w:t xml:space="preserve">Fluid Phase Equilibria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 466, pp.110-123. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compchemeng.2017.09.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fluid.2018.03.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01712467v1</w:t>
+                <w:t xml:space="preserve">hal-01831762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification for ternary flash point mixtures diagrams regarding miscible flammable compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sergio da Cunha</w:t>
+                <w:t xml:space="preserve">Cyclic operation as optimal control reflux policy of binary mixture batch distillation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Stojkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gerbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Horng-Jang Liaw</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fluid Phase Equilibria</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 466, pp.110-123. </w:t>
+              <w:t xml:space="preserve">Computers &amp; Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 108, pp.98-111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fluid.2018.03.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compchemeng.2017.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01831762v1</w:t>
+                <w:t xml:space="preserve">hal-01712467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Method for Detecting and Computing Univolatility Curves in Ternary Mixtures</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chemical equilibrium for the reactive system propionic acid + ethanol + ethyl propionate + water at 303.15 and 313.15 K</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Toikka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Sadaeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artemiy Samarov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Golikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Trofimova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ces.2017.07.007⟩</w:t>
+              <w:t xml:space="preserve">Fluid Phase Equilibria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 451, pp.91-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fluid.2017.08.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01712022v1</w:t>
+                <w:t xml:space="preserve">hal-01838714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Batch distillation of binary mixtures: preliminary analysis of optimal control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Stojkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gerbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 20th IFAC World Congress, 50 (1), pp.4899-4904. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.743⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01714049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical equilibrium for the reactive system propionic acid + ethanol + ethyl propionate + water at 303.15 and 313.15 K</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Novel Method for Detecting and Computing Univolatility Curves in Ternary Mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivonne Rodriguez-Donis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Abildskov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gerbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fluid Phase Equilibria</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 451, pp.91-95. </w:t>
+              <w:t xml:space="preserve">Chemical Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, vol. 173, pp. 21-36. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fluid.2017.08.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ces.2017.07.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01838714v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01712022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Riemannian structure of the residue curves maps</w:t>
               </w:r>
@@ -3313,51 +3313,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riemannian metrics on 2D-manifolds related to the Euler-Poinsot rigid body motion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cots</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Pomet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3411,278 +3411,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00918587v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy minimization problem in two-level dissipative quantum control: meridian case</w:t>
+                <w:t xml:space="preserve">The Serret-Andoyer Riemannian metric and Euler-Poinsot rigid body motion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cots</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, vol. 195 (n° 3), pp. 311-335. </w:t>
+              <w:t xml:space="preserve">Mathematical Control and Related Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3, pp.287-302. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10958-013-1582-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3934/mcrf.2013.3.287⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01122070v1</w:t>
+                <w:t xml:space="preserve">hal-00908905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Serret-Andoyer Riemannian metric and Euler-Poinsot rigid body motion</w:t>
+                <w:t xml:space="preserve">Energy minimization problem in two-level dissipative quantum control: meridian case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cots</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliya Shcherbakova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Control and Related Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 3, pp.287-302. </w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, vol. 195 (n° 3), pp. 311-335. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3934/mcrf.2013.3.287⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10958-013-1582-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00908905v1</w:t>
+                <w:t xml:space="preserve">hal-01122070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The energy minimization problem for two-level dissipative quantum systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Cots</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sugny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4196,51 +4196,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05296466v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Shcherbakova" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04771774v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivonne Rodriguez-Donis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gerbaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-28824-1.50133-2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04767271v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio da Cunha" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shcherbakova Nataliya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bacchin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774446v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Roger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gergaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cots" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-15274-0.50113-X" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04767252v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Abildskov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04767188v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mizzi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rouzineau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meyer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04767236v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem R.N. Aouichaoui" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807030v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-88506-5.50166-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04766955v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818292v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinqiang You" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1869038" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774301v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624467v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivonne Rodr&#237;guez-Donis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736178v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivonne Rodriguez Donis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-444-63965-3.50040-4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925078v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonnard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04554500v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Parascandolo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2024.04.003" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277815v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e25091329" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276955v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lison Raynal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2023.07.065" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277827v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dejean" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mizzi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2023.06.058" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050453v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2022.1067" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929821v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET2186192" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02648825v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2019.10.037" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291370v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Cignitti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2019.04.038" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712467v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Stojkovic" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compchemeng.2017.09.004" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831762v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horng-Jang Liaw" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2018.03.010" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712022v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2017.07.007" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714049v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.743" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838714v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Toikka" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sadaeva" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artemiy Samarov" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Golikova" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Trofimova" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2017.08.010" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200753v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2015.05.029" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00918587v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pomet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2013087" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122070v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10958-013-1582-4" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908905v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mcrf.2013.3.287" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177744v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sugny" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3479390" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773696v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sugny" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2010004" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773702v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv:2008051" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774468v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sazonov" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1012393129675" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RV76H7KT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05296466v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Shcherbakova" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04771774v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivonne Rodriguez-Donis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gerbaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-28824-1.50133-2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774446v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Roger" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gergaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cots" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-15274-0.50113-X" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04767271v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio da Cunha" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shcherbakova Nataliya" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bacchin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04767252v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Abildskov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04767188v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mizzi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rouzineau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meyer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04767236v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem R.N. Aouichaoui" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807030v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-88506-5.50166-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04766955v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818292v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinqiang You" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1869038" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774301v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624467v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivonne Rodr&#237;guez-Donis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736178v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivonne Rodriguez Donis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-444-63965-3.50040-4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925078v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonnard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04554500v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Parascandolo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2024.04.003" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276955v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lison Raynal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2023.07.065" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277827v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Dejean" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mizzi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2023.06.058" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050453v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2022.1067" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277815v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e25091329" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929821v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET2186192" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02648825v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2019.10.037" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291370v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Cignitti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2019.04.038" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831762v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horng-Jang Liaw" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2018.03.010" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712467v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Stojkovic" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compchemeng.2017.09.004" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01838714v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Toikka" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sadaeva" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artemiy Samarov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Golikova" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Trofimova" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fluid.2017.08.010" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714049v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.743" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712022v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2017.07.007" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200753v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2015.05.029" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00918587v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pomet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2013087" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908905v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mcrf.2013.3.287" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122070v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10958-013-1582-4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177744v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sugny" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3479390" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773696v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sugny" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2010004" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773702v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv:2008051" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774468v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sazonov" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1012393129675" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RV76H7KT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>