--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -93,85 +93,85 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (41)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accompagner la perception d’un paysage de l’anthropocène. Faire de la philosophie en marchant avec un anthropologue.</w:t>
+                <w:t xml:space="preserve">Accompagner la perception d’un paysage de l’anthropocène. Faire de la philosophie en marchant avec un anthropologue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers d’Allhis</w:t>
             </w:r>
             <w:r>
@@ -196,4916 +196,5205 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05509492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Between aesthetics and social practice of a landscape. A critical literature review on the experience of abandoned ruins</w:t>
+                <w:t xml:space="preserve">Le mode d’existence merveilleux de la culture matérielle à Disneyland. Revue de littérature critique sur l’attachement à un objet de consommation culturel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre esthétique et pratique sociale du paysage. Revue de littérature critique sur l’expérience des ruines abandonnées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2024, 38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05509574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dynamique épistémologique du tourisme obscur. L’introduction du visiteur dans le patrimoine associé à la mort et à la souffrance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teoros. Revue de recherche en tourisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 42 (1)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une spatialité anti-moderne des ruines post-apocalyptiques. La figuration du rapport à l’environnement du film I Am Legend</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 57, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/tem.10603⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'intérêt environnemental d'une ruine urbaine : la présence de l'anthropocène au-delà des patrimoines culturels et naturels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03737405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y a-t-il un patrimoine de l’anthropocène ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Éduquer en Anthropocène, 23, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rechercheseducations.12023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03632380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Que faire des témoignages plastiques à Auschwitz-Birkenau. Effacement et présence de ce que racontent des œuvres visuelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Estado da Arte. Revista de artes visuals </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Narrativas artisticas : ramificaçoes, contaminaçoes e apagamentos, 2 (1), p. 205-217. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.14393/EdA-v2-n1-2021-59482⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03641374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...44 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le tourisme obscur écologique d’une pandémie. Ce que pourrait être la mémoire de la COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teoros. Revue de recherche en tourisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Le tourisme avant et après la COVID-19, 39 (3), pp.[En ligne]</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le tourisme obscur écologique d’une pandémie. Ce que pourrait être la mémoire de la COVID-19</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03021898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’imaginaire écologique du tourisme de ruine : faire l’expérience d’une présence de la nature plutôt que de l’histoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Teoros. Revue de recherche en tourisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Le tourisme avant et après la COVID-19, 39 (3), pp.[En ligne]</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, Nulle part * Ailleurs, 39 (2), pp.[En ligne]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1074281ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’imaginaire écologique du tourisme de ruine : faire l’expérience d’une présence de la nature plutôt que de l’histoire</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02881925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Résister par le désordre. La mise en scène d'une révolte néolibérale dans I. Robot d'Alex Proyas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RUSCA </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Révoltes, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34745/numerev_046⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02872391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les imaginaires écologiques des ruines romantiques et postapocalyptiques : représenter le sauvage et la pollution contre l’artificialisation moderne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés - Revue des sciences sociales et humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Penser les humanités environnementales, 148, pp.103-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/soc.148.0103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02919553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rendre compte d’une expérience de visite : se dire et se redire dans des entretiens d’explicitation composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Teoros. Revue de recherche en tourisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Nulle part * Ailleurs, 39 (2), pp.[En ligne]. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2019, 38 (1), pp.[En ligne]</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.34745/numerev_046⟩</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01889329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avoir ou être ses pratiques sexuelles. Discours, performance et sexualité dans la théorie du genre de Judith Butler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rue Descartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Discours, performance et sexualités Corpus, 95, pp.44-57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rdes.095.0044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02148227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Visiter Auschwitz contre le déni de la Shoah. L'expérience de l'évidente matérialité de l'histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Autour du déni, 28, pp.[En ligne]</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rdes.095.0044⟩</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02148191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dimension métaphysique du devoir de mémoire. Prendre conscience de la nature humaine lors d’une visite à Auschwitz-Birkenau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amnis - Revue de civilisation contemporaine, Europe/Amériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Le passé dans le présent. Histoire et mémoires, un enjeu essentiel pour les sociétés contemporaines (Europe-Amérique), 18, pp.[En ligne]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/amnis.4274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02314414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La philosophie narrative de Judith Butler. Une théorie de l’identité LGBTIQ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista Brasileira de Pesquisa (Auto)Biográfica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Dossier Narratives LGBTIQ, 4 (11), pp.449-462. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.31892/rbpab2525-426X.2019.v4.n11.p449-462⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.31892/rbpab2525-426X.2019.v4.n11.p449-462⟩</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02188781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raconter sa visite à Auschwitz. Les conditions communicationnelles de l’expression des ressentis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nouvelles perspectives en sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Sensibilités, émotions et relations, 14 (1), pp.117-151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1056434ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/amnis.4274⟩</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01874781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La place du sadomasochisme lesbien : construction et vivabilité des plaisirs dans une nouvelle de Jane Delynn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista Criação &amp; Crítica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, SÁFICO, 20, pp.124-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11606/issn.1984-1124.v0i20p124-136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Rendre compte d’une expérience de visite : se dire et se redire dans des entretiens d’explicitation composites</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01835400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une attention suffisante à l’intimité. Pour une pratique du transfert et une éthique du contre-transfert dans l’entretient de recherche sur l’expérience vécue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches Qualitatives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n°37 (1), pp.57-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1049455ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01809867v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fantasmer en laissant le corps dans le placard. Normalisation de la jouissance et impossibilité du rapport sexuel dans Royal Opera de Lionel Soukaz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voix Plurielles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Représentations des pratiques sexuelles (Dirs. Christina Brassard, Christina Chung et Guillaume Girard), 15 (2), pp.83-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26522/vp.v15i2.2076⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apprendre l’histoire à Auschwitz : l’expérience d’une histoire écrite avec des objets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MEI - Médiation et information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Exposition et communication, 42-43, pp.253-262</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01756797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apprendre l'histoire à Auschwitz. Enjeux et fonctions pédagogiques d'un voyage scolaire du point de vue des accompagnateurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 45, pp.50-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cdle.045.0055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01739326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le musée-mémorial comme lieu d’une expérience touristique spécifique, entre mémorial, musée d'histoire et lieu récréatif : le cas d’Auschwitz-Birkenau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mondes du tourisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Tourisme et innovations : entre adaptations et (r)évolutions, 13, pp.[En ligne]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/tourisme.1390⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01739329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sentir Auschwitz. Un apprentissage corporel et émotionnel au delà de la fascination morbide.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espaces. Tourisme et loisirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Le tourisme sombre. Les produits dérivés culturels et touristiques, 37, pp.2-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01657834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fantasme robotique du couple idéal. Assujettissements fonctionnels et relationnels dans la série Real Human</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches Germaniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Humains, plus qu’humains, post-humains. Nouveaux questionnements de la Science-Fiction actuelle, HS 17, p. 147-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rg.8210⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01730573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les fonctions du tourisme obscur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Teoros. Revue de recherche en tourisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 38 (1), pp.[En ligne]</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, Tourisme noir ou sombre tourisme ?, 35 (1), pp.[En ligne]. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1040230ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Une attention suffisante à l’intimité. Pour une pratique du transfert et une éthique du contre-transfert dans l’entretient de recherche sur l’expérience vécue</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01657762v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Produire des propositions théoriques. Épistémologie de l’usage des études de cas.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches Qualitatives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, n°37 (1), pp.57-74. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2016, Prudence empirique et risque interprétatif, Hors-série (20), pp.383-394</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26522/vp.v15i2.2076⟩</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01661691v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paradigme des publics dans la muséologie des années 1990</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Les recherches sur les publics en Sciences de l’Information et de la Communication, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rfsic.1519⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Exposition et communication, 42-43, pp.253-262</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01363006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La logique patrimoniale du devoir de mémoire : un usage civique et humaniste du passé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication interculturelle et littérature : Mémoire, littérature et identité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Identité et mémoire culturelles en Europe, n°21, p. 198-207</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour (ne pas) en finir avec la pornographie : un effet esthétique féministe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Alessandrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Miroir/miroirs - Revue des corps contemporains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Réinventer nos sexualités ? Par les arts, la pornographie, les féminismes, 5, pp.77-91</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01894921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le merveilleux quotidien de Mary Poppins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Robinson</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Disney, l’homme et les studios, p. 121-128</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L´actualité du patrimoine. Les formes d´extensivité historique et géographique de l´identité moderne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Postcolonialist </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Lieux d'appartenance, n°2</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01662385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le différent de la représentation : poétiques de l’expérience concentrationnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Farache</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication interculturelle et littérature : Mémoire, littérature et identité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Les récits de vie: mémoire, histoire et fictions identitaires, II (19), pp.127-143</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654344v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émile en vidéo. Le fantasme de la sexualité à l'école</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Robinson</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Filmer la classe, n°33, p. 71-81</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Le tourisme sombre. Les produits dérivés culturels et touristiques, 37, pp.2-22</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint Thomas et le médium. Attestation et construction phénoménale de la certitude historique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches en communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7202/1040230ar⟩</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01362308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Que doit-on voir dans la pornographie ? Reproduction et reconnaissance de la représentation des genres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entrelacs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Voir le genre, n° 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/entrelacs.355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01657691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour un conservatisme progressiste. Conditions et effectivité de l’action d’après Judith Butler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rives Méditerranéennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Agency : un concept opératoire dans les études de genre ?, n° 41, p. 39 - 55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rives.4109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Identité et mémoire culturelles en Europe, n°21, p. 198-207</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01657703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification et reconnaissance de soi dans les images médiatiques. Le fantasme de la pornographie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réel-virtuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Virtualité et Quotidienneté, n°2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Pour (ne pas) en finir avec la pornographie : un effet esthétique féministe</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01657750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La traduction différée. La pratique benjaminienne comme paradigme de la traduction culturelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Réinventer nos sexualités ? Par les arts, la pornographie, les féminismes, 5, pp.77-91</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Matras</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Atelier de traduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, La traduction caduque, retraduction et contexte culturel (en diachronie), 16, pp.27-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/rfsic.1519⟩</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01661711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Femmes, je vous aime »... derrière une vitrine. elles@centrepompidou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appareil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/appareil.1007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Disney, l’homme et les studios, p. 121-128</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01657724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’homme est un animal cybernétique. Haraway et Wiener critiques de la technocratie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droits de Citée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Qu’est-ce que la technocratie ?, n°2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Lieux d'appartenance, n°2</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01662252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Don Quichotte. La découverte de la performativité par le roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chimères : revue des schizoanalyses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Figures de Don Quichotte, n°66, p. 195-207</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Les récits de vie: mémoire, histoire et fictions identitaires, II (19), pp.127-143</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Devons-nous être des hommes ? Faire et se défaire de l’homosexualité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chimères : revue des schizoanalyses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Guy Hocquenghem, n° 67, p. 141-154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...729 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01654372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (22)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rencontrer la nature dans des ruines abandonnées. Quelle ressource pour l’éducation environnementale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Natacha Souillard, Amélie Coulbaut-Lazzarini et Céline Pascual Espuny. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication végétale émergente dans les sociétés contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE, p. 79-98, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05417631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La compétence remplacée par la passion pour l'histoire. La réponse de guides-conférenciers à la scolarisation du patrimoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les espaces culturels de formation : quels nouveaux rapports aux savoirs ? Nouveaux rappports au savoir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE, p. 103-122., 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04125532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’enseignement délocalisé de l’histoire : reconfiguration des espaces de communication par la visite scolaire (les cas de visites à Auschwitz-Birkenau et sur les champs de bataille de la Somme)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Claude domenget, Benoit Lafon et Sarah Cordonnier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société et espaces en mouvement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFSIC, p. 255-266, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03641337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’urbex comme tourisme obscur écologique. Faire l’expérience de la destruction de la nature et de l’échec de sa domestication dans les ruines du monde moderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Sébastien Fournier; Claude Chastanier; Catherine Bernier-Boissoird; Dominique Crozat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Catastrophismes. Peurs collectives et idéologies au XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires d’Aix-Marseille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.95-114, 2021, 9782731412246</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03641358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les paysages du Berghain, un espace de discipline de soi. Libération des normes et régulation normative des comportements dans une boite de nuit berlinoise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Luc Gwiazdzinski; Marco Maggioli; Will Straw. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Night Studies. Regards croisés sur les nouveaux visages de la nuit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elya Éditions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.326-345, 2020, 9791091336154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02879535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justice et justesse du témoignage. La reconnaissance institutionnelle de la vérité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sonny Perseil et Benoît Petitprêtre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La réalité de la fiction II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L’Harmattan, p. 59-78., 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03641326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La culture matérielle de l’expérience de l’horreur. Possibilité et impossibilité de la représentation expographique de la guerre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Caroline Blanvilain et Christine Boutevin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Voir/Montrer la guerre aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 31-48., 2019, 978-2-343-18591-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02872347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, L’Harmattan, p. 59-78., 2019</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un lieu pour se rendre compte. L’activité réflexive des visiteurs au Musée-Mémorial Auschwitz-Birkenau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Flore Garcin-Marrou et François Mairesse et Aurélie Mouton-Rezzouk. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des lieux pour penser : musées, bibliothèques, théâtres.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ICOM — ICOFOM</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.291-296, 2018, 978-92-9012-438-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Des lieux pour penser : musées, bibliothèques, théâtres.</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01917994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un rituel de mémoire. Éléments pour une anthropologie pragmatique des musées d'histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bruno Sibona. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rituels en action</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.291-296, 2018, 978-92-9012-438-2</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EME Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.301-317, 2017, 978-2-8066-3620-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Rituels en action</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01672176v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rire du philosophe. La pratique philosophique comme corruption de la jeunesse et impiété (lecture de l'Apologie de Socrate)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angèle Kuri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ghislaine Rolland Lozachmeur. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les mots en guerre Les discours polémiques : aspects sémantiques, stylistiques, énonciatifs et argumentatifs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.301-317, 2017, 978-2-8066-3620-1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.367-377, 2016, 978-2-7535-4910-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dire quelque chose de soi : la théorie du genre de Judith Butler comme autofiction philosophique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arnaud Genon; Isabelle Grell. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lisières de l'autofiction. Enjeux géographiques, artistiques et politiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de Lyon (PUL)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.259-276, 2016, 978-2-7297-0899-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01654363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’esthétique transcendantale du lieu de mémoire. La reconnaissance des traces et l’écriture de l’histoire d’après Maurice Halbwachs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sandie Attia; Ingrid Streble; Nathalie Le Bouëdec; Alice Volkwein. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Der Spur auf der Spur. Sur les traces de la trace</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Universitätverlag Winter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.129-139, 2016, 978-3-8253-6122-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01654357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">En mal de corps. Sadomasochisme et performance, déconstruction des corps et érotique de soi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean Zaganiaris; Ludovic-Mohamed Zahed; Maud-Yeuse Thomas; Karine Espineira. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corps vulnérables, vies dévulnérabilisées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éd. L’Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.165-179, 2016, 978-2-343-08648-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01654377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le rire du philosophe. La pratique philosophique comme corruption de la jeunesse et impiété (lecture de l'Apologie de Socrate)</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représenter comme irreprésentable, comprendre comme incompréhensible. L’hétérotopie d’Auschwitz-Birkenau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Les mots en guerre Les discours polémiques : aspects sémantiques, stylistiques, énonciatifs et argumentatifs</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Farache</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michel Fabréguet et Danièle Henky </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires et représentations de la déportation dans l’Europe contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L’Harmattan, p. 57-68, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La sensation d’être au musée : une expérience éducative, sensorielle et récréative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cristina Bogdan, Béatrice Fleury, Jacques Walter (dirs). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patrimoine, création, culture. À l’intersection des dispositifs et des publics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, p. 49-66, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01895057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-propos : En mal d'hommages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nathanaël Wadbled. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les métamorphoses de Jean Genet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions universitaires de Dijon, p. 7-18, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01663614v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La contre-attaque des corps et des plaisirs. Reproduction et déstabilisation des fantasmes sadomasochistes par la critique littéraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Isabelle Boisclair et Catherine Dussault-Frenette. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Femmes désirantes. Arts, littérature, représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Éditions du Remue- Ménage, p. 239-258, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rire de Genet. Ironie de la déconstruction du théâtre des revendications identitaires.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Madelena Gonzalez and Hélène Laplace-Claverie. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Minority Theatre on the Global Stage: Challenging Paradigms from the Margins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.367-377, 2016, 978-2-7535-4910-4</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cambridge Scholars Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.19-29, 2012, 978-1-4438-3798-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, p. 49-66, 2015</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le dépassement du traumatisme dans les blockbusters à l’époque de la crainte écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’imaginaire de l’apocalypse du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ed. L’Harmattan, pp.101-110, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, L’Harmattan, p. 57-68, 2015</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toucher à distance. L’appareillage médiatique et l’évolution des conditions de l’attestation à l’époque des NTIC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rachel Kamga. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mobilité virtuelle : portails coopératifs et usages novateurs des TIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Europia Productions, p. 126-136, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Éditions universitaires de Dijon, p. 7-18, 2013</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01661703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’innocence des fleurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hadrien Laroche. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour Genet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MEET, p. 136-144, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Les Éditions du Remue- Ménage, p. 239-258, 2013</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exergue : la fiction de soi et l’archive de la représentation (impression derridienne de Judith Butler)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Marie Kouakou. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les représentations dans les fictions littéraires Tome 2, Par les pratiques fictionnelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ed. L’Harmattan, pp.201-209, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Minority Theatre on the Global Stage: Challenging Paradigms from the Margins</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identité et organisation du corps : les plaisirs troubles du sexe dans le dispositif de sexualité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christelle Grenier-Tores. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’identité genre au Coeur des transformations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.19-29, 2012, 978-1-4438-3798-9</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ed. L’Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.43-59, 2010, 978-2-296-12793-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...154 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01654366v1</w:t>
-              </w:r>
-[...217 lines deleted...]
-                <w:t xml:space="preserve">hal-01661703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raconter Auschwitz : l’expérience de visite d’un espace mémoriel : le cas d’un voyage scolaire organisé par le Mémorial de la Shoah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Wadbled</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Héritage culturel et muséologie. Université de Lorraine, 2016. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016LORR0200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01483686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId109"/>
+      <w:footerReference w:type="default" r:id="rId114"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5252,51 +5541,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509492v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Wadbled" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509574v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737405v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641374v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14393/EdA-v2-n1-2021-59482" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632380v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.12023" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021898v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881925v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1074281ar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872391v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_046" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919553v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soc.148.0103" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148227v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdes.095.0044" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148191v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188781v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31892/rbpab2525-426X.2019.v4.n11.p449-462" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314414v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/amnis.4274" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889329v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809867v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1049455ar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950675v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26522/vp.v15i2.2076" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756797v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739326v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.045.0055" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835400v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11606/issn.1984-1124.v0i20p124-136" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874781v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1056434ar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01730573v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rg.8210" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739329v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.1390" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657834v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657762v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1040230ar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661691v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654352v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894921v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Alessandrin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363006v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.1519" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654381v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662385v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654344v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Farache" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654374v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362308v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657703v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.4109" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657691v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/entrelacs.355" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657750v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661711v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Matras" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657724v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/appareil.1007" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662252v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654378v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654372v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125532v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641337v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641358v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/catastrophismes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879535v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elyascop.fr/catalogue/collections/linnovation-autrement/night-studies" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872347v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=64776" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641326v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917994v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://network.icom.museum/icofom/publications/the-monographs-of-icofom/L/2/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672176v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=54861" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654363v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses.univ-lyon2.fr/produit.php?id_produit=996" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654357v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.winter-verlag.de/de/detail/978-3-8253-6122-8/Attia_Hg_Der_Spur_auf_der_Spur/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654377v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=50691" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654386v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Kuri" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4123" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895057v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654339v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663614v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654370v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654382v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridgescholars.com/minority-theatre-on-the-global-stage-16" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654380v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654366v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=32093" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654384v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654360v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661703v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01483686v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LORR0200" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509492v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Wadbled" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565344v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509574v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565311v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565391v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.10603" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737405v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632380v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.12023" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641374v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14393/EdA-v2-n1-2021-59482" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021898v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881925v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1074281ar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872391v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_046" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919553v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soc.148.0103" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889329v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148227v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdes.095.0044" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148191v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314414v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/amnis.4274" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188781v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31892/rbpab2525-426X.2019.v4.n11.p449-462" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874781v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1056434ar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835400v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11606/issn.1984-1124.v0i20p124-136" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01809867v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1049455ar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950675v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26522/vp.v15i2.2076" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756797v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739326v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.045.0055" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739329v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.1390" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657834v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01730573v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rg.8210" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657762v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1040230ar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661691v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363006v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.1519" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654352v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894921v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Alessandrin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654381v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662385v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654344v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Farache" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654374v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362308v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657691v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/entrelacs.355" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657703v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rives.4109" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657750v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661711v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Matras" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657724v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/appareil.1007" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662252v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654378v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654372v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417631v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125532v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641337v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641358v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/catastrophismes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879535v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elyascop.fr/catalogue/collections/linnovation-autrement/night-studies" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641326v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872347v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=64776" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917994v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://network.icom.museum/icofom/publications/the-monographs-of-icofom/L/2/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672176v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=54861" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654386v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Kuri" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4123" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654363v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses.univ-lyon2.fr/produit.php?id_produit=996" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654357v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.winter-verlag.de/de/detail/978-3-8253-6122-8/Attia_Hg_Der_Spur_auf_der_Spur/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654377v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=50691" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654339v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895057v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663614v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654370v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654382v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cambridgescholars.com/minority-theatre-on-the-global-stage-16" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654380v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01661703v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654384v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654360v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654366v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=32093" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01483686v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016LORR0200" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>