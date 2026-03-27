--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -118,2651 +118,2651 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Théâtre inédit de Nohant (1846-1863). Théâtre de Nohant (1864)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Wisniewski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Honoré Champion, A paraître, Oeuvres complètes de George Sand, Béatrice Didier</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04920540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">George Sand. Vivre, penser, écrire le temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Barel-Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Grossir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudine Grossir</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">A paraître</w:t>
+                <w:t xml:space="preserve">hal-04719681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Osez [re]lire Sand, textes choisis et présentés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Librio, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sand, Les Beaux Messieurs de Bois-Doré, présentation, notes, chronologie et bibliographie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">GF Flammarion, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La musique de scène dans le théâtre parlé, des Lumières au Romantisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Honoré Champion, A paraître, Oeuvres complètes de George Sand, Béatrice Didier</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Taïeb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de la Méditerranée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 330 p., 2024, Pratiques musicales et Histoire, Patrick Taïeb, 978-2-36781-428-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04698712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écrire l'inouï</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Majorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Provence, 2022, 979-10-320-0509-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pup.66569⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Librio, 2024</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04884243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Hugo, Angelo, tyran de Padoue, texte intégral, introduction, notes et dossier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gallimard, collection "Folio théâtre", 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bara</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dumas, Henri III et sa cour (édition critique) dans Théâtre complet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne-Marie Callet-Bianco et Sylvain Ledda. Classiques Garnier, I, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Escousse, Farruck le Maure (édition)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sand, Mouny-Robin (1841)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Béatrice DIDIER. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Honoré Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, ( Œuvres complètes. Fictions brèves : nouvelles, contes et fragments. 1841-1851. Textes de littérature moderne et contemporaine, 978-2-7453-5423-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (édition critique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01965556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GEORGE SAND, OEUVRES COMPLÈTES. 1847 : LUCREZIA FLORIANI. 1851: LE CHÂTEAU DES DÉSERTES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Calderone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">, 330 p., 2024, Pratiques musicales et Histoire, Patrick Taïeb, 978-2-36781-428-5</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, 9782745354556</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Majorel</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03165354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sand comique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Bara et François Kerlouégan. UGA éditions, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03083752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sand, &amp;quot;Les Maîtres sonneurs&amp;quot;, texte établi, présenté et annoté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gallimard, Bibliothèque de la Pléiade. Gallimard, t.II, p.341-646 et p.1304-1355, 2019, George Sand, "Romans"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02376441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sand, &amp;quot;Lucrezia Floriani&amp;quot;, texte établi, présenté et annoté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gallimard, Bibliothèque de la Pléiade. Gallimard, tome II, p.1-210 et p.1259-1280, 2019, George Sand, "Romans"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02376417v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sand, &amp;quot;Le Château des Désertes&amp;quot;, texte établi, présenté et annoté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gallimard, Bibliothèque de la Pléiade. Gallimard, t.II, p.211-340 et p.1281-1304, 2019, George Sand, "Romans"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02376425v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presse et Opéra aux 18e et 19e siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Bara, Christophe Cave, Marie-Eve Thérenty. , 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01965515v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molière des Romantiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...23 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Naugrette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Sanjuan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hermann, 390 p., 2018, 9782705697570</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Gallimard, collection "Folio théâtre", 2022</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01957229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugène Scribe, Le Code noir, opéra-comique en trois actes, édition, notes, introduction, dossier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Bara. L'Harmattan, collection Autrement mêmes, 2018, Roger Little</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Anne-Marie Callet-Bianco et Sylvain Ledda. Classiques Garnier, I, 2022</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01965937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mondes ce Labiche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Heyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses de la Sorbonne Nouvelle, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">L'Harmattan, 2022</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04046758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Mondes de Labiche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Heyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses de la Sorbonne Nouvelle, 2017, 9782878547092</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Amélie Calderone</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03905099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théâtre et Peuple. De Louis-Sébastien Mercier à Firmin Gémier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Bara. Classiques Garnier, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06866-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01965520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugène Scribe. Un maître de la scène théâtrale et lyrique au 19e siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Bara Jean-Claude Yon. PUR, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01965519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Héroïsmes de l’acteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Losco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Pellois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Lyon, 2015, 978-2-7297-0884-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pul.3950⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">, 2021, ( Œuvres complètes. Fictions brèves : nouvelles, contes et fragments. 1841-1851. Textes de littérature moderne et contemporaine, 978-2-7453-5423-5</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01837081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ecriture, performance et théâtralité dans l'œuvre de George Sand, avec Catherine Nesci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ELLUG, pp.532, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-            <w:r>
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Olivier Bara et François Kerlouégan. UGA éditions, 2020</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00978074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'autre théâtre romantique, avec Barbara T. Cooper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Revue d'Histoire du théâtre, pp.132, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Gallimard, Bibliothèque de la Pléiade. Gallimard, t.II, p.211-340 et p.1281-1304, 2019, George Sand, "Romans"</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918690v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sand et les arts du XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Les Amis de George Sand, pp.225, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Gallimard, Bibliothèque de la Pléiade. Gallimard, t.II, p.341-646 et p.1304-1355, 2019, George Sand, "Romans"</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918689v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actes de la Journée d'agrégation consacrée à &amp;quot;Hernani&amp;quot; et &amp;quot;Ruy Blas&amp;quot; des Universités Lyon 2, Lyon 3 et Montpellier 3, co-dirigés avec Marie-Ève Thérenty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Gallimard, Bibliothèque de la Pléiade. Gallimard, tome II, p.1-210 et p.1259-1280, 2019, George Sand, "Romans"</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lectures sociocritiques du théâtre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Études littéraires (Université Laval, Québec), pp.164, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Olivier Bara. L'Harmattan, collection Autrement mêmes, 2018, Roger Little</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orages, littérature et culture, 1760-1830, &amp;quot; Rousseau en musique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Saby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael O'Dea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Atlande, pp.314, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Olivier Bara, Christophe Cave, Marie-Eve Thérenty. , 2018</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Généalogies du romantisme musical français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Ramaut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vrin, pp.284, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918687v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On ne badine pas avec l'amour&amp;quot;, &amp;quot;Il ne faut jurer de rien&amp;quot; et &amp;quot;Il faut qu'une porte soit ouverte ou fermée&amp;quot; de Musset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Atlande, pp.255, 2012, Clefs concours, Lettres XIXe siècle</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presse et scène au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Bara et Marie-Eve Thérenty. 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sand critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">Hermann, 390 p., 2018, 9782705697570</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Planté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PUSE, pp.260, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...59 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00986707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théophile Gautier, Théâtre de poche, édition critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Classiques Garnier, pp.438, 2011</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Presses de la Sorbonne Nouvelle, 2017</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Sanctuaire des illusions. George Sand et le théâtre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses de l'Université de Paris-Sorbonne, pp.377, 2010, Theatrum Mundi</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Presses de la Sorbonne Nouvelle, 2017, 9782878547092</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sand, Pierre qui roule, suivi de Le Beau Laurence, édition critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Bara. Paradigme, 337 p., 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Olivier Bara Jean-Claude Yon. PUR, 2016</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01965554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugène de Planard, Le Solitaire, opéra-comique en trois actes, musique de Michele Carafa. Dossier de presse parisienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Bara. Editions Lucie Galland, 2004, Karl Leich-Galland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...975 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...38 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01965940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Théâtre de l'Opéra-Comique sous la Restauration. Enquête autour d'un genre moyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Georg Olms Verlag, 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2806,14043 +2806,14056 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Les Comédies romanesques de Louisa Siefert (1872) : théâtralité d’une “scène imaginaire” »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Aimée Boutin, Adrianna M. Palyenko et Catherine Witt. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Redécouvrir Louisa Siefert (1845-1877) : richesse d’une œuvre de femme à l’ère de la modernité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Honoré Champion, pp.205-219, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La musique du “rurodrame” à l’Odéon. François le Champi de George Sand, Bocage et Joseph Ancessy (1849) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Bara et Patrick Taïeb. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Musique de scène dans le théâtre parlé, des Lumières au Romantisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de la Méditerranée, pp.261-283, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04912030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Images, montage : de la (dé)liaison dans l’œuvre dramatique de Flaubert »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Juliette Azoulai, Philippe Dufour, Gisèle Séginger. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flaubert en images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, pp.341-352, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Images du couple dans l'opéra-comique français de la décennie révolutionnaire. Enjeux esthétiques, sociaux et politiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patrice Veit, Philippe Gumplowicz, Caroline Moine et Jean-Claude Yon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Fidelio de Beethoven. Transferts, circulations, appropriations (1798-XXIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.41-48, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04925546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Conclusion. À la fin de l’envoi »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de l'Armée Invalides. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Duels. L’art du combat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In Fine éditions d'art, pp.306-311, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04911800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de la Méditerranée, pp.261-283, 2024</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Briganti d’opéra-comique e d’opéra-bouffe tra topos teatrale francese e immaginario culturale europeo (1830-1869) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Giulio Tatasciore. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lo spettacolo del brigantaggio. Cultura visuale e circuiti mediatici fra Sette e Ottocento</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Viella, pp.201-213, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Honoré Champion, pp.205-219, 2024</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’Orient en farce : Pierrot au sérail de Gustave Flaubert et ses alentours scéniques »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cécile Reynaud et Gisèle Séginger. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Berlioz, Flaubert et l’Orient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Passage, pp.213-225, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Hermann, pp.341-352, 2024</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le lyrisme solidaire et la socialité des Pleurs de Marceline Desbordes-Valmore »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Aurélie Foglia-Loiseleur et Jean-Marc Hovasse. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sur Les Pleurs de Marceline Desbordes-Valmore</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fabula, https://www.fabula.org/colloques/document8868.php, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.41-48, 2024</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« “Pochades méprisées” ou “comédies de notre siècle” ? Quatre farces de Labiche écrites pour Céline Montaland »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Renaud Bret-Vitoz, Michel Delon et Sophie Marchand. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Lumières du théâtre. Avec Pierre Frantz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.221-227, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Viella, pp.201-213, 2023</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Francis de Croisset »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Yves Tadié. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Cercle de Marcel Proust</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, III, Honoré Champion, pp.173-182, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, pp.221-227, 2022</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Gabriella di Vergi de Michele Carafa (1816) : l'opéra napolitain à l'épreuve du genre terrible »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Damien Colas Gallet et Alessandro Di Profio. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Opéra à Naples et à Paris sous le "decennio francese" (1806-1815)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de la Sorbonne Nouvelle, pp.155-166, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Le Passage, pp.213-225, 2022</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriella di Vergi&amp;quot; de Michele Carafa (1816): l'opéra napolitain à l'épreuve du genre terrible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Sorbonne Nouvelle. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Opéra à Naples et à Paris sous le "decennio francese" (1806-1815), sous la direction de Damien Colas Gallet et Alessandro Di Profio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.155-166, 2021, 978-2-37906-056-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Fabula, https://www.fabula.org/colloques/document8868.php, 2022</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03142165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Partage sensible. Barthes et la musique chantée »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Céline Carenco, Anne Damon-Guillot, Jean-Christophe Branger et Pierre Fargeton. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Une musicologie entre textes et arts. Hommages à Béatrice Ramaut-Chevassus et Alban Ramaut</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hermann, pp.151-161, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, pp.155-166, 2021, 978-2-37906-056-4</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis de Croisset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Yves Tadié. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Cercle de Marcel Proust III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Honoré Champion, pp.173-182, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, III, Honoré Champion, pp.173-182, 2021</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03201248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« “La Comédie-Française à Vienne”. Le Temps, 30 mai 1892 »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marie-Eve Thérenty et Sylvain Venayre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Monde à la une</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Anamosa, pp.120-127, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses de la Sorbonne Nouvelle, pp.155-166, 2021</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Des animaux et des hommes. Mauprat de George Sand »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabienne Bercegol, Didier Philippot, Eléonore Reverzy. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Relire Mauprat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.235-248, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Hermann, pp.151-161, 2021</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Gautier adaptant, révisant, diffusant le théâtre de Théophile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martine Lavaud et Yvan Daniel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Judith Gautier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUR, pp.211-222, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...61 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02507352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des animaux et des hommes. Mauprat de George Sand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabienne Bercegol; Didier Philippot; Eléonore Reverzy. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Relire Mauprat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.235-248, 2020, 978-2-406-11306-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-11308-9.p.0235⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Anamosa, pp.120-127, 2021</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03083722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Chant et fonction dramatique. Les emplois », « L’institution Opéra-Comique », « L’évolution du répertoire de l’Opéra-Comique », « Message et trajectoire de sens », « Interprétation et réception », « Imaginaire mélodramatique », « Opéra et littérature : sujet », « Les librettistes » (avec Jean-Claude Yon pour ce dernier)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire de l’opéra français, du Consulat au début de la Troisième République</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fayard, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Fayard, 2020</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Judith Gautier adaptant, révisant, diffusant le théâtre de Théophile »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martine Lavaud et Yvan Daniel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Judith Gautier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.211-222, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.211-222, 2020</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le drame romantique »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musée de la vie romantique. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paris romantique 1815-1848</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris musées, pp.431-434, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, pp.235-248, 2020</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« 1983. Moïse et Pharaon de Rossini, les choix de Bogianckino »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sarah Berbedette et Henri Loyrette. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Encyclopédie de l’Opéra de Paris, 350 ans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réunion des musées nationaux, pp.217-220, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, PUR, pp.211-222, 2020</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du théâtre et des moeurs théâtrales dans L'Education sentimentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Juliette Azoulai et Gisèle Seginger. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flaubert. Histoire et étude de moeurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Strasbourg, pp.99-110, 2019, 978-2-86829-548-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02376455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Lire son théâtre pour le faire jouer : performances de dramaturges devant le comité de lecture de la Comédie-Française (XIXe – début du XXe siècle)»</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabula / Les Colloques. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ceci est mon corps: la performance d'écrivain. Spectacle, stratégie publicitaire et invention poétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02302279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Du théâtre et des mœurs théâtrales dans L'Education sentimentale de Flaubert »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Juliette Azoulai et Gisèle Séginger. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flaubert. Histoire et étude de mœurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Strasbourg, pp.99-110, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le drame romantique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée de la vie romantique et Musée des beaux-arts de la ville de Paris. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paris romantique 1815-1848</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paris musées</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.431-434, 2019, 978-2-7596-0404-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02288646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Strasbourg, pp.99-110, 2019, 978-2-86829-548-3</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'unité d'action en question chez Benjamin Constant: enjeux sociopolitiques d'une dramaturgie hétérodoxe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Marie Roulin et Eric Bordas. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Benjamin Constant: l'esprit d'une oeuvre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de l'université de Saint-Etienne, pp.69-80, 2018, "Le XIXe siècle en représentation(s)", 978-2-86272-713-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...61 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01964523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des didascalies imprimées à l'espace représenté. Archéologie scénique d'Henri III et sa cour d'Alexandre Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sylviane Robardey-Eppstein. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sculpter l'espace, ou le théâtre d'Alexandre Dumas à la croisée des genres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.49-63, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-07448-9.p.0049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Paris musées, pp.431-434, 2019</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01986769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La revue de fin d'année à Paris au 19e siècle: chambre d'écho de la culture musicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michela Niccolai et Clair Rowden. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Musical Theatre in Europe 1830-1945</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, pp.1-21, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, , 2019</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la difficulté d’ironiser sur le maître du rire ? Les petites piques humoristiques de ses contemporains contre Labiche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Sandras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Heyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les mondes de Labiche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de la Sorbonne nouvelle, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Strasbourg, pp.99-110, 2019</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04383778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Espaces réels, imaginaires et idéologiques: Départ pour l'Icarie, revue américano-lyonnaise de 1848</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alvio Patierno. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Il teatro dei generi minori. Dalla Francia all'Europa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bonanno Editore, pp.83-100, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Publications de l'université de Saint-Etienne, pp.69-80, 2018, "Le XIXe siècle en représentation(s)", 978-2-86272-713-4</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouvelles émotions suscitées par les arts de la scène au 19e siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alain Corbin Jean-Jacques Courtine Georges Vigarello. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire des émotions, tome 2, "Des Lumières à la fin du 19e siècle"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Seuil, pp.352-373, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01965941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugène Scribe, l'homme sans style ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Bara Jean-Claude Yon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eugène Scribe. Un maître de la scène théâtrale et lyrique au 19e siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'université de Rennes, p.149-176, 2016</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Brepols, pp.1-21, 2017</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00980857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouvelles émotions suscitées par les arts de la scène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alain Corbin, Jean-Jacques Courtine, Georges Vigarello (direction). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire des émotions des Lumières à la fin du 19e siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions du Seuil, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Agnès Sandras</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03126009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représentations médiatiques de Théodora en 1884. Le spectacle de Victorien Sardou dans un fauteuil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maria Gabriella Cambiaghi Serena Feloj Maddalena Mazzocut-Mis. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Victorien Sardou: polifonia della rappresentazione</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mimesis / Filosofie del teatro, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00980852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gluck fantôme. Les reprises à l'Opéra sous la Restauration: petite revue de presse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alban Ramaut Pierre Saby. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D'un Orphée l'autre, 1762-1859: métamorphoses d'un mythe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, D'un Orphée l'autre, 1762-1859: métamorphoses d'un mythe</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00980855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le voyage aérien au théâtre au XIXe siècle, du code mythologique à l'imaginaire scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Françoise Sylvos. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poétiques du voyage aérien dans la littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00980859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rire sympathique de Geoffroy, ou le bourgeois bien tempéré de Labiche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Violaine Heyraud et Ariane Martinez. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Vaudeville en scène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ellug, p.47-58, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notices &amp;quot;Cantatrice&amp;quot;, &amp;quot;Comédiens&amp;quot;, &amp;quot;Mouny-Robin&amp;quot;, &amp;quot;Opéra-Comique&amp;quot;, &amp;quot;Théâtre de Nohant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pascale Auraix-Jonchière, Simone Bernard-Griffiths. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire George Sand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Honoré Champion, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le livret d'opéra sous l'Empire, entre tragédie et épopée, ou l'épique en action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Detlef Altenburg et alii. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spontini und die Oper im Zeitalter Napoleons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Studio Verlag, p. 29-43, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le pauvre dans le drame humanitaire de la monarchie de Juillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nathalie Coutelet et Isabelle Moindrot. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Altérité en spectacle, 1789-1918</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'université de Rennes, p.175-189, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire de ma vie de George Sand&amp;quot;, &amp;quot;Le Diable aux champs de George Sand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Louis Cabanès, Vincent Laisney. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Année 1855. La littérature à l'époque de l'Exposition universelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Honoré Champion, p.475-484 et p.485-488, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costume, répertoire et société à l'Opéra-Comique, 1801-1848</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Agnès Terrier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Opéra-Comique et ses trésors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre national du costume de scène, p.50-57, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978159v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Drame social et industrialisation théâtrale sous la monarchie de Juillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Monia Kallel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Création littéraire et discours social à l'ère de la littérature industrielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut supérieur des Sciences humaines de Tunis, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00980856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feydeau : le vaudeville sans musique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Violaine Heyraud. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Feydeau, la plume et les planches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de la Sorbonne nouvelle, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00980854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les débuts de Cocteau dans &amp;quot;Comoedia&amp;quot; et &amp;quot;Comoedia illustré&amp;quot; entre &amp;quot;La Lampe d'Aladin&amp;quot; et &amp;quot;Le Dieu bleu&amp;quot; (1909-1912) : se perdre pour se trouver ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cocteau journaliste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUR, pp.31-48, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00978073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rhétorique de l’héroïne éplorée au cinéma : la persistance de la gestuelle histrionique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Damour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Presses de la Sorbonne nouvelle, 2017</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Losco-Lena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Pellois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les héroïsmes de l’acteur au XIXème siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Lyon, pp.245-256, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Bonanno Editore, pp.83-100, 2017</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05278211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les voies/voix de la vengeance à l'opéra au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Céline Bohnert Régine Borderie. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poétiques de la vengeance. De la passion à l'action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.93-106, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Editions du Seuil, 2016</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La parole trahie : mythe fondateur et fondement éthique de la poétique mussétienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poétiques de Musset</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, pp.219-230, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Le Seuil, pp.352-373, 2016</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">&amp;quot;Dérive, déliaison, délire : Odry dans la parade des Saltimbanques, ou le rire en 1838</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le rire moderne </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Paris Ouest, pp.377-392, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses de l'université de Rennes, p.149-176, 2016</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La folie du vaudeville face à la raison de la censure sous la Monarchie de Juillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cristina Marinho, Francisco Topa, Nuno Pinto Ribeiro. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teatro do Mundo. Teatro e Censura</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidade do Porto, Facultade de Letras, pp.139-162, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Centre national du costume de scène, p.50-57, 2015</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelques réflexions sur Jean-Jacques Rousseau, par George Sand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gauthier Ambrus, Alain Grosrichard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vivant ou mort, il les inquiètera toujours. Amis et ennemis de Rousseau, 18e-19e siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bibliothèque de Genève, Institut et musée Voltaire, p.278-279, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Institut supérieur des Sciences humaines de Tunis, 2015</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Paria&amp;quot; de Casimir Delavigne (1821). Libéralisme et romantisme mêlés ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sylvain Ledda Florence Naugrette. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Casimir Delavigne en son temps. Vie culturelle, théâtre, réception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eurédit, pp.267-281, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Honoré Champion, p.475-484 et p.485-488, 2015</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le jeu de la loi et du désir dans trois comédies-proverbes de Musset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Musset : un trio de proverbes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.81-95, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du théâtre de Nohant aux scènes parisiennes : répétitions, adaptations, réécritures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tréteaux et paravents. Le théâtre de société au XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Créaphis, pp.167-181, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Honoré Champion, 2015</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du social dans &amp;quot;On ne badine pas avec l'amour&amp;quot;, &amp;quot;Il ne faut jurer de rien&amp;quot; et &amp;quot;Il faut qu'une porte soit ouverte ou fermée&amp;quot; de Musset.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lectures de Musset, "On ne badine pas avec l'amour", "Il ne faut jurer de rien", "Il faut qu'une porte soit ouverte ou fermée"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.163-177, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Ellug, p.47-58, 2015</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lettres publiques de George Sand sur le théâtre : affirmation médiatique d'une voix de femme de spectacle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guillaume Pinson. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre et la presse: poétique de l'intime et culture médiatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 2015, D'un Orphée l'autre, 1762-1859: métamorphoses d'un mythe</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le haute-contre en question : significations socioculturelles d'une crise vocale en France autour de 1830</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der Countertenor. Die männlische Falsettstimme vom Mittelalter zur Gegenwart</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Schott, pp.137-154, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Mimesis / Filosofie del teatro, 2015</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le texte épistolaire comme source historique : les lettres de Marie Dorval à Alfred de Vigny (1833-1837), tableau de la vie théâtrale en province</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Correspondance et théâtre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.163-174, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Studio Verlag, p. 29-43, 2015</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le café-concert dans la grande presse, ou la crise du feuilleton dramatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Presse, chanson et culture orale au XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nouveau monde éditions, pp.14, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses de l'université de Rennes, p.175-189, 2015</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poèmes dramatiques. Dialogue et vérité dans les deux premiers recueils de Musset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gisèle Seginger. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Musset, poésie et vérité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Champion, pp.235-249, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Christophe Damour</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les voix dissonantes de l'anti-rossinisme français sous la Restauration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Généalogies du romantisme musical français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vrin, pp.115-128, 2012, MusicologieS</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fantastique ou comique ? La peur en spectacle ou la tradition du Trial à l'Opéra-Comique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Surnaturel sur la scène lyrique, du merveilleux baroque au fantastique romantique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Symétrie, pp.263-274, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voir Vautrin : la vérité du type balzacien, entre roman et théâtre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Relecture de l'œuvre par ses écrivains mêmes, Tome III, Se relire par l'image</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kimé, pp.243-259, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence et détournement du mélodrame dans le livret d'opéra-comique, des lendemains de la Révolution à la Restauration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Opéra-Comique in the Eighteenth and Nineteenth Centuries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, pp.1-16, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fantastique à l'Opéra-Comique au XIXe siècle : une exception révélatrice ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Opéra et fantastique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.155-168, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le grand opéra et l'opéra-comique au 19e siècle, de Paris à Lyon&amp;quot;, &amp;quot;La Juive, l'opéra le plus joué à Lyon au 19e siècle&amp;quot;, &amp;quot;La création de Lohengrin à Lyon&amp;quot;, &amp;quot;Eugène Scribe&amp;quot;, &amp;quot;Illustres chanteurs en représentation&amp;quot;, &amp;quot;Les débuts au Grand-Théâtre à Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Archives municipales de Lyon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spectaculaire! Décors d'opéra et d'opérette à Lyon au 19e siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mémoire active, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olympie&amp;quot; de Spontini, entre tragédie lyrique et grand opéra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voltaire à l'opéra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, pp.111-134, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les spectacles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Civilisation du journal. Histoire culturelle et littéraire de la presse au XIXe siècle (1800-1914)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nouveau monde éditions, pp.50-68, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Louis Geoffroy (1743-1814)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Civilisation du journal. Histoire culturelle et littéraire de la presse au XIXe siècle (1800-1914)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nouveau monde éditions, pp.210-214, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Janin (1804-1874)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Civilisation du journal. Histoire culturelle et littéraire de la presse au XIXe siècle (1800-1914)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nouveau monde éditions, pp.69-75, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules LemaÎtre (1853-1914)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Civilisation du journal. Histoire culturelle et littéraire de la presse au XIXe siècle (1800-1914)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nouveau monde éditions, pp.110-114, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucrezia Floriani&amp;quot; de George Sand : poétique et éthique d'un anti-feuilleton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">George Sand journaliste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université de Saint-Étienne, pp.219-233, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le lieu théâtral dans l'œuvre narrative de Musset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sylvain Ledda. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territoires de Musset</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société archéologique, scientifique et littéraire du Vendômois, pp.56-61, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisque Sarcey (1827-1899)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Civilisation du journal. Histoire culturelle et littéraire de la presse au XIXe siècle (1800-1914)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nouveau monde éditions, pp.99-103, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le théâtre et la scène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bara</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Yon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Civilisation du journal. Histoire culturelle et littéraire de la presse au XIXe siècle (1800-1914)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nouveau monde éditions, pp.19-32, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du nouveau dans le beau idéal&amp;quot; : Stendhal, &amp;quot; Vie de Rossini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Être moderne. Les écrivains face aux nouveautés artistiques, littéraires et technologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eurédit, pp.65-78, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autour de «Rocaille. Théâtre». Petite enquête sur un dossier préparatoire de Bouvard et Pécuchet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Stéphanie Dord-Crouslé, Stella Mangiapane et Rosa Maria Palermo Di Stefano. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éditer le chantier documentaire de Bouvard et Pécuchet. Explorations critiques et premières réalisations numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Andrea Lippolis Editore, pp.49-59, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00550671v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Figures d'esclaves à l'opéra. Du &amp;quot;Code noir&amp;quot; à &amp;quot;L'Africaine&amp;quot; d'Eugène Scribe (1842-1865), les contradictions de l'imaginaire libéral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature et esclavage, XVIIIe-XIXe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Desjonquères, pp.110-123, 2010, L'esprit des Lettres</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909738v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'esthétique théâtrale de la &amp;quot;fille de Sedaine&amp;quot; : un dialogue contradictoire avec le dix-huitième siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">George Sand : intertextualité et polyphonie I. Palimpsestes, échanges, réécritures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.127-143, 2010, French studies of the Eighteenth and Nineteenth Centuries</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le spectacle d'opéra-comique entre Révolution et Empire. Les didascalies imprimées face à l'inventaire des décorations du Théâtre Favart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Costumes, décors et accessoires dans le théâtre de la Révolution et de l'Empire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires Blaise-Pascal, pp.57-75, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une soirée à l'Opéra-Comique au XIXe et au début du XXe siècle : un rituel bourgeois ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alexandre Dratwicki Agnès Terrier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'art officiel dans la France musicale du 19e siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00980861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">National, populaire, universel : tensions et contradictions d'un théâtre peuple chez Victor Hugo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtre populaire et représentations du peuple</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.17-27, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autour de &amp;quot;Rocaille. Théâtre&amp;quot;, petite enquête sur un dossier préparatoire de &amp;quot;Bouvard et Pécuchet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Messina, Andrea Lippolis Editore. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éditer le chantier documentaire de Bouvard et Pécuchet. Explorations critiques et première réalisations numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Messina, Andrea Lippolis Editore, pp.49-59, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorien Sardou et l'opéra-comique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Victorien Sardou, le théâtre et les arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.167-182, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00909773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'artisan philosophe dans Le Compagnon du tour de France de George Sand, ou du bon usage de Rousseau en 1840</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michèle Hecquet, Martine Watrelot. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Compagnon du tour de France de George Sand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université Lille 3, p.41-52, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01977957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une année de critique théâtrale au Mousquetaire (novembre 1853-novembre 1854)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Gleizes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...33 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Lyon, pp.245-256, 2014</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pascal Durand ; Sarah Mombert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre presse et littérature. Le Mousquetaire, journal de M. Alexandre Dumas (1853-1857)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bibliothèque de la Faculté de Philosophie et Lettres de l'Université de Liège, Droz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.107-131, 2009, 979-10-365-1668-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, PUR, pp.31-48, 2014</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00968418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Carafa, un passeur entre deux cultures: Les Deux Figaro/I due Figaro - de la comédie aux livrets italien et français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rainer Schmusch et Herbert Schneider. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Librettoübersetzung. Interkulturalität im Europäischen Musiktheater</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Georg Olms Verlag, p.61-74, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses de la Sorbonne nouvelle, 2014</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Company at the Heart of the Operatic Institution. Chollet and the changing nature of comic-opera role types during the July Monarchy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Annegret Fauser et Mark Everist. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Music, Theater, and Cultural Transfer. Paris, 1830-1914</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Chicago University Press, p.11-28, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, pp.219-230, 2013</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vocalité italienne dans les opéras-comiques d'Hérold, ou d'un &amp;quot;usage raisonnable&amp;quot; des ornements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alexandre Dratwicki. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hérold en Italie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Symétrie et Palazetto Bru Zane, p.135-152, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, pp.93-106, 2013</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01977979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une année de critique théâtrale et musicale au Mousquetaire (novembre 1853-novembre 1854)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pascal Durand, Sarah Mombert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entre presse et littérature. "Le Mousquetaire", journal de M.Alexandre Dumas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Droz, p.107-131, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Paris Ouest, pp.377-392, 2013</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les livrets de mise en scène, commis voyageurs de l'opéra-comique en province</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florence Naugrette. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Un siècle de spectacles à Rouen (1776-1876)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CEREDI, université de Rouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Universidade do Porto, Facultade de Letras, pp.139-162, 2013</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01977999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Bohémiens à l'opéra au 19e siècle: du spectacle de l'Autre au drame de l'altérité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sarga Moussa. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Mythe des Bohémiens dans la littérature et les arts en Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, p.201-222, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Kimé, pp.243-259, 2012</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01977997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La malséance au théâtre (1830-1838): Hernani, Ruy Blas et le public</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Judith Wulf. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lectures du théâtre de Victor Hugo: Hernani, Ruy Blas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, p.31-46, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, pp.81-95, 2012</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01977992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renouveau du vaudeville et de la comédie (1848-1901)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hélène Laplace-Claverie, Sylvain Ledda, Florence Naugrette. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le théâtre français du 19e siècle. Anthologie de l'Avant-Scène Théâtre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Avant-Scène Théâtre, pp.311-379, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Eurédit, pp.267-281, 2012</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le répertoire français sur les scènes napolitaines entre 1815 et 1848: réflexion sur les modalités d'une présence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Claude Yon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Théâtre français à l'étranger au 19e siècle. Histoire d'une suprématie culturelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nouveau Monde éditions, p.181-200, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.163-174, 2012</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01977985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléments pour une poétique du feuilleton théâtral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mariane Bury, Hélène Laplace-Claverie. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Miel et le Fiel. La critique théâtrale en France au 19e siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Paris-Sorbonne, p.21-30, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'esprit tué par la mécanique? La production du boulevard théâtral dans le discours critique de la première moitié du 19e siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Yves Mollier, Philippe Régnier, Alain Vaillant. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Production de l'immatériel. Théories, représentations et pratiques de la culture au 19e siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université de Saint-Etienne, pp.417-430, 2008, 978-2-86272-483-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.puse.1818⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Créaphis, pp.167-181, 2012</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01977987v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sand, &amp;quot;Essai sur le drame fantastique&amp;quot;, &amp;quot;Quelques réflexions sur Jean-Jacques Rousseau&amp;quot;, &amp;quot;Hamlet&amp;quot;, &amp;quot;Deburau&amp;quot;, &amp;quot;Arts: théâtre de la République, théâtre de l'Opéra&amp;quot;, &amp;quot;Préface à Comme il vous plaira&amp;quot;, &amp;quot;Préface à Werther&amp;quot; (édition, introductions et notes)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christine Planté. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">George Sand critique, anthologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Du Lérot, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.163-177, 2012</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emile Souvestre, praticien et réformateur du théâtre: la morale en action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bärbel Plötner. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Emile Souvestre, écrivain breton porté par l'utopie sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de recherche bretonne et celtique, p.97-115, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...61 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prolongements romanesques de l'expérience théâtrale chez George Sand: Le Château des Désertes, L'Homme de neige, Pierre qui roule. Le théâtre au miroir du roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brigitte Diaz, Isabelle Naginski. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">George Sand, pratiques et imaginaires de l'écriture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Caen, p.225-237, 2006, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.puc.9824⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Schott, pp.137-154, 2012</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sand et le démon de l'allégorie: Les Sept Cordes de la lyre au miroir de l'Essai sur le drame fantastique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Catherine Masson, Nathalie Rogers, Marie-Paule Tranvouez. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">George Sand: une écriture expérimentale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Nouveau Monde, p.231-245, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Bibliothèque de Genève, Institut et musée Voltaire, p.278-279, 2012</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978029v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dramaturgies de la souveraineté: entrées royales et pièces de circonstance sous la Restauration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eric Perrin-Saminadayar, Corinne Saminadayar-Perrin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Imaginaire et représentations littéraires des entrées royales au 19e siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de l'université de Saint-Etienne, p.41-60, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Champion, pp.235-249, 2012</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réception du Devin du village sous la Restauration, ou comment Rousseau fut chassé de l'Opéra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michael O'Dea, Pierre Saby. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rousseau et la musique, Jean-Jacques et l'opéra. Autour du Devin du village</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'université Lyon 2, p.141-171, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Corneille du Boulevard: des mélodrames cornéliens de Pixerécourt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Myriam Dufour-Maître, Florence Naugrette. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Corneille des Romantiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications des universités de Rouen et du Havre, p.77-91, 2006, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.purh.1376⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Symétrie, pp.263-274, 2012</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'opéra-comique et la tentation du spectaculaire sous le Second Empire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Goetz, Isabelle Moindrot. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Spectaculaire dans les arts de la scène. Du Romantisme à la Belle Epoque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS éditions, p.70-77, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Eurédit, pp.65-78, 2011</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J'avais presque oublié que j'étais née musicienne aussi... Musique et identité dans Histoire de ma vie de George Sand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">José-Luis Diaz, Simone Bernard-Griffiths. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lire Histoire de ma vie de George Sand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires Blaise Pascal, p.143-160, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Nouveau monde éditions, pp.19-32, 2011</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le champ théâtral sous la Restauration: essais dramatiques et stratégies de conquête du jeune Balzac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Claire Barel-Moisan. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Balzac avant Balzac</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Christian Pirot éditeur, p.123-138, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Classiques Garnier, pp.111-134, 2011</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le spectacle du pilori: édification, conversion du peuple? Notre-Dame de Paris par Worsley, Dieterle et Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Delphine Gleizes. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'oeuvre de Victor Hugo à l'écran. Des rayons et des ombres.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Presses de l'université Laval / L'Harmattan, p.151-170, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Mémoire active, 2011</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rire sous la Restauration: théorie et pratique de la comédie, de Stendhal à Scribe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Yves Mollier, Martine Reid, Jean-Claude Yon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Repenser la Restauration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nouveau monde éditions, p.239-251, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Nouveau monde éditions, pp.210-214, 2011</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théâtre, opéra, cinéma: parasitage des genres. Le roi s'amuse, Rigoletto, Il re si diverte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Delphine Gleizes. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'oeuvre de Victor Hugo à l'écran. Des rayons et des ombres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Presses de l'université Laval / L'Harmattan, p.107-124, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Nouveau monde éditions, pp.69-75, 2011</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Langue des drames de Hugo en prose et langue du mélodrame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florence Naugrette, Guy Rosa. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hugo et la langue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bréal, p.409-428, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Nouveau monde éditions, pp.50-68, 2011</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représentations sandiennes du public de théâtre: la communauté impossible?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eric Bordas. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">George Sand, écriture et représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eurédit, p.183-206, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.155-168, 2011</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balzac en vaudeville: manipulations et appropriations du roman par la scène parisienne des années 1830</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gérard Loubinoux et Philippe Bourdin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Scène bâtarde entre Lumières et romantisme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires Blaise Pascal, pp.91-109, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Brepols, pp.1-16, 2011</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Etoile du Nord de Meyerbeer, ou l'opéra-comique en ses extrêmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Arnold Jacobshagen, Milan Pospisil. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Meyerbeer und die Opéra-Comique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laaber, p. 231-247, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978114v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Consuelo et le &amp;quot;temple de la folie&amp;quot;. Exaspération romanesque des tensions de la scène lyrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michèle Hecquet et Christine Planté. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lectures de Consuelo-La Comtesse de Rudolstadt de George Sand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Lyon, p.167-187, 2004, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pul.6723⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Société archéologique, scientifique et littéraire du Vendômois, pp.56-61, 2011</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'imaginaire scénique de la prison sous la Révolution: éloquence et plasticité d'un lieu commun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Bourdin, Gérard Loubinoux. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Arts de la scène et la Révolution française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires Blaise Pascal, p.395-418, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses de l'Université de Saint-Étienne, pp.219-233, 2011</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'opéra-comique de la Restauration et sa recréation italienne: heureux échange ou rencontre manquée?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Milan Pospisil. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le rayonnement de l'opéra-comique en Europe au 19e siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, KLB, p.285-298, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Nouveau monde éditions, pp.99-103, 2011</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les débuts de Fromental Halévy à l'Opéra-Comique (1819-1827)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gilles de Van, Karl Leich-Galland. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fromental Halévy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Lucie Galland, p.51-71, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Desjonquères, pp.110-123, 2010, L'esprit des Lettres</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murs blancs, toit rouge: éclats du Nord dans la poésie verlainienne&amp;quot; (avec Dominique Carlat)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patrice Marcilloux. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire d'un site. La réhabilitation de l'ancien refuge de l'abbaye d'Etrun</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conseil général du Pas-de-Calais, p.107-119, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.17-27, 2010</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le bestiaire des Petites Epopées, ou l'alphabet du Progrès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">José-Luis Diaz. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Légende des siècles de Victor Hugo. Les "sombres assonances de l'histoire"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SEDES</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p.71-86, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Peter Lang, pp.127-143, 2010, French studies of the Eighteenth and Nineteenth Centuries</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des &amp;quot;hommes crépusculaires&amp;quot;. Epopée critique et crise du héros dans La Légende des siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">André Guyaux et Bertrand Marchal. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Légende des siècles (Première série) de Victor Hugo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Paris-Sorbonne, p.14-35, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...2973 lines deleted...]
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01974564v1</w:t>
-              </w:r>
-[...157 lines deleted...]
-                <w:t xml:space="preserve">halshs-01974571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (71)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une scène lyrique populaire sur le boulevard du Temple : l’Opéra-National et la presse française (1847-1852)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tangence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Presse et musique au XIXe siècle. Poétiques, littératures et savoirs, 137, pp.43-66. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1118525ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1118525ar⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">hal-05306230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Lever de rideau »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Deux Mondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, « George Sand l’immortelle » (34-40)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024, « George Sand l’immortelle » (34-40)</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Traverser le quatrième mur. Bocage, citoyen comédien »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.55-68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Fantasio de Musset : à lire, jouer ou chanter ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Avant-Scène Opéra</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, « Fantasio d’Offenbach » (336), pp.88-95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04911797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Du théâtre en République. Nerval, Bocage et Une nuit blanche »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Nerval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.85-105</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« “Encore une pièce Macaire !” Newgate, ou les voleurs de Londres (1829) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de l'Association internationale des études françaises (CAIEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.157-170</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présences sensibles. Les scènes des personnages dans Le Rouge et le Noir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Stendhal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Présences du personnage, 1, pp.33-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/stendhal.686⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03083754v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauprat en 1853. Le drame de l'Odéon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Op. cit. : revue des littératures et des arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, XIXe siècle. Agrégation 2020, n°21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03201660v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un volcan peut en cacher un autre : éruptions populaires dans Masaniello et La Muette de Portici (1827-1828)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orages, Littérature et culture (1760-1830)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19, pp.129-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ora.019.0129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Théophile Gautier et le théâtre », « Le Capitaine Fracasse, roman des comédiens »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Avant-scène. Théâtre </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Fracasse d'après Théophile Gautier (1488), pp.65-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment devient-on vaudevilliste ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Formations d'écrivains au XIXe siècle. Écoles, sociabilités, autodidaxies, 3 – 2020, 120e année, pp.525-536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10744-6.p.0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02924201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Comment devient-on vaudevilliste ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3, pp.525-535</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Capitaine Fracasse, roman des comédiens&amp;quot; et &amp;quot;Théophile Gautier et le théâtre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Avant-scène. Théâtre </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Fracasse d'après Théophile Gautier, 1488, pp.65-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03083758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Mauprat en 1853. Le drame de l’Odéon »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Op. cit. : revue des littératures et des arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« “Des larmes silencieuses”. Economie de l'émotion théâtrale chez George Sand »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">George Sand Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.75-85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910078v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La Môme Crevette entre scène et ville »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Avant-scène. Théâtre </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1468-1469, pp.201-203</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un vaudeville virtuose&amp;quot; et &amp;quot;La Môme Crevette entre scène et ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Avant-scène. Théâtre </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, La Dame de chez Maxim de Georges Feydeau, pp.189-193 et 201-203</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02288643v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Un vaudeville virtuose »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Avant-scène. Théâtre </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1468-1469, pp.189-193</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le peuple est-il cabotin?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Magasin du XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, L'universel cabotinage, 9, pp.68-74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02424447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence des emplois sur la dramaturgie d'opéra-comique entre Directoire et Empire: d'Elleviou à &amp;quot;l'Elleviou&amp;quot;, de Martin au &amp;quot;Martin&amp;quot;, enjeux esthétiques et politiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orages, Littérature et culture (1760-1830)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18, pp.201-226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ora.018.0201⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02424446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un enfant du plaisir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Nouveau Magazine Littéraire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, "Vaudeville. Ciel! Des génies!", pp.84-86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des larmes silencieuses&amp;quot;. Economie de l'émotion théâtrale chez George Sand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">George Sand Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n°37-38, pp.75-85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02473532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le peuple est-il cabotin ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Magasin du XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.68-74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Marquise à l'Opéra-Comique. De George Sand à Adolphe Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers George Sand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n°40, pp.197-206</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bocage, comédien et directeur de l'Odéon, face à la censure politique, 1830-1850</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romanticismi - La Rivista del CRIER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Il teatro romantico e la censura, 3, pp.135-155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13136/2465-2393/131⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02288645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lire le social par le théâtre sous la monarchie de Juillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n°175, pp.49-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rom.175.0049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du romantisme contre un siècle grégaire. Sand et Musset selon Cassou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1063-1064, pp.215-224</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deux opéras pour un roman. Chronique du règne de Charles IX, Le Pré-aux-clercs, Les Huguenots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Mérimée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, n°7, p.61-76</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juin 1848, une lacune dans l'oeuvre de George Sand? Taire et dire le désastre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers George Sand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, n°37, p.143-165</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le conte en scène, de Cendrillon au Petit Chaperon rouge: une métamorphose merveilleuse de l'opéra-comique entre Empire et Restauration?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fééries. Études sur le conte merveilleux XVIIe-XIXe siècle </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, n°12, p.115-130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/feeries.972⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouny-Robin, ou comment refonder le fantastique en 1841</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers George Sand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, n°36, p.113-131</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1814-1815: construction dramatique des événements et modes théâtraux de symbolisation du présent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d’histoire du XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1814-1815 Expériences de la discontinuité, 49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00980862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Racine et Shakespeare, manifeste pour la jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Année Stendhalienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, n°13, p.91-109</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les figures féminines dans le théâtre de Victor Hugo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nouveaux Cahiers de la Comédie-Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.75-81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D'un théâtre romantique fantastique : réflexions sur une trop visible absence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Histoire du Théâtre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 257, pp.69-86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Théâtre du Panorama-Dramatique, un laboratoire dramatique sous la Restauration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lingua Romana : a Journal of French, Italian and Romanian Culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11, pp.35-48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Plus Heureux des trois&amp;quot;, un adultère gai</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Avant-scène. Théâtre </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1348, pp.88-91</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914268v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On est dans la danse...dansons ! &amp;quot;Quadrille&amp;quot; de Sacha Guitry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Avant-scène. Théâtre </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1315, pp.81-82</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Castil-Blaze plagiaire ? Du &amp;quot;Dictionnaire de musique&amp;quot; au &amp;quot;Dictionnaire de musique moderne&amp;quot;, petite étude de cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orages, Littérature et culture (1760-1830)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 11, pp.199-210</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sand et les arts du XVIIIe siècle, &amp;quot;Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Amis de George Sand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 34, pp.7-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auriol, ou de l'usage romantique du clown : Gautier, Banville, Baudelaire et le rire du cirque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autour de Vallès : revue de lectures et d'études vallésiennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 42, pp.81-93</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lectures sociocritiques du théâtre, &amp;quot;Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etudes littéraires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, pp.55-68</w:t>
+              <w:t xml:space="preserve">, 2012, 43/3, pp.7-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2022, pp.85-105</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le silence des choses. La pantomime romantique, spectacle de l'immanence ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Magasin du XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2, pp.76-80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2021, pp.157-170</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théophile Gautier, historien du théâtre ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de Théophile Gautier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 34, pp.46-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bara</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rire subversif de Frédérick-Lemaître/Robert Macaire, ou la force comique d'un théâtre d'acteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Insignis - Revue d’études littéraires et transdisciplinaires sur le XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, "Trans(e)", n°1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sand et l'économie du spectacle entre République et Empire: d'un compromis sans compromission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Amis de George Sand</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03142185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugène Scribe, l'empereur déchu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Yon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Avant-scène. Théâtre </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Fracasse d'après Théophile Gautier (1488), pp.65-68</w:t>
+              <w:t xml:space="preserve">, 2011, 1303, pp.81-82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dramaturgie du vaudeville chez Feydeau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Nouveaux Cahiers de la Comédie-Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 7, pp.45-52</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 3, pp.525-535</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le théâtre de Théophile Gautier, ou l'impossible réalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de Théophile Gautier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 32, pp.9-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Présences sensibles. Les scènes des personnages dans Le Rouge et le Noir »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Stendhal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 1, pp.33-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les théâtres de George Sand, dans le texte et au-delà</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Histoire du Théâtre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2010/1-2, pp.119-130</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petite histoire de l'interprétation scénique et vocale de &amp;quot;La donna del lago&amp;quot; de Rossini : entre fastes bel cantistes et couleur locale romantique (1958-2001)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Silène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Musset et Sand ironistes: deux romantismes critiques?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littératures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, n°61, p.29-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/litteratures.2004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier, le corps dansant et l'objet, ou l'esprit de la matière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de Théophile Gautier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, "Gautier et les arts de la danse", n°31, p.57-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Théâtre-Historique, théâtre en musique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Alexandre Dumas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, n°36, p.18-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Labiche à Feydeau: d'un vaudeville l'autre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Avant-scène. Théâtre </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, n°1261, p.85-89</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Feydeau à Guitry: la quintessence du vaudeville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Avant-scène. Théâtre </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, n°1247, p.80-82</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maître Favilla, ou le théâtre à la folie: illusion et hallucination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">George Sand Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, n°27, p.12-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien-Louis Geoffroy et la naissance du feuilleton dramatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orages, Littérature et culture (1760-1830)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 19, pp.129-150. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2008, "Poétiques journalistiques", p.163-180</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ecrire sur le vide: les débuts de Théophile Gautier au Moniteur universel et la pénurie théâtrale de la saison 1855-1856</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de Théophile Gautier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, "Le cothurne étroit du journalisme", n°30, p.127-141</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975602v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'opéra idéal selon la Lettre à Meyerbeer: rêverie critique et pensée utopique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches et travaux (Grenoble)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Les Lettres d'un voyageur de George Sand. Une poétique romantique, sous la direction de Damien Zanone, n°70, p.141-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/recherchestravaux.234⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La &amp;quot;moralité de la révolution&amp;quot;: de l'autorité du mélodrame selon le Théâtre choisi de Pixerécourt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Studi francesi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, n°149, p.351-369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/studifrancesi.28578⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 21</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boulevard du Crime. Le temps des spectacles oculaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orages, Littérature et culture (1760-1830)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, n°37-38, pp.75-85</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00004855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les voies du théâtre idéal: Théophile Gautier, George Sand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société de Théophile Gautier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, n°26, p.93-107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Juive de Scribe et Halévy : un opéra juif ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, "Juifs, judéités à Paris au début du 19e siècle", 125, pp.75-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/roman.2004.6646⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 1468-1469, pp.201-203</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D'un corpus hybride : l'opéra-comique, au carrefour des genres dramatiques et lyriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lieux Littéraires / La Revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 7-8, pp.229-240</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, La Dame de chez Maxim de Georges Feydeau, pp.189-193 et 201-203</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00004856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Hugo, librettiste d'opéra-comique. A propos d'A.Q.C.H.E.B.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Avant-Scène Opéra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, "Hugo à l'opéra", n°208, p.16-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 1468-1469, pp.189-193</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975657v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paroles de gueux et &amp;quot;prose de la vie&amp;quot;: Mille francs de récompense</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Année Victor Hugo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, n°1, p.161-181</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, pp.75-85</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les romantiques et l'opéra-comique: Berlioz, Gautier, Nerval. Petit essai de critique comparée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lieux Littéraires / La Revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, n°6, p.75-91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, L'universel cabotinage, 9, pp.68-74</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975643v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bellini: Ernani. Un opéra inachevé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Avant-Scène Opéra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, "Hugo à l'opéra", n°208, pp.80-81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'envers de la Comédie humaine: mythes balzaciens du Boulevard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lieux Littéraires / La Revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, "Théâtres virtuels", n°4, p.21-43</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...3456 lines deleted...]
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01975667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16852,1766 +16865,1766 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Manuel Garcia y la vida musical parisina de los años 1820 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">I tre Gobbi de Manuel Garcia Fundacion Juan March Madrid</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04911807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le librettiste d'opéra et la question du style</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Dame blanche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.44-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02507354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« De romances en mélodies »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CD Alexandre Dumas et la musique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04911808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olimpie de Spontini, entre tragédie lyrique et grand opéra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Olimpie de Spontini</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02126658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Chanteur de troupe et vedette. Chollet, créateur de Chapelou »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Programme Opéra-Comique Paris Le Postillon de Lonjumeau d'Adolphe Adam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.45-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L'émergence du grand opéra »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Programme de l'Opéra de Paris Les Huguenots de Meyerbeer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.43-45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D'un tragique féminin chez Verdi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Opéra de Paris, La Traviata de Verdi, saison 2019-2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02300672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Feydeau, “champion du monde du rapport humain” », entretien journal La Croix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911811v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au commencement était le Verbe... Eugène Scribe, créateur du grand opéra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le grand opéra 1828-1867. Le spectacle de l'Histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.46-55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02400210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du grand opéra français au melodramma verdien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, pp.40-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, pp.45-49</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'émergence du grand opéra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, pp.43-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, pp.43-45</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fantastique dans les arts du spectacle de la seconde moitié du 19e siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, pp.57-59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deux opéras pour un roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, pp.28-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Dieu de nos pères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, pp.165-173</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018, pp.43-45</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975754v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Vestale de Jouy et Spontini, un opéra politique?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, pp.55-83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018, pp.40-43</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01975761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugène Labiche, La Dame aux jambes d'azur, dossier et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2016, pp.57-59</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Sand, La Marquise, dossier et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2016, pp.28-34</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Masaniello de l'Opéra-Comique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2016, pp.165-173</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La riche tradition théâtrale du brigand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2016, pp.55-83</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978213v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Hugo, &amp;quot;Ruy Blas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2015</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00919390v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une utopie du peuple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2014</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978211v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De La Duègne aux Fiançailles au Couvent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2012</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfred de Musset, Fantasio, dossier et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2011</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974526v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">50 notices biographiques (écrivains, librettistes, chanteurs, compositeurs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Die Musik in Geschichte und Gegenwart</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2011</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01978264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stendhal, Le Rouge et le Noir, dossier et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2011</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfred de Musset, Lorenzaccio, dossier et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2011</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01974519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Honoré de Balzac, Le Père Goriot, lecture accompagnée et notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...316 lines deleted...]
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01974516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18621,300 +18634,300 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation de Théâtre inédit de Nohant (1846-1863) et Théâtre de Nohant (1864), édition critique (Oeuvres complètes de George Sand, éditions Honoré Champion)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05307328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« BOCAGE QUI A NOS CONVICTIONS » Félix Pyat, le drame social et son acteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05317206v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">halshs-05307328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Vidéo (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Sand. Vivre, penser, écrire le temps. [concert-lecture]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Barel-Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudine Grossir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Gheerbrant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04716786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId317"/>
+      <w:footerReference w:type="default" r:id="rId318"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -19061,51 +19074,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719681v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Barel-Moisan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bara" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Grossir" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04920540v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Wisniewski" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910428v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911809v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04698712v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ta&#239;eb" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/default/la-musique-de-scene-dans-le-theatre-parle-des-lumieres-au-romantisme.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884243v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Majorel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.66569" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910424v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910414v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910406v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03165354v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Calderone" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965556v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/11358-book-08535423-9782745354235.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083752v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376425v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376441v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376417v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965937v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965515v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01957229v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Forestier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Naugrette" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Sanjuan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965520v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06866-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046758v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Yon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Heyraud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03905099v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965519v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01837081v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Losco" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pellois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.3950" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978074v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918690v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918687v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Ramaut" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918682v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918683v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918689v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918692v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918688v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Saby" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O'Dea" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918693v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918685v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00986707v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Plant&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918681v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965554v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965940v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965517v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911800v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912030v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910309v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910318v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04925546v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910297v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910260v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910269v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910289v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03142165v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910242v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910224v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910234v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03201248v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910253v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910175v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910205v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910213v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02507352v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083722v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11308-9.p.0235" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288646v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parismusees.paris.fr/fr/publications/paris-romantique" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376455v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911796v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911792v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02302279v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910198v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964523v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01986769v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07448-9.p.0049" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975506v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04383778v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Sandras" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975486v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03126009v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965941v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980857v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978159v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980856v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974561v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980859v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974556v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975767v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980855v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980852v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975783v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975771v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278211v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Damour" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Losco-Lena" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978073v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980854v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918680v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914571v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910205v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910198v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910250v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910232v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910217v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910226v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910179v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910241v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910168v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914534v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910187v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978155v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910236v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914555v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910157v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909777v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918889v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909764v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978151v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918881v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918885v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918882v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909756v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910240v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918888v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910259v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909768v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918886v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909738v2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909714v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909767v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909750v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980861v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00550671v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909732v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909773v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978137v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00968418v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gleizes" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975865v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01977957v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975812v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01977979v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01977987v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puse.1818" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01977997v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01977992v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01977999v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ceredi.labos.univ-rouen.fr/public/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974550v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978006v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01977985v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978009v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974541v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978057v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978063v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978029v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978019v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978039v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.9824" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978017v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.1376" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978047v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978023v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978096v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978081v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978103v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978087v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978122v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978127v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974587v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978114v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974590v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.6723" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974583v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974578v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974564v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974575v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974571v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://http:/groupugo.div.jussieu.fr" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306230v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1118525ar" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911799v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911797v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910154v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910147v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910142v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911790v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924201v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10744-6.p.0013" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910099v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910110v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ora.019.0129" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083754v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/stendhal.686" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03201660v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083758v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910128v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02473532v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910073v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911785v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288643v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911783v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910078v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02424447v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02424446v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ora.018.0201" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911787v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288645v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13136/2465-2393/131" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975347v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975343v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.175.0049" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975339v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975198v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975189v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975178v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/feeries.972" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975329v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975544v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980862v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914268v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914274v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914297v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914547v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914265v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914271v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914291v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914793v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914259v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914293v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914570v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975554v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03142185v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914279v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914285v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914541v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914260v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914283v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910094v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975585v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975579v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/litteratures.2004" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975571v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978252v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975592v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975612v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978246v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975602v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978012v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/recherchestravaux.234" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975620v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/studifrancesi.28578" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004855v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975633v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/roman.2004.6646" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975626v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004856v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975648v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975657v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975741v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975643v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975667v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911807v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02507354v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911808v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02400210v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02300672v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911804v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911802v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02126658v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911811v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975514v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975537v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975749v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975530v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975754v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975761v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974536v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974534v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978219v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919390v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978213v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978211v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978218v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974526v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978264v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974523v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974519v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974516v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05317206v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05307328v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716786v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Gheerbrant" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04920540v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bara" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Wisniewski" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719681v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Barel-Moisan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Grossir" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911809v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910428v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04698712v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ta&#239;eb" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/default/la-musique-de-scene-dans-le-theatre-parle-des-lumieres-au-romantisme.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884243v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Majorel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.66569" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910424v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910414v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910406v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965556v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/11358-book-08535423-9782745354235.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03165354v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Calderone" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083752v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376441v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376417v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376425v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965515v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01957229v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Forestier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Naugrette" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Sanjuan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965937v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046758v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Yon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Heyraud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-03905099v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965520v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06866-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965519v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01837081v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Losco" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pellois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.3950" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978074v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918690v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918689v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918683v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918692v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918688v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Saby" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O'Dea" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918687v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Ramaut" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918682v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918685v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00986707v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Plant&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918693v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918681v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965554v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965940v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965517v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910309v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912030v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910318v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04925546v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911800v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910297v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910269v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910289v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910260v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910242v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910224v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03142165v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910234v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03201248v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910253v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910213v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02507352v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083722v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-11308-9.p.0235" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910175v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910205v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911792v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911796v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02376455v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02302279v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910198v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288646v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.parismusees.paris.fr/fr/publications/paris-romantique" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964523v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01986769v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07448-9.p.0049" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975506v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-04383778v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Sandras" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975486v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01965941v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980857v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03126009v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980852v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980855v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980859v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975767v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974556v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975783v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975771v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974561v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978159v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980856v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980854v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978073v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05278211v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Damour" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Losco-Lena" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914571v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918680v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910205v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910198v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978155v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910217v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910232v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910241v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910168v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914534v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910187v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910226v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910179v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910236v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914555v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910157v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910250v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910240v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909756v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978151v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909764v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918882v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918881v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918885v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918888v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909768v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910259v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918886v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918889v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909777v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00550671v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909738v2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909767v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909750v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980861v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909714v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909732v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909773v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01977957v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00968418v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gleizes" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pulg/5397" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975865v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975812v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01977979v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978137v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01977999v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ceredi.labos.univ-rouen.fr/public/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01977997v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01977992v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974550v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01977985v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978006v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01977987v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puse.1818" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974541v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978009v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978039v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.9824" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978029v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978019v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978063v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978017v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.1376" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978023v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978047v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978057v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978081v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978103v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978087v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978096v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978127v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974587v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978114v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974590v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pul.6723" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978122v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974583v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974578v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974575v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974571v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://http:/groupugo.div.jussieu.fr" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974564v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05306230v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1118525ar" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911799v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910154v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911797v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910147v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910142v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083754v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/stendhal.686" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03201660v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910110v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ora.019.0129" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911790v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924201v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10744-6.p.0013" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910099v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083758v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910128v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910078v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911785v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288643v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911783v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02424447v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02424446v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ora.018.0201" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911787v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02473532v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910073v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975347v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02288645v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13136/2465-2393/131" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975343v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.175.0049" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975339v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975198v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975189v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975178v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/feeries.972" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975544v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00980862v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975329v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914297v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914274v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914547v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914268v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914291v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914271v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914793v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914259v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914570v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914293v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914265v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975554v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03142185v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914279v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914260v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914283v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910094v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914285v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914541v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975579v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/litteratures.2004" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975585v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975571v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978252v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978246v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975592v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975612v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975602v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978012v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/recherchestravaux.234" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975620v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/studifrancesi.28578" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004855v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975626v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975633v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/roman.2004.6646" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004856v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975657v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975741v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975643v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975648v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975667v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911807v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02507354v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911808v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02126658v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911804v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911802v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02300672v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911811v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02400210v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975537v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975514v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975749v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975530v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975754v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01975761v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974536v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974534v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978219v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978213v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919390v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978211v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978218v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974526v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01978264v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974523v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974519v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974516v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05307328v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05317206v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716786v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Gheerbrant" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>