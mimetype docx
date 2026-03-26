--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -400,320 +400,320 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Échanges autour des recherches, des métiers, des parcours de formation et visite (UMR BOA, INRAE)</w:t>
+                <w:t xml:space="preserve">Animations autour de l’œuf de table et de l’œuf à couver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Berri</w:t>
+                <w:t xml:space="preserve">Magali Chesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Nowakowski</w:t>
+                <w:t xml:space="preserve">Joël Delaveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Réhault-Godbert</w:t>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Hervé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Magali Chesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stages de troisième en CVL "Sciences pour toutes et tous"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Val de Loire, Feb 2025, Nouzilly, France</w:t>
+              <w:t xml:space="preserve">60 ans du site INRAE de Nouzilly : Journée d’accueil et d’échanges à destination des collégiens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE Centre Val de Loire, May 2025, Nouzilly, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04934510v1</w:t>
+                <w:t xml:space="preserve">hal-05384220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animations autour de l’œuf de table et de l’œuf à couver</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Échanges autour des recherches, des métiers, des parcours de formation et visite (UMR BOA, INRAE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Berri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Nowakowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Réhault-Godbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Chesse</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Océane Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">60 ans du site INRAE de Nouzilly : Journée d’accueil et d’échanges à destination des collégiens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE Centre Val de Loire, May 2025, Nouzilly, France</w:t>
+              <w:t xml:space="preserve">Stages de troisième en CVL "Sciences pour toutes et tous"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Val de Loire, Feb 2025, Nouzilly, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05384220v1</w:t>
+                <w:t xml:space="preserve">hal-04934510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of hen age and egg storage conditions on the quality and protein composition of the vitelline membrane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Chesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Tomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1063,90 +1063,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gene expression of two egg proteins, VMO1 and AvBD11, in the laying hen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Chesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Bernardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Réhault-Godbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1240,51 +1240,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Labas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">47. FEBS Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1478,51 +1478,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05457779v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Herv&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Chess&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tomas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Labas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Jimenez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.118291" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880745v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zatylny-Gaudin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Dubos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rabet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Henry" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2023.109064" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04934510v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Nowakowski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie R&#233;hault-Godbert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Chesse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05384220v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Delaveau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guyot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04633408v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04517185v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Bernardet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04243746v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Dombre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baraa Ezzo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04633445v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183071v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Moreau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05457779v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Herv&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Chess&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Tomas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Labas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Jimenez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.118291" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880745v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zatylny-Gaudin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Dubos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rabet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Henry" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2023.109064" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05384220v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Chesse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Delaveau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guyot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04934510v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Nowakowski" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie R&#233;hault-Godbert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04633408v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04517185v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Bernardet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mignon-Grasteau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04243746v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Dombre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baraa Ezzo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04633445v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Gautron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183071v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Moreau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>