--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:145.45454545455px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Olivier Cots </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en mathématiques appliquées à l'INP-ENSEEIHT & IRIT</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ocots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4703-4369</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">166740365</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maître de conférences en mathématiques appliquées à l'</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRIT (UMR CNRS 5505)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENSEEIHT (Dépt. SN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Intérêts scientifiques: Contrôle optimal: Géométrie, algorithmes et applications</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre de l'équipe </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algo. Parallèles et Optimisation</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, du bureau </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SMAI-MODE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Zermelo Navigation Problem on the 2-Sphere of Revolution: An Optimal Control Perspective with Applications to Micromagnetism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Privat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinearity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 39 (1), pp.015006. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6544/ae2cd9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326962v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A bilevel optimal control method and application to the hybrid electric vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Dutto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Laporte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimal Control Applications and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 46 (3), pp.Pages 1104-1119. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/oca.3247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04359870v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loss control regions in optimal control problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Térence Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anas Bouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Differential Equations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 405, pp.359-397. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jde.2024.06.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zermelo Navigation Problems on Surfaces of Revolution and Geometric Optimal Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Wembe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 29 (60), pp.34. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cocv/2023052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03209491v5</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abnormal Geodesics in 2D-Zermelo Navigation Problems in the Case of Revolution and the Fan Shape of the Small Time Balls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Wembe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systems and Control Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 161, pp.105140. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sysconle.2022.105140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437507v6</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Singular versus boundary arcs for aircraft trajectory optimization in climbing phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Goubinat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Wembe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 57 (2), pp.817-839. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/m2an/2022101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03896137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Zermelo navigation problem with a vortex singularity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Wembe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 27 (S), pp.S10. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cocv/2020058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296046v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangency property and prior-saturation points in minimal time problems in the plane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Térence Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Applicandae Mathematicae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 170 (1), pp.Pages 515 - 537. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10440-020-00344-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280065v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time minimal saturation of a pair of spins and application in magnetic resonance imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Verron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Control and Related Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.47-88. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3934/mcrf.2019029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779377v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of an optimal control problem related to anaerobic digestion process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Térence Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro P. Gajardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Optimization Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 178 (2), pp.627-659. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10957-018-1292-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629188v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric and numerical methods for a state constrained minimum time control problem of an electric vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.35. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cocv/2016070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01367919v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct and indirect methods in optimal control with state constraints and the climbing trajectory of an aircraft</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Goubinat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimal Control Applications and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01367918v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric and numerical methods in the contrast imaging problem in nuclear magnetic resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Claeys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Applicandae Mathematicae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 135 (1), pp.5-45. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10440-014-9947-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00867753v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric and numerical techniques to compute conjugate and cut loci on Riemannian surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Jassionnesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Springer INdAM Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Geometric Control Theory and Sub-Riemannian Geometry, 5, pp.53-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00925071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riemannian metrics on 2D-manifolds related to the Euler-Poinsot rigid body motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Pomet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataliya Shcherbakova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 20 (3), pp.864-893. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cocv/2013087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00918587v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric Numerical Methods and Results in the Control Imaging Problem in Nuclear Magnetic Resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Models and Methods in Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, vol. 24 (n° 1), pp. 187-212. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0218202513500504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01136896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Serret-Andoyer Riemannian metric and Euler-Poinsot rigid body motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataliya Shcherbakova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Control and Related Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3, pp.287-302. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3934/mcrf.2013.3.287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy minimization problem in two-level dissipative quantum control: meridian case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataliya Shcherbakova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 195 (n° 3), pp. 311-335. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10958-013-1582-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01122070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential continuation for regular optimal control problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization Methods and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 27 (2), pp.177-196. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10556788.2011.593625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00641908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric Optimal Control of the Contrast Imaging Problem in Nuclear Magnetic Resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Glaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Lapert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Sugny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 57, pp.1957--1969. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAC.2012.2195859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00750032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The energy minimization problem for two-level dissipative quantum systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Sugny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataliya Shcherbakova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 51 (9), pp.44. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3479390⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04177744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving optimal control problems on GPU with Julia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JuliaCon local Paris 2025 - European conference on the Julia programming language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Julia / CNAM, Oct 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric preconditioner for indirect shooting and application to hybrid vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Dutto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Laporte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IFAC Conference of Modelling, Identification and Control of Nonlinear Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04473962v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory optimisation in space mechanics with Julia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alesia Herasimenka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JuliaCon 2024 - 11th Conference on the Julia programming language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Eindhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04724679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">control-toolbox: solving control problems within Julia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FGS 2024 - 21st French-German-Spanish conferences on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oviedo University, Jun 2024, Gijón, Asturias, Spain. à paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of value function data for bilevel optimal control and application to hybrid electric vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Dutto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Laporte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thematic Einstein Semester conference on Mathematical Optimization for Machine Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04359905v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving optimal control problems with Julia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Julia and Optimization Days 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM; CNRS - Groupe CALCUL, Oct 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04277441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving optimal control problems with Julia (talk)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JuliaCon 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MIT: Massachusetts Institute of Technology, Cambridge, MA, USA, Jul 2023, Cambridge, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04277383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ct: control toolbox - Numerical tools and examples in optimal control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC Workshop on Control Applications of Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. pp.13-18, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.08.074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558975v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SMITH: differential homotopy and automatic differentiation for computing thermodynamic diagrams of complex mixtures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataliya Shcherbakova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31th European Symposium on Computer Aided Process Engineering (ESCAPE-31 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Federation of Chemical Engineering (EFCE); CAPE Working Party(CAPE-WP); Chamber of Chemical Engineers of Turkey (KMO); Koc University, Istanbul, Jun 2021, Istanbul, Turkey. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-323-88506-5.50166-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homotopic approach for turnpike and singularly perturbed optimal control problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Wembe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th French-German-Swiss conference on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338881v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimum energy control of passive tracers advection in point vortices flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Balsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Wembe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Automatic Control and Soft Computing (CONTROLO 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Bragança, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02865231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangency property and prior-saturation points in planar minimal time problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Térence Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Federation of Automatic Control 2020 (IFAC 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02926508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About prior saturation points for affine control systems (Journées MODE 2018, Autrans)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terence Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du groupe thématique MODE de la Société de Mathématiques Appliquées et Industrielles (SMAI) (Journées SMAI MODE 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de Mathématiques Appliquées et Industrielles (SMAI); European Network for Game Theory (COST Action CA16228), Mar 2018, Autrans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03044236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric and numerical methods for the contrast and saturation problems in Magnetic Resonance Imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Verron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programme Gaspard Monge - PGMO Days 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-optimal aircraft trajectories in climbing phase and singular perturbations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Goubinat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th World Congress of the International Federation of Automatic Control (IFAC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.1625-1630, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02871308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HAMPATH : Suivi de chemin différentiel et conditions du second ordre en contrôle optimal (Congrès SMAI 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Biennale Française des Mathématiques Appliquées et Industrielles (Congrès SMAI 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de Mathématiques Appliquées et Industrielles (SMAI); Fédération de recherche ARC Mathématiques, CNRS 3399, Jun 2017, Ronce-les-bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03128331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturbation singulière en contrôle optimal et le problème de montée en temps minimal d'un avion (Congrès SMAI 2017, Ronce-les-bains, 05/06/17-09/06/17)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Goubinat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SMAI 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Ronce-les-bains, Région indéterminée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03116288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the minimum time optimal control problem of an aircraft in its climbing phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Delpy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Goubinat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Euporean Conferencer for Aeronautics and Aerospace Sciences (EUCASS 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Milan, Italy. pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problème de contrôle optimal en temps minimal pour un avion contraint en phase de montée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Goubinat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Société de Mathémathiques Appliquées et Industrielles - Mathématiques de l’Optimisation et de la DEcision (SMAI-MODE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe thématique MODE (Mathématiques de l’Optimisation et de la DEcision) de la Société de Mathémathiques Appliquées et Industrielles (SMAI), Mar 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction basée squelette d'un objet 3D à partir de points de vue multiples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Durix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du Groupe de Travail en Modélisation Géométrique (GTMG 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Dijon, France. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01491211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Analysis in Optimal Control Problem for Aircraft Trajectories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Goubinat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th British-French-German Conference on Optimization (BGS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Department of Computing, Imperial College London; Centre for Process Systems Engineering, Imperial College London; Imperial College Business School, Jun 2015, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03213953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riemannian metrics on 2D manifolds related to the Euler-Poinsot rigid body problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataliya Shcherbakova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52nd IEEE Conference on Decision and Control (CDC 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Firenze, Italy. pp. 1804-1809</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00925078v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Numerical Methods in the Contrast Imaging Problem in NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Claeys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52nd IEEE Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Firenze, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00800436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy minimization in two-level dissipative quantum control: The integrable case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 8th AIMS Conference on Dynamical Systems, Differential Equations and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Germany. (to appear)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00586231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the reduction of a spatially hybrid optimal control problem into a temporally hybrid optimal control problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Térence Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anas Bouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">AIMS on Applied Mathematics. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVAN KUPKA LEGACY: A Tour Through Controlled Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, 2024, ISBN-10: 1-60133-026-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04319045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zermelo navigation on the sphere with revolution metrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Privat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Trélat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ivan Kupka Legacy: A Tour Through Controlled Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, , pp.35--66, 2024, AIMS Applied Math Books - Special issue in honor of I. Kupka, 978-1-60133-026-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04433828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Tools for Geometric Optimal Control and the Julia control-toolbox package</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bernard Bonnard; Monique Chyba; David Holcman; Emmanuel Trélat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ivan KUPKA LEGACY: A Tour Through Controlled Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 58 (chapter 10), </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AIMS Sciences</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.209--243, 2024, AIMS on Applied Mathematics, 978-1-60133-026-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OptimalControl.jl: a Julia package to model and solve optimal control problems with ODE's</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Szpyrka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:9b5d234ee81dd8297ffcad2e93836381c580061b;origin=https://github.com/control-toolbox/OptimalControl.jl;visit=swh:1:snp:678ecd110fab8c5987a60ac33bd1f866356fd04e;anchor=swh:1:rev:34e50c710432451a9245bc161dcc35589e854b20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de résolution d’un problème de contrôle optimal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Dutto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariano Sans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3146100A1. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04761394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôle optimal géométrique : méthodes homotopiques et applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mathématiques générales [math.GM]. Université de Bourgogne, 2012. Français. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2012DIJOS008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00742927v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About the prior-saturation phenomenon for minimal time problems in the plane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Térence Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About the minimal time control of passive tracers in presence of a single point vortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Wembe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working Notes on the Time Minimal Saturation of a Pair of Spins and Application in Magnetic Resonance Imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Verron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721845v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The minimum time-to-climb and fuel consumption problems and CAS/Mach procedure for aircraft</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Goubinat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01936193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algebraic-geometric techniques for the feedback classification and robustness of the optimal control of a pair of Bloch equations with application to Magnetic Resonance Imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Faugère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Jacquemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01556806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A combination of algebraic, geometric and numerical methods in the contrast problem by saturation in magnetic resonance imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Claeys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Jacquemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01001975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId138"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:145.45454545455px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Olivier Cots </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en mathématiques appliquées à l'INP-ENSEEIHT & IRIT</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ocots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-4703-4369</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">166740365</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maître de conférences en mathématiques appliquées à l'</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRIT (UMR CNRS 5505)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> - </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENSEEIHT (Dépt. SN)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Intérêts scientifiques: Contrôle optimal: Géométrie, algorithmes et applications</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre de l'équipe </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algo. Parallèles et Optimisation</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, du bureau </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SMAI-MODE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Zermelo Navigation Problem on the 2-Sphere of Revolution: An Optimal Control Perspective with Applications to Micromagnetism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Privat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinearity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 39 (1), pp.015006. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6544/ae2cd9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326962v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A bilevel optimal control method and application to the hybrid electric vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Dutto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Laporte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimal Control Applications and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 46 (3), pp.Pages 1104-1119. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/oca.3247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04359870v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loss control regions in optimal control problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Térence Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anas Bouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Differential Equations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 405, pp.359-397. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jde.2024.06.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04137550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zermelo Navigation Problems on Surfaces of Revolution and Geometric Optimal Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Wembe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 29 (60), pp.34. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cocv/2023052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03209491v5</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abnormal Geodesics in 2D-Zermelo Navigation Problems in the Case of Revolution and the Fan Shape of the Small Time Balls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Wembe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systems and Control Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 161, pp.105140. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sysconle.2022.105140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02437507v6</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Singular versus boundary arcs for aircraft trajectory optimization in climbing phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Goubinat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Wembe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 57 (2), pp.817-839. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/m2an/2022101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03896137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Zermelo navigation problem with a vortex singularity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Wembe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 27 (S), pp.S10. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cocv/2020058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02296046v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangency property and prior-saturation points in minimal time problems in the plane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Térence Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Applicandae Mathematicae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 170 (1), pp.Pages 515 - 537. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10440-020-00344-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280065v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time minimal saturation of a pair of spins and application in magnetic resonance imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Verron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Control and Related Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.47-88. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3934/mcrf.2019029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779377v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of an optimal control problem related to anaerobic digestion process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Térence Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro P. Gajardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Optimization Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 178 (2), pp.627-659. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10957-018-1292-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629188v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric and numerical methods for a state constrained minimum time control problem of an electric vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.35. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cocv/2016070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01367919v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct and indirect methods in optimal control with state constraints and the climbing trajectory of an aircraft</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Goubinat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimal Control Applications and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01367918v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric and numerical methods in the contrast imaging problem in nuclear magnetic resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Claeys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Applicandae Mathematicae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 135 (1), pp.5-45. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10440-014-9947-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00867753v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric and numerical techniques to compute conjugate and cut loci on Riemannian surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Jassionnesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Springer INdAM Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Geometric Control Theory and Sub-Riemannian Geometry, 5, pp.53-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00925071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riemannian metrics on 2D-manifolds related to the Euler-Poinsot rigid body motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Pomet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataliya Shcherbakova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESAIM: Control, Optimisation and Calculus of Variations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 20 (3), pp.864-893. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cocv/2013087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00918587v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric Numerical Methods and Results in the Control Imaging Problem in Nuclear Magnetic Resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Models and Methods in Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, vol. 24 (n° 1), pp. 187-212. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0218202513500504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01136896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy minimization problem in two-level dissipative quantum control: meridian case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataliya Shcherbakova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, vol. 195 (n° 3), pp. 311-335. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10958-013-1582-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01122070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Serret-Andoyer Riemannian metric and Euler-Poinsot rigid body motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataliya Shcherbakova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical Control and Related Fields</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3, pp.287-302. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3934/mcrf.2013.3.287⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric Optimal Control of the Contrast Imaging Problem in Nuclear Magnetic Resonance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steffen Glaser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Lapert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Sugny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Automatic Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 57, pp.1957--1969. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TAC.2012.2195859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00750032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential continuation for regular optimal control problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optimization Methods and Software</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 27 (2), pp.177-196. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10556788.2011.593625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00641908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The energy minimization problem for two-level dissipative quantum systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Sugny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataliya Shcherbakova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 51 (9), pp.44. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3479390⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04177744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving optimal control problems on GPU with Julia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JuliaCon local Paris 2025 - European conference on the Julia programming language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Julia / CNAM, Oct 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05295792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric preconditioner for indirect shooting and application to hybrid vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Dutto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Laporte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th IFAC Conference of Modelling, Identification and Control of Nonlinear Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04473962v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectory optimisation in space mechanics with Julia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alesia Herasimenka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JuliaCon 2024 - 11th Conference on the Julia programming language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Eindhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04724679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">control-toolbox: solving control problems within Julia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FGS 2024 - 21st French-German-Spanish conferences on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oviedo University, Jun 2024, Gijón, Asturias, Spain. à paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04651475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving optimal control problems with Julia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Julia and Optimization Days 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM; CNRS - Groupe CALCUL, Oct 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04277441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of value function data for bilevel optimal control and application to hybrid electric vehicle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Dutto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Laporte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thematic Einstein Semester conference on Mathematical Optimization for Machine Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04359905v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving optimal control problems with Julia (talk)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JuliaCon 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MIT: Massachusetts Institute of Technology, Cambridge, MA, USA, Jul 2023, Cambridge, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04277383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ct: control toolbox - Numerical tools and examples in optimal control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th IFAC Workshop on Control Applications of Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France. pp.13-18, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.08.074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558975v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homotopic approach for turnpike and singularly perturbed optimal control problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Wembe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th French-German-Swiss conference on Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338881v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SMITH: differential homotopy and automatic differentiation for computing thermodynamic diagrams of complex mixtures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataliya Shcherbakova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31th European Symposium on Computer Aided Process Engineering (ESCAPE-31 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Federation of Chemical Engineering (EFCE); CAPE Working Party(CAPE-WP); Chamber of Chemical Engineers of Turkey (KMO); Koc University, Istanbul, Jun 2021, Istanbul, Turkey. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-323-88506-5.50166-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimum energy control of passive tracers advection in point vortices flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Balsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Wembe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Conference on Automatic Control and Soft Computing (CONTROLO 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Bragança, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02865231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tangency property and prior-saturation points in planar minimal time problems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Térence Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Federation of Automatic Control 2020 (IFAC 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02926508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric and numerical methods for the contrast and saturation problems in Magnetic Resonance Imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Verron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programme Gaspard Monge - PGMO Days 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About prior saturation points for affine control systems (Journées MODE 2018, Autrans)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terence Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du groupe thématique MODE de la Société de Mathématiques Appliquées et Industrielles (SMAI) (Journées SMAI MODE 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de Mathématiques Appliquées et Industrielles (SMAI); European Network for Game Theory (COST Action CA16228), Mar 2018, Autrans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03044236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HAMPATH : Suivi de chemin différentiel et conditions du second ordre en contrôle optimal (Congrès SMAI 2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Biennale Française des Mathématiques Appliquées et Industrielles (Congrès SMAI 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de Mathématiques Appliquées et Industrielles (SMAI); Fédération de recherche ARC Mathématiques, CNRS 3399, Jun 2017, Ronce-les-bains, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03128331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-optimal aircraft trajectories in climbing phase and singular perturbations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Goubinat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th World Congress of the International Federation of Automatic Control (IFAC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Toulouse, France. pp.1625-1630, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifacol.2017.08.327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02871308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturbation singulière en contrôle optimal et le problème de montée en temps minimal d'un avion (Congrès SMAI 2017, Ronce-les-bains, 05/06/17-09/06/17)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Goubinat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SMAI 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Ronce-les-bains, Région indéterminée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03116288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the minimum time optimal control problem of an aircraft in its climbing phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Delpy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Goubinat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th Euporean Conferencer for Aeronautics and Aerospace Sciences (EUCASS 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Milan, Italy. pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02559831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Problème de contrôle optimal en temps minimal pour un avion contraint en phase de montée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Goubinat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Société de Mathémathiques Appliquées et Industrielles - Mathématiques de l’Optimisation et de la DEcision (SMAI-MODE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe thématique MODE (Mathématiques de l’Optimisation et de la DEcision) de la Société de Mathémathiques Appliquées et Industrielles (SMAI), Mar 2016, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03172253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction basée squelette d'un objet 3D à partir de points de vue multiples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Durix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Roudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du Groupe de Travail en Modélisation Géométrique (GTMG 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Dijon, France. pp.1-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01491211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Analysis in Optimal Control Problem for Aircraft Trajectories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Goubinat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17th British-French-German Conference on Optimization (BGS 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Department of Computing, Imperial College London; Centre for Process Systems Engineering, Imperial College London; Imperial College Business School, Jun 2015, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03213953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riemannian metrics on 2D manifolds related to the Euler-Poinsot rigid body problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataliya Shcherbakova</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52nd IEEE Conference on Decision and Control (CDC 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Firenze, Italy. pp. 1804-1809</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00925078v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of Numerical Methods in the Contrast Imaging Problem in NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Claeys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52nd IEEE Conference on Decision and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Firenze, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00800436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy minimization in two-level dissipative quantum control: The integrable case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 8th AIMS Conference on Dynamical Systems, Differential Equations and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Germany. (to appear)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00586231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Tools for Geometric Optimal Control and the Julia control-toolbox package</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bernard Bonnard; Monique Chyba; David Holcman; Emmanuel Trélat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ivan KUPKA LEGACY: A Tour Through Controlled Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 58 (chapter 10), </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AIMS Sciences</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.209--243, 2024, AIMS on Applied Mathematics, 978-1-60133-026-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04578955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the reduction of a spatially hybrid optimal control problem into a temporally hybrid optimal control problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Térence Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anas Bouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">AIMS on Applied Mathematics. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVAN KUPKA LEGACY: A Tour Through Controlled Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, 2024, ISBN-10: 1-60133-026-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04319045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zermelo navigation on the sphere with revolution metrics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Privat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Trélat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ivan Kupka Legacy: A Tour Through Controlled Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, , pp.35--66, 2024, AIMS Applied Math Books - Special issue in honor of I. Kupka, 978-1-60133-026-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04433828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OptimalControl.jl: a Julia package to model and solve optimal control problems with ODE's</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Caillau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Szpyrka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:9b5d234ee81dd8297ffcad2e93836381c580061b;origin=https://github.com/control-toolbox/OptimalControl.jl;visit=swh:1:snp:678ecd110fab8c5987a60ac33bd1f866356fd04e;anchor=swh:1:rev:34e50c710432451a9245bc161dcc35589e854b20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de résolution d’un problème de contrôle optimal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Dutto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariano Sans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3146100A1. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04761394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôle optimal géométrique : méthodes homotopiques et applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mathématiques générales [math.GM]. Université de Bourgogne, 2012. Français. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2012DIJOS008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00742927v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About the minimal time control of passive tracers in presence of a single point vortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Wembe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">About the prior-saturation phenomenon for minimal time problems in the plane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Térence Bayen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The minimum time-to-climb and fuel consumption problems and CAS/Mach procedure for aircraft</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Goubinat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01936193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working Notes on the Time Minimal Saturation of a Pair of Spins and Application in Magnetic Resonance Imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Verron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721845v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algebraic-geometric techniques for the feedback classification and robustness of the optimal control of a pair of Bloch equations with application to Magnetic Resonance Imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Faugère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Jacquemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01556806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A combination of algebraic, geometric and numerical methods in the contrast problem by saturation in magnetic resonance imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Claeys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cots</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Jacquemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martinon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01001975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId138"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B72FFB7C"/>
+    <w:nsid w:val="3AEDA747"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ocots" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4703-4369" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/166740365" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.irit.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.enseeiht.fr/fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apo.enseeiht.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://smai.emath.fr/spip.php?article330&amp;lang=fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05326962v4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonnard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cots" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Privat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6544/ae2cd9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04359870v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Dutto" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Laporte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oca.3247" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-04137550v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Bayen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Bouali" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bourdin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2024.06.016" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209491v5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Wembe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2023052" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437507v6" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gergaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysconle.2022.105140" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896137v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Goubinat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2022101" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296046v3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2020058" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02280065v3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10440-020-00344-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01779377v3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rouot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Verron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mcrf.2019029" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629188v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro P. Gajardo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10957-018-1292-7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01367919v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2016070" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01367918v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00867753v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Claeys" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martinon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10440-014-9947-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00925071v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jassionnesse" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00918587v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pomet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Shcherbakova" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2013087" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136896v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218202513500504" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908905v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mcrf.2013.3.287" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122070v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10958-013-1582-4" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641908v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Caillau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10556788.2011.593625" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750032v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Glaser" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lapert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sugny" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2012.2195859" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177744v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sugny" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3479390" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295792v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473962v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724679v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alesia Herasimenka" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651475v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04359905v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277441v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277383v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03558975v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.08.074" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807030v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-88506-5.50166-2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338881v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865231v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Balsa" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02926508v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044236v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Bayen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982975v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871308v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.327" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128331v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116288v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559831v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Delpy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172253v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491211v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Durix" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Morin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chambon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roudet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Garnier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213953v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925078v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00800436v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586231v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-04319045v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433828v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tr&#233;lat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578955v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aimsciences.org/book/AM/volume/58" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679109v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Szpyrka" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:9b5d234ee81dd8297ffcad2e93836381c580061b;origin=https://github.com/control-toolbox/OptimalControl.jl;visit=swh:1:snp:678ecd110fab8c5987a60ac33bd1f866356fd04e;anchor=swh:1:rev:34e50c710432451a9245bc161dcc35589e854b20" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761394v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Sans" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00742927v4" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012DIJOS008" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070271v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070786v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Wembe" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721845v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936193v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Goubinat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01556806v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Faug&#232;re" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jacquemard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01001975v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ocots" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4703-4369" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/166740365" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.irit.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.enseeiht.fr/fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apo.enseeiht.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://smai.emath.fr/spip.php?article330&amp;lang=fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05326962v4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bonnard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cots" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Privat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6544/ae2cd9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04359870v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Dutto" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Laporte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oca.3247" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-04137550v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Bayen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Bouali" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bourdin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2024.06.016" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209491v5" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Wembe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2023052" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02437507v6" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gergaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysconle.2022.105140" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03896137v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Goubinat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2022101" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296046v3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2020058" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02280065v3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10440-020-00344-8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01779377v3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rouot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Verron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mcrf.2019029" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629188v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro P. Gajardo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10957-018-1292-7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01367919v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2016070" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01367918v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00867753v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Claeys" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martinon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10440-014-9947-3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00925071v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Jassionnesse" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00918587v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pomet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya Shcherbakova" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cocv/2013087" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136896v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218202513500504" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122070v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10958-013-1582-4" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908905v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/mcrf.2013.3.287" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00750032v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Glaser" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lapert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sugny" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2012.2195859" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00641908v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Caillau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10556788.2011.593625" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177744v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sugny" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3479390" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295792v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473962v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724679v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alesia Herasimenka" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651475v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277441v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04359905v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277383v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03558975v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.08.074" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338881v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807030v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-88506-5.50166-2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865231v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Balsa" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-02926508v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982975v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044236v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Bayen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128331v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871308v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.327" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116288v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02559831v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Delpy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172253v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491211v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Durix" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Morin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chambon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roudet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Garnier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213953v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925078v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00800436v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586231v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578955v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aimsciences.org/book/AM/volume/58" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-04319045v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04433828v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tr&#233;lat" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679109v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Szpyrka" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:9b5d234ee81dd8297ffcad2e93836381c580061b;origin=https://github.com/control-toolbox/OptimalControl.jl;visit=swh:1:snp:678ecd110fab8c5987a60ac33bd1f866356fd04e;anchor=swh:1:rev:34e50c710432451a9245bc161dcc35589e854b20" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04761394v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Sans" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00742927v4" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012DIJOS008" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070786v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Wembe" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070271v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01936193v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Goubinat" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01721845v2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01556806v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Faug&#232;re" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jacquemard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01001975v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>