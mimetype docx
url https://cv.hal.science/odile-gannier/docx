--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Odile Gannier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (85)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anchise et Énée hors les murs de Troie : mémoire et prédiction dans le récit d'exil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, Loxias-colloques, Parole et silence, mémoire et amnésie dans le récit postcolonial (21)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anchise et Énée hors les murs de Troie : mémoire et prédiction dans le récit d’exil fondateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, Loxias-colloques, 21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philosophie poétique des espaces parcourus : Odette du Puigaudeau et Théodore Monod en voyage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, HS 8, </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14jty⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05321665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des mémoires autobiographiques à l'action collective: un modèle koinobiographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, “Transformer le silence en paroles et en actes”. Lire, traduire, partager l'œuvre d'Audre Lorde</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sünne Juterczenka (Hg.), Expeditionen ins Inselmeer. Zur Rezeption von Pazifikreisen im 18. Jahrhundert, Göttingen (Wallstein) 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Francia-Recensio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2025/3, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11588/frrec.2025.3.112997⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05321685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audre Lorde ou la rencontre des différences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Montin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, “Transformer le silence en paroles et en actes”. Lire, traduire, partager l'œuvre d'Audre Lorde</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Antoine et Gilles Louÿs (dir.), Voyages en cargo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, HS 8, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14ju8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05321669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monde perdu de Conan Doyle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Temps et espace dans la science-fiction, 84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice De Georges (dir.) Actualités huysmansiennes. Mélanges en hommage à Jean-Marie Seillan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 82, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.61953/lox.5939⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04460356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Jefferson, Rainier Rocchi et Olivier Wagner : Nathalie Sarraute aujourd'hui. Les impensés d’une écriture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 82, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.61953/lox.5949⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La tolérance en voyage. Leçons sur le déplacement à la Renaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Tolérance(s) III - concepts, langages, histoire et pratiques / Tolerance(s) - concepts, language, history and practices, Loxias-colloques (20), http://revel.unice.fr/symposia/actel/index.html?id=1965</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04278242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frontières de la définition dans le récit de voyage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Magri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Le "blackface" ou la représentation de l’identité raciale dans les arts de la scène, 80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04261022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Baby (dir.), Céline Fournial (éd.), Sylvain Garnier (éd.), Caroline Labrune (éd.) et Frédéric Sprogis (éd.) Du Ryer, Théâtre complet, tome IV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 82, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.61953/lox.5946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier (présentation) Le quotidien des femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, II. Travaux et publications, 81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NU(e) 79: Poèt(e)s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04485321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouline et Rabanel Le Livre bleu de l’acteur. Théorie et pratique de la transfiguration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, II. Travaux et publications, 81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Lefort Des arbres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 82, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.61953/lox.5944⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04414223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collectif Cételle (trad.) et Audre Lorde Contrechant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 82, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.61953/lox.5945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04414207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nu(e) n° 80 : Pierre Chappuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bonhomme Monde, Genoux couronnés vient de recevoir le Prix Mallarmé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, II. Travaux et publications, 81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieux de mémoire et Océan. Géographie littéraire de la mémoire transatlantique aux XXe et XXIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Clavaron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Femmes et nourriture, 77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04512507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le voyage d’Anson et l’imaginaire géographique dans La Nouvelle Héloïse : expérience et savoirs du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Autour des programmes d'agrégation et concours 2022, 75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03616767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NU(e), n° 77, Sylvestre Clancier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bonhomme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04485637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand « La soupe aux poireaux » tourne au vinaigre (Duras, Sorcières)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Femmes et nourriture, 77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Sous la couverture, l’organisation secrète du réseau. Lecture des premiers romans d’Anthony Phelps »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interculturel Francophonies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Anthony Phelps : la force poétique d’une voix envoûtante et d’une écriture exigeante, 39, pp.27-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabanel, Du venin au théâtre et partout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, POEtiques : influence littéraire et poétique des genres, 68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Nordera, Bianca Maurmayr, Marian Del Valle, Camille Paillet et Alessandra Sini (dir.) , « Pratiques de la pensée en danse »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Génération Beauvoir, 69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Aventures d’Arthur Gordon Pym : navigation aux pôles, de Symmes à Jules Verne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, POEtiques : influence littéraire et poétique des genres, 68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03680413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations de la répétition dans le récit de voyage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Magri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'analisi linguistica e letteraria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02902616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Langoureau-Morel &amp;quot;Louis Nucera, une écriture de l’intime à la frontière des genres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Génération Beauvoir, 69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’ironique sagesse des insulaires. Touiavii et Outourou (E. Scheurmann, Der Papalagi ; Giraudoux, Supplément au voyage de Cook)»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jean Giraudoux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Supplément au Voyage de Cook, 48, pp.65-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The style of sailors: Cook’s journals and logbooks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astrolabe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Captain Cook after 250 years: Re-exploring The Voyages of James Cook, 49-2020, https://crlv.org/articles/the-style-of-sailors-cooks-journals-and-logbooks</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03787227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marges de tolérance : pourparlers aux frontières de l’Intangible et du Négociable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Tolérance(s) I : Regards croisés sur la tolérance, 14, http://revel.unice.fr/symposia/actel/index.html?id=1308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lettres d’exil : un long chemin des &amp;lt;i&amp;gt;Tristes&amp;lt;/i&amp;gt; et des &amp;lt;i&amp;gt;Pontiques&amp;lt;/i&amp;gt;, d’Ovide à Marie Darrieussecq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cahiers Sens public : « Simone de Beauvoir. Réceptions contemporaines »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Joseph Bertini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Guaresi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Meazzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Irene Sensini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Autour des programmes d'agrégation 2020, 67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04585714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le connaissement du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Jean Rolin : une démarche littéraire ambulatoire, 65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Rapport classé sans suite » : la vérité coloniale étouffée dans Heart of Darkness (Conrad), Max Havelaar (Multatuli), Le Coup de lune (Simenon)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Autour des programmes de concours 2019, 63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04509659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les passants d’Idomeni », A propos de Georges Didi-Huberman & Niki Giannari, _Passer, quoi qu’il en coûte_</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;quot;J’en aime la battologie…&amp;quot;. Figures de répétition et légitimation auctoriale &amp;quot;,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Loxias-colloques, "Figures du voyage" (10), http://revel.unice.fr/symposia/actel/index.html?id=1079</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04237102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;J’en aime la battologie…&amp;quot; Figures de répétition et légitimation auctoriale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Figures du voyage, 10, http://revel.unice.fr/symposia/actel/index.html?id=1079</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03718511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figures et représentation du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Magri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Loxias-colloques, Figures du voyage (10), http://revel.unice.fr/symposia/actel/index.html?id=1042#bodyftn3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04237586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvier et la Topolino : les mécanismes automobiles de L’Usage du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Autour du programme des concours 2018, 59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04514472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvier et la Topolino : les mécanismes automobiles de L’Usage du monde &amp;quot;,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabanel : Épistémologie de l’art vivant. L’Inversion au cœur du spectacle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Autour des programmes de concours 2017, 55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IMAGOLOGY: TRAVELS AND IMAGES. 19TH CENTURY FRENCH TRAVELS IN RUSSIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Result. Theoretical and Applied Linguistics Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (2), </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18413/2313-8912-2016-2-2-67-72⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectateurs sidérés. Ou L’Allégorie du Goéland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, (Re)lectures écocritiques : l’histoire littéraire européenne à l’épreuve de la question environnementale, 52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04636461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabanel : Génie du carnaval. Quand le savoir bascule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Littérature et communauté III, 53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En hommage à Florence Arthaud. Vagabonds des mers du sud : les navigateurs solitaires dans le sillage de R. L. Stevenson et Joshua Slocum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Stevenson et la culture polynésienne, 48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faux et usage de faux : la forme de l’archive dans « The Narrative of Jacobus Coetzee », de J. M. Coetzee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amnis - Revue de civilisation contemporaine, Europe/Amériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 13, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/amnis.2239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La défense de l’éléphant – ou quel idéal pour l’indépendance ? Les Racines du ciel de Romain Gary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Romain Gary – La littérature au pluriel, 44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Délivrés sur ordonnance : les voyages vus à travers les journaux de bord des chirurgiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11.2, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.3795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timo Obergöker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Romain Gary – La littérature au pluriel, 44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Échos des voix, échos des textes. Mélanges en l’honneur de Béatrice Périgot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Doctoriales X, 42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04523651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérica Zéphir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Panaït Istrati, « l’homme qui n’adhère à rien », 40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haïti : les pouvoirs de l'art dans Le Sang et la Mer de Gary Victor et La Belle Amour humaine de Lyonel Trouillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voix Plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (2), pp.16-24. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26522/vp.v9i2.664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Ponge et la robe des choses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Doctoriales IX, 38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Qu’il parle maintenant ou se taise à jamais… » Les effets du silence dans le processus de la création</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filomena Juncker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, « Qu’il parle maintenant ou se taise à jamais… »: Les effets du silence dans le processus de la création (1). Le sceau rompu du silence. Sous la direction de Filomena Juncker et Odile Gannier, 32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mars, Marquises et Mardi gras : Mardi de Melville, et les savoirs du voyage « qui y mena »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Autour des programmes de concours 2012 (agrégation, CPGE), 35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le roman maritime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Doctoriales VIII, 34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mœurs & coutumes des ethnologues français : histoire d’un voyage fait dans l’écriture du terrain&amp;quot;. A propos de Vincent Debaene, L’Adieu au voyage. L’ethnologie française entre science et littérature, Gallimard, coll. « Bibliothèque des sciences humaines », 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (5), https://www.fabula.org/revue/document6360.php#citation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03933807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la découverte d'Indiens navigateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, coll. "Imago Mundi", 36 (19), pp.611. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/hom.1996.370073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: &amp;quot;Du monde entier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Doctoriales VII, 30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeunes déboussolés dans le Pacifique, dans les romans d'Alan Duff, Sia Figiel, Chantal T. Spitz, Albert Wendt ; et Ananda Devi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Littératures du Pacifique, 25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial : « Littératures du Pacifique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandhya Patel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Littératures du Pacifique, 25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’usage des notes dans le &amp;quot;Discours sur l’inégalité&amp;quot; de Rousseau : récits de voyages et ethnographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Autour des programmes de lettres aux concours 2010 : agrégation, CPGE, 27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04561002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les carnets de terrain de Jean de Léry : littérature et ethnographie réflexive dans l’Histoire d’un voyage en terre de Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Programme d'agrégation 2009 et programmes de littérature des concours, 23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04540802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hotu painu : de l'étranger et de la tradition. Relire la &amp;quot;Digression sur l'étranger&amp;quot; (1908) de Georg Simmel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confluence </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02147741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Voyages avec un âne ou : Comment battre la campagne ? (Laurence Sterne, Tristram Shandy, Cervantes, Don Quichotte) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Autour du programme d'agrégation 2008, 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04552764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéréotypes et roman maritime : gros temps sur la Sea Trilogy. To the Ends of the Earth (Trilogie maritime) de William Golding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Littérature à stéréotypes. Actes de la journée d'études, Nice, 23 février 2007, organisée par O. Gannier, 17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions sur les combinatoires narratives. Littérature à stéréotypes. Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Littérature à stéréotypes. Actes de la journée d'études, Nice, 23 février 2007, organisée par O. Gannier, 17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Voyage selon Laurence Sterne et Chateaubriand : le héros et le bouffon (Tristram Shandy, Voyage sentimental, Itinéraire de Paris à Jérusalem)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Autour du programme d'Agrégation de lettres 2007, 15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04567560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le récit au théâtre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Le récit au théâtre (1): de l'Antiquité à la modernité, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04552959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;quot;Que diable allait-il faire dans cette galère ?&amp;quot; Récit de mer et heureux naufrage au théâtre : d'Eschyle à Wilkie Collins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Que diable allait-il faire dans cette galère ?” Récit de mer et heureux naufrage au théâtre : d’Eschyle à Wilkie Collins »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 12. Le récit au théâtre/ 1 : De l’Antiquité à la modernité, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03826177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journal de bord d’Étienne Marchand. Le voyage du Solide autour du monde (1790-1792)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Picquoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Doctoriales II, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’archipel : image poétique de l’outre-mer ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Littératures d'outre-mer: une ou des écritures « créoles » ?, 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04520496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Métamorphoses d’Ovide, livres X, XI, XII</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Périgot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gannier Odile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Doctoriales II, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littératures d'outremer : une ou des écritures « créoles » ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Littératures d'outre-mer: une ou des écritures « créoles » ?, 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04520474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dérive au bout de la nuit : le Voyage de Céline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Programme d'agrégation 2005, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04520094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Journal de Myriam Bloch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Poésie contemporaine: la revue Nu(e) invite pour son 10e anniversaire Bancquart, Meffre, Ritman, Sacré, Vargaftig, Verdier.., 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dérive au bout de la nuit: le Voyage de Céline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Des truchements en Amérique : du Voyage au Brésil de Léry aux lectures modernes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année francophone internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Francophonie en Amérique, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03816532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les manuscrits retrouvés dans de vieilles malles peuvent-ils encore être authentiques ? Le cas des Cahiers de Le Golif, dit Borgnefesse, capitaine de la flibuste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gannier Odile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fabula / Les colloques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consigner l’événement : Les journaux du voyage de Marchand (1790-1792) et les Isles de la Révolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales historiques de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 320, pp.101-120. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ahrf.150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traîtres ou alliés ? Le motif de la loyauté dans l’_Histoire d’un voyage faict en la terre du Bresil_ de Jean de Léry et des récits de voyages contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'information littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, pp.24-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des mémoires autobiographiques à l'action collective: un modèle koino-biographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Audre Lorde, transformer le silence en langage et en action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CTELA, Apr 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La tolérance en voyage. Leçons sur le déplacement à la Renaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tolerance(s) - concepts, language, history and practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Anders Bengtsson; Anna Carlstedt; Carin Franzén; Véronique Montagne; Bengt Novén; Susanne Tienken; Sophie Yvert Hamon, Oct 2021, Stockholm, Suède</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les aventuriers du Pacifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pionnières et pionniers des migrations globales (XVIIIe - XXIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arnaud Bartolomei, Dec 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Guide pour le voyageur », « Un guide pour celui qui sait ». Edith Wharton, Voyage au Maroc (1920), Henri Bosco, Des sables à la mer (1950)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autour d’Henri Bosco : voyageurs et expatriés en Afrique du nord. Textes et images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Toufik Hadji; Odile Gannier, Jun 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04582133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les hommes qui parlaient au vent, aux arbres et aux pierres : Romancero aux étoiles (J.S. Alexis), Rosinha, minha canoa (J. Mauro de Vasconcelos), L’empreinte à Crusoé (P. Chamoiseau) ; et Derek Walcott</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Diversel Universel ou « Diversel », Tout-Monde ou « Multivers » à l’œuvre dans la fiction caribéenne contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dominique Diard, Apr 2017, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lettres d’exil : un long chemin des Tristes et des Pontiques, d’Ovide à Marie Darrieussecq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lettres d'exil. Autour des Tristes et des Pontiques d’Ovide. Colloque CTEL-CEPAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Odile Gannier; Giampiero Scafoglio; Oriane Demerliac, Mar 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04596386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lettres d’exil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giampiero Scafoglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lettres d'exil. Autour des Tristes et des Pontiques d’Ovide. Colloque CTEL-CEPAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Odile Gannier; Giampiero Scafoglio; Oriane Demerliac, Mar 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marges de tolérance : pourparlers aux frontières de l’Intangible et du Négociable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tolérance(s). Regards croisés sur la tolérance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Véronique Montagne; Anne Brogini; Odile Gannier; Yvan Gastaut; Anna Carlstedt; Anne-Pascale Pouey-Mounou, Jun 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05105379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tolérance(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Brogini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tolérance(s). Regards croisés sur la tolérance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Véronique Montagne; Anne Brogini; Odile Gannier; Yvan Gastaut; Anna Carlstedt; Anne-Pascale Pouey-Mounou, Jun 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04602221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J’en aime la battologie…&amp;quot;. Figures de répétition et légitimation auctoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures du voyage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Odile Gannier; Véronique Magri, Jun 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour au « pays-temps » de Grannie (Louis-Philippe Dalembert, Le crayon du bon Dieu n’a pas de gomme, L’Autre Face de la mer, Les dieux voyagent la nuit)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre Haïti et ailleurs. Louis-Philippe Dalembert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sylvie Bouffartigue; Renée Clémentine Lucien; Dominique Diard, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial. Figures et représentation du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Magri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures du voyage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Odile Gannier; Véronique Magri, Jun 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expédition Baudin et les instructions « anthropologiques » : de la physionomie aux sciences humaines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gannier Odile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés et académies savantes. Voyages et voyageurs, exploration et explorateurs, 1600-1900</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sandhya Patel, Aug 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Traits, lignes, figures : la conjuration du vide sur les cartes marines »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Le Trait : langage, visage, paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Béatrice Bonhomme, Sylvie Puech, Micéala Symington; Université Nice Sophia Antipolis, CTEL, Mar 2005, Nice, France. pp.47-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01274533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midi, sud et Antarctique : la fluctuante géographie de Montaigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les suds : construction et déconstruction. Actes du 126e Congrès national des sociétés historiques et scientifiques, « Terres et hommes du Sud », Toulouse, 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CTHS, 2001, Paris, France. https://www.persee.fr/doc/acths_1764-7355_2005_act_126_3_1003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03619195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential prevalence of “melanistic” common dolphins (Delphinus delphis) across four European regions as obtained by small boat visual survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien C. Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th European Cetacean Society ( ECS ) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, O Grove, Galicia, Spain. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small delphinids&amp;quot; identification: from scientific confusion to conservation issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Marine Mammal Conference (WMMC19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Barcelone, Spain. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02416609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le patriarche des ténèbres : l’exercice du pouvoir dans &amp;quot;Pouliuli&amp;quot; d’Albert Wendt »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et politique en Océanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Punaauia (Tahiti), Polynésie française. Horizons Océaniens, Maison des Sciences de l'Homme du Pacifique, pp.207-226, 2025, 978-249-361621-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le navire comme espace d’exception : hétérotopie, antitopie, idiotopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fabula / Les colloques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, « Un morceau flottant d’espace » : les hétérotopies maritimes dans les littératures britannique et française (XVIIIe-XXe siècles), </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58282/colloques.13382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05462482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour des programmes d'Agrégation 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Le Briz-Orgeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 79, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour des programmes d'Agrégation 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Le Briz-Orgeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 75, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour des programmes d'Agrégation 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Le Briz-Orgeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 71, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecrire le voyage centrifuge. Actualités des écritures migrantes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Magri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Entre-deux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03630265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone de Beauvoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Joseph Bertini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Guaresi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Grazia Scrimieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Sensini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Sens Public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3/4 (25-26), 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tolérance(s) I : regards croisés sur la tolérance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Brogini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stevenson et la Culture Polynésienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Largeaud-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvie Largeaud-Ortega ; Odile Gannier. France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 48, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01686893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologie de la chauve-souris dans la littérature et dans l’art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Ballestra-Puech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03321620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Genre de la revue littéraire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gannier Odile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03317901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieux de mémoire et océan. Géographie littéraire de la mémoire transatlantique aux XXe et XXIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Clavaron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Champion, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03680378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieux de mémoire et océan. Géographie littéraire de la mémoire transatlantique aux XXe et XXIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Clavaron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Champion, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03917184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Echos des voix, échos des textes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Garnier, 2013, Echos des voix, échos des textes, 978-2-8124-0804-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Ponge et la robe des choses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions l'Harmattan, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03318191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revue Loxias, N°15 : « Autour du programme d'Agrégation de lettres 2007 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Magri-Mourgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">REVEL, 15, 2007, Autour du programme d'Agrégation de lettres 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01370824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Magri-Mourgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gannier Odile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Rieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CTEL. 15, 2007, Loxias</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01226616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Voyage en solitaire contre la montre : le pari de Phileas Fogg tenu par les reporters Nellie Bly et Elizabeth Bisland, Gaston Stiegler et Henri Turot »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Françoise Melmoux-Montaubin &amp; Christophe Reffait,. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ce que Le Tour du Monde en quatre-vingts jours (1873) a changé au monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.89-110, 2025, Romanesques, 978-2-406-19929</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05489804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les Globe-trotters et leurs récits »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raphaël Pironi; Jean-François Staszak. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Manie des Tours du monde, de Jules Verne aux premiers globetrotters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liénart, pp.174-197, 2025, 9-782359-064599</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05316688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reportages féminins avant-guerre : Titaÿna la scandaleuse »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrick Mathieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voyage et Scandale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 978-2-406-12683-6. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12685-0.p.0147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reportages féminins avant-guerre, Titaÿna la scandaleuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrick Mathieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voyage et Scandale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.147-160, 2022, 978-2-406-12683-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flux migratoires, fictions de l'exil?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yves Strickler, Jean-Sylvestre Bergé, Marc Ortolani (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Émotion et sciences. Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.167-180, 2021, 978-2-86746-558-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Permis de route : le passage des frontières dans les littératures de voyage au XXe s. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrick Suter, Corinne Fournier-Kiss. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poétique des frontières. Une approche transversale des littératures de langue française (XXe-XXIe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MētisPresses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.79-98, 2021, 978-2-940563-94-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Réceptions contemporaines de l'oeuvre de Simone de Beauvoir en Méditerranée (France, Italie, Espagne, Israël - 1949/2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Guaresi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Joseph Bertini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Meazzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Grazia Scrimieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simone de Beauvoir. Réceptions contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3/4 (25-26), Sens Public, pp.I-X, 2019, 978-2-9566020-2-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02400778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour en Haïti : pays rêvé, pays réel. D. Laferrière (Pays sans chapeau, L’Énigme du retour), L.-P. Dalembert (L’Autre face de la mer, L’île du bout des rêves), E. Danticat (After the dance)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers une histoire littéraire transatlantique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p. 277-291, 2018, 978-2-406-07745-9. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-07747-3.p.0277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03679947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’auberge espagnole : le voyageur romantique et ses expériences culinaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sur les pas de Flaubert. Approches sensibles du paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brill; Rodopi, pp.125-141, 2015, 9789401211796</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pérégrinations et pérégrinismes : emprunts, xénismes, traductions et contre-traductions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maria Cristina Pîrvu, Béatrice Bonhomme, Dumitra Baron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traversées poétiques des littératures et des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.503-534., 2013, Thyrse, 978-2-343-00941-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des hommes de bonne trempe : Kipling et l'école de la mer dans 'Capitaines courageux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Richard Samin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rudyard Kipling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kailash, pp.155-179, 2012, Les Cahiers de la SIELEC, n° 8, 978-2-84268-213-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les littératures émergentes balaient-elles les catégories génériques ? L’exemple du Pacifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antonio DOMINGUEZ LEIVA, Sébastien HUBIER, Philippe CHARDIN et Didier SOUILLER (dir.), _Études culturelles, anthropologie culturelle et comparatisme_, Dijon, Centre Pluridisciplinaire Textes et cultures / Les Éditions du murmure, 2 vol., vol. II, p. 285-298.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.285-298, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03104282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Nouvelles du paradis : la Polynésie et la caricature du tourisme. &amp;lt;i&amp;gt;Touriste de bananes&amp;lt;/i&amp;gt; (Georges Simenon), &amp;lt;i&amp;gt;La Tête coupable&amp;lt;/i&amp;gt; (Romain Gary), &amp;lt;I&amp;gt;Paradise News&amp;lt;/i&amp;gt; (David Lodge) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Frustier (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Identités insulaires face au tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Siloë, pp.64-71, 2007, 978-2-354290-06-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des ruines aux monuments historiques : les notes de voyages de l’inspecteur Mérimée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Guyot et Chantal Massol (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voyager en France au temps du romantisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UGA Éditions, pp.181-199, 2003, EAN (Édition imprimée) : 9782843100468, EAN électronique : 9782377471331</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d'évaluation de l'unité CIELAM - Centre interdisciplinaire d’étude des littératures d’Aix-Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Baudelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Vincensini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Auraix-Jonchière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Elisabeth Spica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HCERES. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId192"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Odile Gannier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (84)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anchise et Énée hors les murs de Troie : mémoire et prédiction dans le récit d'exil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, Loxias-colloques, Parole et silence, mémoire et amnésie dans le récit postcolonial (21)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anchise et Énée hors les murs de Troie : mémoire et prédiction dans le récit d’exil fondateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, Loxias-colloques, 21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philosophie poétique des espaces parcourus : Odette du Puigaudeau et Théodore Monod en voyage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, HS 8, </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14jty⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05321665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des mémoires autobiographiques à l'action collective: un modèle koinobiographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, “Transformer le silence en paroles et en actes”. Lire, traduire, partager l'œuvre d'Audre Lorde</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05289283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sünne Juterczenka (Hg.), Expeditionen ins Inselmeer. Zur Rezeption von Pazifikreisen im 18. Jahrhundert, Göttingen (Wallstein) 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Francia-Recensio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2025/3, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.11588/frrec.2025.3.112997⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05321685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audre Lorde ou la rencontre des différences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Montin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, “Transformer le silence en paroles et en actes”. Lire, traduire, partager l'œuvre d'Audre Lorde</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Antoine et Gilles Louÿs (dir.), Voyages en cargo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viatica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, HS 8, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14ju8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05321669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monde perdu de Conan Doyle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Temps et espace dans la science-fiction, 84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice De Georges (dir.) Actualités huysmansiennes. Mélanges en hommage à Jean-Marie Seillan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 82, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.61953/lox.5939⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04460356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Jefferson, Rainier Rocchi et Olivier Wagner : Nathalie Sarraute aujourd'hui. Les impensés d’une écriture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 82, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.61953/lox.5949⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La tolérance en voyage. Leçons sur le déplacement à la Renaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Tolérance(s) III - concepts, langages, histoire et pratiques / Tolerance(s) - concepts, language, history and practices, Loxias-colloques (20), http://revel.unice.fr/symposia/actel/index.html?id=1965</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04278242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Baby (dir.), Céline Fournial (éd.), Sylvain Garnier (éd.), Caroline Labrune (éd.) et Frédéric Sprogis (éd.) Du Ryer, Théâtre complet, tome IV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 82, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.61953/lox.5946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NU(e) 79: Poèt(e)s</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 79</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04485321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Lefort Des arbres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 82, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.61953/lox.5944⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04414223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouline et Rabanel Le Livre bleu de l’acteur. Théorie et pratique de la transfiguration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, II. Travaux et publications, 81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier (présentation) Le quotidien des femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, II. Travaux et publications, 81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collectif Cételle (trad.) et Audre Lorde Contrechant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 82, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.61953/lox.5945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04414207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nu(e) n° 80 : Pierre Chappuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04462253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bonhomme Monde, Genoux couronnés vient de recevoir le Prix Mallarmé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, II. Travaux et publications, 81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04225963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieux de mémoire et Océan. Géographie littéraire de la mémoire transatlantique aux XXe et XXIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Clavaron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Femmes et nourriture, 77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04512507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le voyage d’Anson et l’imaginaire géographique dans La Nouvelle Héloïse : expérience et savoirs du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Autour des programmes d'agrégation et concours 2022, 75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03616767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NU(e), n° 77, Sylvestre Clancier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bonhomme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04485637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand « La soupe aux poireaux » tourne au vinaigre (Duras, Sorcières)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Femmes et nourriture, 77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Sous la couverture, l’organisation secrète du réseau. Lecture des premiers romans d’Anthony Phelps »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interculturel Francophonies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Anthony Phelps : la force poétique d’une voix envoûtante et d’une écriture exigeante, 39, pp.27-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabanel, Du venin au théâtre et partout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, POEtiques : influence littéraire et poétique des genres, 68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Nordera, Bianca Maurmayr, Marian Del Valle, Camille Paillet et Alessandra Sini (dir.) , « Pratiques de la pensée en danse »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Génération Beauvoir, 69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Aventures d’Arthur Gordon Pym : navigation aux pôles, de Symmes à Jules Verne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, POEtiques : influence littéraire et poétique des genres, 68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03680413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations de la répétition dans le récit de voyage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Magri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'analisi linguistica e letteraria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02902616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Langoureau-Morel &amp;quot;Louis Nucera, une écriture de l’intime à la frontière des genres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Génération Beauvoir, 69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04150298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L’ironique sagesse des insulaires. Touiavii et Outourou (E. Scheurmann, Der Papalagi ; Giraudoux, Supplément au voyage de Cook)»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Jean Giraudoux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Supplément au Voyage de Cook, 48, pp.65-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The style of sailors: Cook’s journals and logbooks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astrolabe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Captain Cook after 250 years: Re-exploring The Voyages of James Cook, 49-2020, https://crlv.org/articles/the-style-of-sailors-cooks-journals-and-logbooks</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03787227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marges de tolérance : pourparlers aux frontières de l’Intangible et du Négociable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Tolérance(s) I : Regards croisés sur la tolérance, 14, http://revel.unice.fr/symposia/actel/index.html?id=1308</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lettres d’exil : un long chemin des &amp;lt;i&amp;gt;Tristes&amp;lt;/i&amp;gt; et des &amp;lt;i&amp;gt;Pontiques&amp;lt;/i&amp;gt;, d’Ovide à Marie Darrieussecq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cahiers Sens public : « Simone de Beauvoir. Réceptions contemporaines »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Joseph Bertini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Guaresi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Meazzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Irene Sensini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Autour des programmes d'agrégation 2020, 67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04585714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le connaissement du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Jean Rolin : une démarche littéraire ambulatoire, 65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04149958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Rapport classé sans suite » : la vérité coloniale étouffée dans Heart of Darkness (Conrad), Max Havelaar (Multatuli), Le Coup de lune (Simenon)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Autour des programmes de concours 2019, 63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04509659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les passants d’Idomeni », A propos de Georges Didi-Huberman & Niki Giannari, _Passer, quoi qu’il en coûte_</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figures et représentation du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Magri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Loxias-colloques, Figures du voyage (10), http://revel.unice.fr/symposia/actel/index.html?id=1042#bodyftn3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04237586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;quot;J’en aime la battologie…&amp;quot;. Figures de répétition et légitimation auctoriale &amp;quot;,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Loxias-colloques, "Figures du voyage" (10), http://revel.unice.fr/symposia/actel/index.html?id=1079</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04237102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;J’en aime la battologie…&amp;quot; Figures de répétition et légitimation auctoriale »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Figures du voyage, 10, http://revel.unice.fr/symposia/actel/index.html?id=1079</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03718511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvier et la Topolino : les mécanismes automobiles de L’Usage du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Autour du programme des concours 2018, 59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04514472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouvier et la Topolino : les mécanismes automobiles de L’Usage du monde &amp;quot;,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabanel : Épistémologie de l’art vivant. L’Inversion au cœur du spectacle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Autour des programmes de concours 2017, 55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IMAGOLOGY: TRAVELS AND IMAGES. 19TH CENTURY FRENCH TRAVELS IN RUSSIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Result. Theoretical and Applied Linguistics Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2 (2), </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18413/2313-8912-2016-2-2-67-72⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectateurs sidérés. Ou L’Allégorie du Goéland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, (Re)lectures écocritiques : l’histoire littéraire européenne à l’épreuve de la question environnementale, 52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04636461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabanel : Génie du carnaval. Quand le savoir bascule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Littérature et communauté III, 53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En hommage à Florence Arthaud. Vagabonds des mers du sud : les navigateurs solitaires dans le sillage de R. L. Stevenson et Joshua Slocum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Stevenson et la culture polynésienne, 48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faux et usage de faux : la forme de l’archive dans « The Narrative of Jacobus Coetzee », de J. M. Coetzee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amnis - Revue de civilisation contemporaine, Europe/Amériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 13, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/amnis.2239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La défense de l’éléphant – ou quel idéal pour l’indépendance ? Les Racines du ciel de Romain Gary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Romain Gary – La littérature au pluriel, 44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Délivrés sur ordonnance : les voyages vus à travers les journaux de bord des chirurgiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11.2, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.3795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timo Obergöker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Romain Gary – La littérature au pluriel, 44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Échos des voix, échos des textes. Mélanges en l’honneur de Béatrice Périgot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Doctoriales X, 42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04523651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérica Zéphir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Panaït Istrati, « l’homme qui n’adhère à rien », 40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haïti : les pouvoirs de l'art dans Le Sang et la Mer de Gary Victor et La Belle Amour humaine de Lyonel Trouillot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voix Plurielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (2), pp.16-24. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26522/vp.v9i2.664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Ponge et la robe des choses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Doctoriales IX, 38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le roman maritime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Doctoriales VIII, 34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Qu’il parle maintenant ou se taise à jamais… » Les effets du silence dans le processus de la création</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filomena Juncker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, « Qu’il parle maintenant ou se taise à jamais… »: Les effets du silence dans le processus de la création (1). Le sceau rompu du silence. Sous la direction de Filomena Juncker et Odile Gannier, 32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mœurs & coutumes des ethnologues français : histoire d’un voyage fait dans l’écriture du terrain&amp;quot;. A propos de Vincent Debaene, L’Adieu au voyage. L’ethnologie française entre science et littérature, Gallimard, coll. « Bibliothèque des sciences humaines », 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (5), https://www.fabula.org/revue/document6360.php#citation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03933807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mars, Marquises et Mardi gras : Mardi de Melville, et les savoirs du voyage « qui y mena »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Autour des programmes de concours 2012 (agrégation, CPGE), 35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04526354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la découverte d'Indiens navigateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme - Revue française d'anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, coll. "Imago Mundi", 36 (19), pp.611. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/hom.1996.370073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: &amp;quot;Du monde entier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Doctoriales VII, 30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04569591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial : « Littératures du Pacifique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandhya Patel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Littératures du Pacifique, 25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeunes déboussolés dans le Pacifique, dans les romans d'Alan Duff, Sia Figiel, Chantal T. Spitz, Albert Wendt ; et Ananda Devi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Littératures du Pacifique, 25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’usage des notes dans le &amp;quot;Discours sur l’inégalité&amp;quot; de Rousseau : récits de voyages et ethnographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Autour des programmes de lettres aux concours 2010 : agrégation, CPGE, 27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04561002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les carnets de terrain de Jean de Léry : littérature et ethnographie réflexive dans l’Histoire d’un voyage en terre de Brésil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Programme d'agrégation 2009 et programmes de littérature des concours, 23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04540802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hotu painu : de l'étranger et de la tradition. Relire la &amp;quot;Digression sur l'étranger&amp;quot; (1908) de Georg Simmel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confluence </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02147741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Voyages avec un âne ou : Comment battre la campagne ? (Laurence Sterne, Tristram Shandy, Cervantes, Don Quichotte) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Autour du programme d'agrégation 2008, 19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04552764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions sur les combinatoires narratives. Littérature à stéréotypes. Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Littérature à stéréotypes. Actes de la journée d'études, Nice, 23 février 2007, organisée par O. Gannier, 17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04557617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéréotypes et roman maritime : gros temps sur la Sea Trilogy. To the Ends of the Earth (Trilogie maritime) de William Golding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Littérature à stéréotypes. Actes de la journée d'études, Nice, 23 février 2007, organisée par O. Gannier, 17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Voyage selon Laurence Sterne et Chateaubriand : le héros et le bouffon (Tristram Shandy, Voyage sentimental, Itinéraire de Paris à Jérusalem)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Autour du programme d'Agrégation de lettres 2007, 15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04567560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le récit au théâtre »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Le récit au théâtre (1): de l'Antiquité à la modernité, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04552959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">&amp;quot;Que diable allait-il faire dans cette galère ?&amp;quot; Récit de mer et heureux naufrage au théâtre : d'Eschyle à Wilkie Collins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« “Que diable allait-il faire dans cette galère ?” Récit de mer et heureux naufrage au théâtre : d’Eschyle à Wilkie Collins »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 12. Le récit au théâtre/ 1 : De l’Antiquité à la modernité, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03826177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’archipel : image poétique de l’outre-mer ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Littératures d'outre-mer: une ou des écritures « créoles » ?, 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04520496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journal de bord d’Étienne Marchand. Le voyage du Solide autour du monde (1790-1792)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Picquoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Doctoriales II, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Métamorphoses d’Ovide, livres X, XI, XII</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Périgot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gannier Odile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Doctoriales II, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04529228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littératures d'outremer : une ou des écritures « créoles » ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Littératures d'outre-mer: une ou des écritures « créoles » ?, 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04520474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dérive au bout de la nuit : le Voyage de Céline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Programme d'agrégation 2005, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04520094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Journal de Myriam Bloch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Poésie contemporaine: la revue Nu(e) invite pour son 10e anniversaire Bancquart, Meffre, Ritman, Sacré, Vargaftig, Verdier.., 6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04519957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dérive au bout de la nuit: le Voyage de Céline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Des truchements en Amérique : du Voyage au Brésil de Léry aux lectures modernes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année francophone internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Francophonie en Amérique, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03816532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les manuscrits retrouvés dans de vieilles malles peuvent-ils encore être authentiques ? Le cas des Cahiers de Le Golif, dit Borgnefesse, capitaine de la flibuste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gannier Odile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fabula / Les colloques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consigner l’événement : Les journaux du voyage de Marchand (1790-1792) et les Isles de la Révolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales historiques de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 320, pp.101-120. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ahrf.150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traîtres ou alliés ? Le motif de la loyauté dans l’_Histoire d’un voyage faict en la terre du Bresil_ de Jean de Léry et des récits de voyages contemporains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'information littéraire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, pp.24-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des mémoires autobiographiques à l'action collective: un modèle koino-biographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Audre Lorde, transformer le silence en langage et en action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CTELA, Apr 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04075527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La tolérance en voyage. Leçons sur le déplacement à la Renaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tolerance(s) - concepts, language, history and practices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Anders Bengtsson; Anna Carlstedt; Carin Franzén; Véronique Montagne; Bengt Novén; Susanne Tienken; Sophie Yvert Hamon, Oct 2021, Stockholm, Suède</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les aventuriers du Pacifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pionnières et pionniers des migrations globales (XVIIIe - XXIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arnaud Bartolomei, Dec 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Guide pour le voyageur », « Un guide pour celui qui sait ». Edith Wharton, Voyage au Maroc (1920), Henri Bosco, Des sables à la mer (1950)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autour d’Henri Bosco : voyageurs et expatriés en Afrique du nord. Textes et images</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Toufik Hadji; Odile Gannier, Jun 2021, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04582133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lettres d’exil : un long chemin des Tristes et des Pontiques, d’Ovide à Marie Darrieussecq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lettres d'exil. Autour des Tristes et des Pontiques d’Ovide. Colloque CTEL-CEPAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Odile Gannier; Giampiero Scafoglio; Oriane Demerliac, Mar 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04596386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les hommes qui parlaient au vent, aux arbres et aux pierres : Romancero aux étoiles (J.S. Alexis), Rosinha, minha canoa (J. Mauro de Vasconcelos), L’empreinte à Crusoé (P. Chamoiseau) ; et Derek Walcott</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Diversel Universel ou « Diversel », Tout-Monde ou « Multivers » à l’œuvre dans la fiction caribéenne contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dominique Diard, Apr 2017, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lettres d’exil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giampiero Scafoglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lettres d'exil. Autour des Tristes et des Pontiques d’Ovide. Colloque CTEL-CEPAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Odile Gannier; Giampiero Scafoglio; Oriane Demerliac, Mar 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04594052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marges de tolérance : pourparlers aux frontières de l’Intangible et du Négociable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tolérance(s). Regards croisés sur la tolérance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Véronique Montagne; Anne Brogini; Odile Gannier; Yvan Gastaut; Anna Carlstedt; Anne-Pascale Pouey-Mounou, Jun 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05105379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tolérance(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Brogini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tolérance(s). Regards croisés sur la tolérance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Véronique Montagne; Anne Brogini; Odile Gannier; Yvan Gastaut; Anna Carlstedt; Anne-Pascale Pouey-Mounou, Jun 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04602221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J’en aime la battologie…&amp;quot;. Figures de répétition et légitimation auctoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures du voyage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Odile Gannier; Véronique Magri, Jun 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour au « pays-temps » de Grannie (Louis-Philippe Dalembert, Le crayon du bon Dieu n’a pas de gomme, L’Autre Face de la mer, Les dieux voyagent la nuit)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre Haïti et ailleurs. Louis-Philippe Dalembert</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sylvie Bouffartigue; Renée Clémentine Lucien; Dominique Diard, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial. Figures et représentation du monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Magri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures du voyage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Odile Gannier; Véronique Magri, Jun 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04603321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expédition Baudin et les instructions « anthropologiques » : de la physionomie aux sciences humaines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gannier Odile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés et académies savantes. Voyages et voyageurs, exploration et explorateurs, 1600-1900</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sandhya Patel, Aug 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05114650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Traits, lignes, figures : la conjuration du vide sur les cartes marines »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Le Trait : langage, visage, paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Béatrice Bonhomme, Sylvie Puech, Micéala Symington; Université Nice Sophia Antipolis, CTEL, Mar 2005, Nice, France. pp.47-66</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01274533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midi, sud et Antarctique : la fluctuante géographie de Montaigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les suds : construction et déconstruction. Actes du 126e Congrès national des sociétés historiques et scientifiques, « Terres et hommes du Sud », Toulouse, 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CTHS, 2001, Paris, France. https://www.persee.fr/doc/acths_1764-7355_2005_act_126_3_1003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03619195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential prevalence of “melanistic” common dolphins (Delphinus delphis) across four European regions as obtained by small boat visual survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien C. Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th European Cetacean Society ( ECS ) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, O Grove, Galicia, Spain. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small delphinids&amp;quot; identification: from scientific confusion to conservation issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Marine Mammal Conference (WMMC19)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Barcelone, Spain. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02416609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le patriarche des ténèbres : l’exercice du pouvoir dans &amp;quot;Pouliuli&amp;quot; d’Albert Wendt »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littérature et politique en Océanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Punaauia (Tahiti), Polynésie française. Horizons Océaniens, Maison des Sciences de l'Homme du Pacifique, pp.207-226, 2025, 978-249-361621-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05337437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le navire comme espace d’exception : hétérotopie, antitopie, idiotopie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fabula / Les colloques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, « Un morceau flottant d’espace » : les hétérotopies maritimes dans les littératures britannique et française (XVIIIe-XXe siècles), </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58282/colloques.13382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05462482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour des programmes d'Agrégation 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Le Briz-Orgeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 79, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour des programmes d'Agrégation 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Le Briz-Orgeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 75, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autour des programmes d'Agrégation 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Le Briz-Orgeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 71, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05083241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecrire le voyage centrifuge. Actualités des écritures migrantes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Magri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Entre-deux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03630265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tolérance(s) I : regards croisés sur la tolérance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Brogini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone de Beauvoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Joseph Bertini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Guaresi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Grazia Scrimieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Sensini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Sens Public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3/4 (25-26), 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stevenson et la Culture Polynésienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Largeaud-Ortega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvie Largeaud-Ortega ; Odile Gannier. France. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 48, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01686893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mythologie de la chauve-souris dans la littérature et dans l’art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Ballestra-Puech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03321620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Genre de la revue littéraire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gannier Odile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03317901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieux de mémoire et océan. Géographie littéraire de la mémoire transatlantique aux XXe et XXIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Clavaron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Champion, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03680378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieux de mémoire et océan. Géographie littéraire de la mémoire transatlantique aux XXe et XXIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Clavaron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Champion, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03917184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Echos des voix, échos des textes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Garnier, 2013, Echos des voix, échos des textes, 978-2-8124-0804-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Ponge et la robe des choses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions l'Harmattan, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03318191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revue Loxias, N°15 : « Autour du programme d'Agrégation de lettres 2007 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Magri-Mourgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">REVEL, 15, 2007, Autour du programme d'Agrégation de lettres 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01370824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Magri-Mourgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gannier Odile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Rieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CTEL. 15, 2007, Loxias</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01226616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Voyage en solitaire contre la montre : le pari de Phileas Fogg tenu par les reporters Nellie Bly et Elizabeth Bisland, Gaston Stiegler et Henri Turot »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Françoise Melmoux-Montaubin &amp; Christophe Reffait,. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ce que Le Tour du Monde en quatre-vingts jours (1873) a changé au monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.89-110, 2025, Romanesques, 978-2-406-19929</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05489804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les Globe-trotters et leurs récits »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raphaël Pironi; Jean-François Staszak. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Manie des Tours du monde, de Jules Verne aux premiers globetrotters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Liénart, pp.174-197, 2025, 9-782359-064599</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05316688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Reportages féminins avant-guerre : Titaÿna la scandaleuse »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrick Mathieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voyage et Scandale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 978-2-406-12683-6. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12685-0.p.0147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reportages féminins avant-guerre, Titaÿna la scandaleuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrick Mathieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voyage et Scandale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.147-160, 2022, 978-2-406-12683-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flux migratoires, fictions de l'exil?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yves Strickler, Jean-Sylvestre Bergé, Marc Ortolani (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Émotion et sciences. Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.167-180, 2021, 978-2-86746-558-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Permis de route : le passage des frontières dans les littératures de voyage au XXe s. »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrick Suter, Corinne Fournier-Kiss. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poétique des frontières. Une approche transversale des littératures de langue française (XXe-XXIe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MētisPresses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.79-98, 2021, 978-2-940563-94-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03348547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Réceptions contemporaines de l'oeuvre de Simone de Beauvoir en Méditerranée (France, Italie, Espagne, Israël - 1949/2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Guaresi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Joseph Bertini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Meazzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Grazia Scrimieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simone de Beauvoir. Réceptions contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3/4 (25-26), Sens Public, pp.I-X, 2019, 978-2-9566020-2-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02400778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour en Haïti : pays rêvé, pays réel. D. Laferrière (Pays sans chapeau, L’Énigme du retour), L.-P. Dalembert (L’Autre face de la mer, L’île du bout des rêves), E. Danticat (After the dance)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers une histoire littéraire transatlantique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, p. 277-291, 2018, 978-2-406-07745-9. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-07747-3.p.0277⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03679947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’auberge espagnole : le voyageur romantique et ses expériences culinaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sur les pas de Flaubert. Approches sensibles du paysage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brill; Rodopi, pp.125-141, 2015, 9789401211796</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pérégrinations et pérégrinismes : emprunts, xénismes, traductions et contre-traductions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maria Cristina Pîrvu, Béatrice Bonhomme, Dumitra Baron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traversées poétiques des littératures et des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Harmattan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.503-534., 2013, Thyrse, 978-2-343-00941-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01855660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des hommes de bonne trempe : Kipling et l'école de la mer dans 'Capitaines courageux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Richard Samin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rudyard Kipling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kailash, pp.155-179, 2012, Les Cahiers de la SIELEC, n° 8, 978-2-84268-213-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femmes de « pionniers » en voyage : des journaux presque oubliés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Durand et Jean-Marie Seillan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’aventure coloniale : entre politiques d’empire et marginalités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kailash, pp.29-47, 2011, Les Cahiers de la SIELEC, 9 782842 882026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05499527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les littératures émergentes balaient-elles les catégories génériques ? L’exemple du Pacifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Antonio DOMINGUEZ LEIVA, Sébastien HUBIER, Philippe CHARDIN et Didier SOUILLER (dir.), _Études culturelles, anthropologie culturelle et comparatisme_, Dijon, Centre Pluridisciplinaire Textes et cultures / Les Éditions du murmure, 2 vol., vol. II, p. 285-298.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.285-298, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03104282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Nouvelles du paradis : la Polynésie et la caricature du tourisme. &amp;lt;i&amp;gt;Touriste de bananes&amp;lt;/i&amp;gt; (Georges Simenon), &amp;lt;i&amp;gt;La Tête coupable&amp;lt;/i&amp;gt; (Romain Gary), &amp;lt;I&amp;gt;Paradise News&amp;lt;/i&amp;gt; (David Lodge) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Frustier (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Identités insulaires face au tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Siloë, pp.64-71, 2007, 978-2-354290-06-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des ruines aux monuments historiques : les notes de voyages de l’inspecteur Mérimée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Guyot et Chantal Massol (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voyager en France au temps du romantisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UGA Éditions, pp.181-199, 2003, EAN (Édition imprimée) : 9782843100468, EAN électronique : 9782377471331</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frontières de la définition dans le récit de voyage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Magri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04261022v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d'évaluation de l'unité CIELAM - Centre interdisciplinaire d’étude des littératures d’Aix-Marseille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Baudelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Vincensini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Auraix-Jonchière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Gannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Elisabeth Spica</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HCERES. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04482613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId193"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494162v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Gannier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490192v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321665v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14jty" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289283v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321685v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/frrec.2025.3.112997" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-05288852v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Montin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321669v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14ju8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526628v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460356v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61953/lox.5939" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225802v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61953/lox.5949" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278242v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261022v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Magri" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225803v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61953/lox.5946" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225987v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485321v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225975v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414223v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61953/lox.5944" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414207v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61953/lox.5945" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462253v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225963v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512507v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Clavaron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616767v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485637v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bonhomme" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262238v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348549v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583093v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150300v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680413v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902616v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150298v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348570v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787227v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647545v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02275692v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585714v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Joseph Bertini" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Guaresi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Meazzi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Irene Sensini" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149958v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509659v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558963v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237102v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718511v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237586v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514472v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348567v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519317v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106097v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18413/2313-8912-2016-2-2-67-72" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636461v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519990v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524658v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106093v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/amnis.2239" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526272v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106091v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.3795" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525554v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Oberg&#246;ker" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523651v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Montagne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524500v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rica Z&#233;phir" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106102v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26522/vp.v9i2.664" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529291v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531026v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filomena Juncker" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526354v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531166v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933807v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106083v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/hom.1996.370073" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569591v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529986v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529888v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandhya Patel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561002v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540802v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02147741v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552764v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560265v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557617v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567560v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552959v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655788v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826177v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529224v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Picquoin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520496v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529228v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice P&#233;rigot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gannier Odile" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520474v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520094v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519957v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655747v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816532v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855544v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106096v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ahrf.150" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621007v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075527v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581838v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971191v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582133v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584857v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596386v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594052v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampiero Scafoglio" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105379v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602221v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Brogini" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603487v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603225v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603321v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114650v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-01274533v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619195v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181959v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien C. Gannier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02416609v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gannier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337437v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462482v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.13382" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083225v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Le Briz-Orgeur" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083231v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083241v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630265v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02533010v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Grazia Scrimieri" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Sensini" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855212v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686893v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Largeaud-Ortega" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321620v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ballestra-Puech" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317901v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680378v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917184v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-01363031v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318191v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370824v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Magri-Mourgues" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01226616v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Rieu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489804v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316688v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647295v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12685-0.p.0147" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655745v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558956v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348547v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metispresses.ch" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400778v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679947v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07747-3.p.0277" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106087v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855660v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=40570" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406146v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-03104282v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271703v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106101v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482613v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Baudelle" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Vincensini" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Auraix-Jonchi&#232;re" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Spica" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494162v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Gannier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490192v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321665v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14jty" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289283v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321685v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/frrec.2025.3.112997" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-05288852v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Montin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321669v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14ju8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526628v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460356v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61953/lox.5939" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225802v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61953/lox.5949" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278242v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225803v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61953/lox.5946" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485321v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414223v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61953/lox.5944" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225975v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225987v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414207v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61953/lox.5945" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462253v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225963v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512507v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Clavaron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616767v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485637v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bonhomme" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262238v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348549v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583093v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150300v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680413v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902616v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Magri" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150298v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348570v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787227v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647545v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02275692v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585714v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Joseph Bertini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Guaresi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Meazzi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Irene Sensini" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04149958v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509659v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558963v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237586v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237102v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718511v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514472v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348567v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519317v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106097v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18413/2313-8912-2016-2-2-67-72" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636461v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519990v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524658v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106093v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/amnis.2239" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526272v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106091v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.3795" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525554v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Oberg&#246;ker" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523651v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Montagne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524500v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rica Z&#233;phir" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106102v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26522/vp.v9i2.664" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529291v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531166v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531026v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filomena Juncker" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933807v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526354v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106083v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/hom.1996.370073" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569591v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529888v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandhya Patel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529986v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561002v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540802v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02147741v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552764v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557617v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560265v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567560v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552959v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655788v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826177v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520496v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529224v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Picquoin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529228v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice P&#233;rigot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gannier Odile" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520474v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520094v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519957v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655747v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03816532v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855544v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106096v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ahrf.150" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621007v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075527v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581838v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971191v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582133v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596386v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584857v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594052v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giampiero Scafoglio" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105379v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602221v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Brogini" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603487v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603225v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04603321v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114650v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-01274533v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619195v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181959v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien C. Gannier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02416609v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gannier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337437v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05462482v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.13382" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083225v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Le Briz-Orgeur" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083231v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083241v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630265v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855212v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02533010v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Grazia Scrimieri" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Sensini" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686893v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Largeaud-Ortega" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321620v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ballestra-Puech" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317901v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680378v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917184v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-01363031v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318191v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370824v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Magri-Mourgues" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01226616v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Rieu" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489804v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316688v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647295v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12685-0.p.0147" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655745v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558956v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348547v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metispresses.ch" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400778v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679947v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-07747-3.p.0277" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106087v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855660v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=40570" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406146v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499527v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-03104282v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271703v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02106101v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261022v2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482613v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Baudelle" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Vincensini" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Auraix-Jonchi&#232;re" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Spica" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>