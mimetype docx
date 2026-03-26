--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1027,429 +1027,429 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined desiccation treatments of hybrid larch (Larix x eurolepis) somatic embryos resulted in reduced water content keeping their germination and conversion rates: multi-scale characterizations</w:t>
+                <w:t xml:space="preserve">Natural variation in chalcone isomerase defines a major locus controlling radial stem growth variation among Populus nigra populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parisa Savane</w:t>
+                <w:t xml:space="preserve">Harold Duruflé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliášová Kateřina</w:t>
+                <w:t xml:space="preserve">Annabelle Déjardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dobrev Petre I</w:t>
+                <w:t xml:space="preserve">Véronique Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vondráková Zuzana</w:t>
+                <w:t xml:space="preserve">Marie Pégard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armelle Delile</w:t>
+                <w:t xml:space="preserve">Gilles Pilate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 229 (part A), pp.110283. </w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.e50. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2025.110283⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.559⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05184466v1</w:t>
+                <w:t xml:space="preserve">hal-05070106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drought-Induced Epigenetic Memory in the cambium of Poplar Trees persists and primes future stress responses</w:t>
+                <w:t xml:space="preserve">Combined desiccation treatments of hybrid larch (Larix x eurolepis) somatic embryos resulted in reduced water content keeping their germination and conversion rates: multi-scale characterizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Duplan</w:t>
+                <w:t xml:space="preserve">Parisa Savane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu-Qi Feng</w:t>
+                <w:t xml:space="preserve">Eliášová Kateřina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenvaël Laskar</w:t>
+                <w:t xml:space="preserve">Dobrev Petre I</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bao-Dong Cai</w:t>
+                <w:t xml:space="preserve">Vondráková Zuzana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Segura</w:t>
+                <w:t xml:space="preserve">Armelle Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioRxiv</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 229 (part A), pp.110283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1101/2025.10.14.681991⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2025.110283⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05322036v1</w:t>
+                <w:t xml:space="preserve">hal-05184466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural variation in chalcone isomerase defines a major locus controlling radial stem growth variation among Populus nigra populations</w:t>
+                <w:t xml:space="preserve">Drought-Induced Epigenetic Memory in the cambium of Poplar Trees persists and primes future stress responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harold Duruflé</w:t>
+                <w:t xml:space="preserve">Alexandre Duplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annabelle Déjardin</w:t>
+                <w:t xml:space="preserve">Yu-Qi Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Jorge</w:t>
+                <w:t xml:space="preserve">Gwenvaël Laskar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Pégard</w:t>
+                <w:t xml:space="preserve">Bao-Dong Cai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Pilate</w:t>
+                <w:t xml:space="preserve">Vincent Segura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5, pp.e50. </w:t>
+              <w:t xml:space="preserve">BioRxiv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.559⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/2025.10.14.681991⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05070106v1</w:t>
+                <w:t xml:space="preserve">hal-05322036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Strategy for Studying Epigenetic Diversity in Natural Populations: Proof of Concept in Poplar and Oak</w:t>
               </w:r>
@@ -1487,51 +1487,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mamadou Dia Sow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Boury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Duplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 75 (18), pp.5568-5584. </w:t>
@@ -2144,51 +2144,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Lesage-Descauses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Rogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Leplé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2954,51 +2954,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of epigenetics in local adaptation in sessile oak trees: a population epigenetic association study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shannon Brandt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Duplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Lesur Kupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3191,103 +3191,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une approche de biologie des systèmes pour mieux comprendre le déterminisme génétique de la production et de la qualité du bois du peuplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Duruflé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Déjardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pégard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Pilate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Xylogénèse 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe de Travail Xylogenèse du GDR Sciences du Bois, Jun 2024, Orléans, France</w:t>
@@ -3435,570 +3435,570 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05118486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrative biology of secondary cell wall formation in poplar wood fibers and rays</w:t>
+                <w:t xml:space="preserve">Epigenetics in forest trees : role in plasticity, adaptation and potential implications for breeding in a context of climate change (EPITREE).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Cuello</w:t>
+                <w:t xml:space="preserve">Stéphane Maury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Laurans</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Claude Lesage-Descauses</w:t>
+                <w:t xml:space="preserve">Régis Fichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Boizot</w:t>
+                <w:t xml:space="preserve">M.D. D Sow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Delaunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Le Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XV Cell Wall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">IUFRO Tree Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Raleigh NC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02967651v1</w:t>
+                <w:t xml:space="preserve">hal-03523238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetics in forest trees : role in plasticity, adaptation and potential implications for breeding in a context of climate change (EPITREE).</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Integrative biology of secondary cell wall formation in poplar wood fibers and rays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.D. D Sow</w:t>
+                <w:t xml:space="preserve">Clément Cuello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Delaunay</w:t>
+                <w:t xml:space="preserve">Françoise Laurans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Rogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Lesage-Descauses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I Le Jan</w:t>
+                <w:t xml:space="preserve">Nathalie Boizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUFRO Tree Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Raleigh NC, United States</w:t>
+              <w:t xml:space="preserve">XV Cell Wall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03523238v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02967651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forest tree GnpIS: an information system dedicated to forest tree genetics, genomics and phenomics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Découverte de variants (SNPs) et génotypage à partir de données RNA-seq chez le peuplier noir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Rogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souhila Amanzougarene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Lesage Descauses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Balzergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Célia Michotey</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Véronique Jorge</w:t>
+                <w:t xml:space="preserve">Veronique Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUFRO Genomics and Forest Tree Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Arcachon, France</w:t>
+              <w:t xml:space="preserve">Colloque EPGV 2016 "Détection, Gestion et Analyse du Polymorphisme des Génomes Végétaux"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02740283v1</w:t>
+                <w:t xml:space="preserve">hal-01603542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Découverte de variants (SNPs) et génotypage à partir de données RNA-seq chez le peuplier noir</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Forest tree GnpIS: an information system dedicated to forest tree genetics, genomics and phenomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Michotey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Anger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Ehrenmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Rogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Veronique Brunaud</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque EPGV 2016 "Détection, Gestion et Analyse du Polymorphisme des Génomes Végétaux"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Angers, France</w:t>
+              <w:t xml:space="preserve">IUFRO Genomics and Forest Tree Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Arcachon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01603542v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Both ChIP-SEQ and in planta gene modification demonstrate the involvement of MYB090 and MYB156 in secondary cell wall formation in poplar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wassim Lakhal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Lesage Descauses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4342,527 +4342,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05056784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What epigenetics can bring to (plant) physiologists and ecologists in a climate change context</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Trees short-time and inter-annual epigenetic somatic memories in response to drought-rewatering cycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Duplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Fichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mamadou Dia Sow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Le Jan</w:t>
+                <w:t xml:space="preserve">Isabelle Lejan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnocentre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Nouan-le-Fuzelier, France. </w:t>
+              <w:t xml:space="preserve">14th International Conference of the French Society of Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Marseille, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04283904v1</w:t>
+                <w:t xml:space="preserve">hal-04157492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trees short-time and inter-annual epigenetic somatic memories in response to drought-rewatering cycles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">What epigenetics can bring to (plant) physiologists and ecologists in a climate change context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Duplan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Fichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mamadou Dia Sow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Lejan</w:t>
+                <w:t xml:space="preserve">Isabelle Le Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference of the French Society of Plant Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Marseille, France. </w:t>
+              <w:t xml:space="preserve">Biotechnocentre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Nouan-le-Fuzelier, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04157492v1</w:t>
+                <w:t xml:space="preserve">hal-04283904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration du génome du peuplier noir : identification de variations structurales</w:t>
+                <w:t xml:space="preserve">Short reads et trios, un duo gagnant pour l'identification de variations structurales chez le peuplier noir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Rogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Odile Rogier</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Duruflé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leopoldo Sanchez Rodriguez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patricia Faivre-Rampant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. colloque INRAE Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Orléans, France. </w:t>
+              <w:t xml:space="preserve">Mini congrès</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Evry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03937688v1</w:t>
+                <w:t xml:space="preserve">hal-03937654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short reads et trios, un duo gagnant pour l'identification de variations structurales chez le peuplier noir</w:t>
+                <w:t xml:space="preserve">Exploration du génome du peuplier noir : identification de variations structurales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Jorge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Rogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leopoldo Sanchez Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Faivre-Rampant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mini congrès</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Evry, France</w:t>
+              <w:t xml:space="preserve">1. colloque INRAE Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Orléans, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03937654v1</w:t>
+                <w:t xml:space="preserve">hal-03937688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a new tool (4TREE) for adapted genome selection in European tree species</w:t>
               </w:r>
@@ -4973,77 +4973,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiber-and ray-specific transcriptomics in poplar wood: what can we learn for the building of secondary cell walls?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Déjardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Cuello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Laurans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Lesage-Descauses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5111,51 +5111,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BSA-Seq : An efficient tool to characterize loci involved in the Poplar leaf rust resistance.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Canaguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanina Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5236,90 +5236,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BSA-Seq : an efficient method to decipher a complex trait on Poplar, a highly heterozygous diploid genome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Canaguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanina Guérin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Rogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Segura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAG XXVI - Plant and Animal Genome Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, San Diego, United States. , 1 p., 2018</w:t>
@@ -5499,77 +5499,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Chateigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Rogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Leplé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Detecting the Genomic Signal of Polygenic Adaptation and the Role of Epistasis in Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Zurich, Switzerland. , 45 p., 2017, Symposium: Detecting the Genomic Signal of Polygenic Adaptation and the Role of Epistasis in Evolution</w:t>
@@ -5624,51 +5624,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wassim Lakhal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Lesage Descauses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5723,64 +5723,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary training of a genomic evaluation in a breeding pedigree of Populus nigra L.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pégard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia P. Faivre-Rampant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5900,51 +5900,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Lesage Descauses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Balzergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUFRO Genomics and Forest Tree Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Arcachon, France. 2016, IUFRO Genomics and Forest Tree Genetics. Book of Abstracts</w:t>
@@ -5973,51 +5973,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A systems biology approach for identifying candidate genes involved in the natural variability of biomass yield and chemical properties in black poplar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Segura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Lesage Descauses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6098,103 +6098,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forest tree GnpIS: an information system dedicated to forest tree genetics, genomics and phenomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Michotey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Anger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ehrenmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Rogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35. New Phytologist Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Boston, United States. 2015</w:t>
@@ -6486,77 +6486,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification, cibles et diversité de régulateurs expressionnels majeurs impliqués dans la production de biomasse chez le peuplier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Leplé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Segura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Lesage Descauses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6777,103 +6777,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural variation in chalcone isomerase defines a major locus controlling growth variation between Populus nigra populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Duruflé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Déjardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Pégard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Pilate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -7170,51 +7170,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Lesage Descauses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Rogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jorge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Leplé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7343,51 +7343,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9880FF16"/>
+    <w:nsid w:val="0E0B2018"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7491,51 +7491,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="C4D32970"/>
+    <w:nsid w:val="82BA2DCF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7639,51 +7639,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="B2A2DE8B"/>
+    <w:nsid w:val="D2F845F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7787,51 +7787,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="9E10E1C1"/>
+    <w:nsid w:val="7820BB03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7935,51 +7935,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="B90E7432"/>
+    <w:nsid w:val="B8E461FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8083,51 +8083,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="80BD0FD6"/>
+    <w:nsid w:val="0EE10B0A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8231,51 +8231,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="E5BFADD1"/>
+    <w:nsid w:val="410D0C08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8480,51 +8480,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/odilerogier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6879-364X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.val-de-loire.inra.fr/biofora/Personnel/Permanents/BOIZOT-Nathalie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ingenum.inra.fr/cati" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pepi-ibis.inrae.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pepi-ibis.inrae.fr/correspondants-centre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gentree-h2020.eu/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://b4est.eu/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.inra.fr/epitree-project/Le-projet-EPITREE" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.val-de-loire.inra.fr/biofora/Projets/SPEAL" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05184466v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parisa Savane" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli&#225;&#353;ov&#225; Kate&#345;ina" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dobrev Petre I" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vondr&#225;kov&#225; Zuzana" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Delile" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2025.110283" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05322036v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duplan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Qi Feng" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenva&#235;l Laskar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao-Dong Cai" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Segura" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.10.14.681991" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070106v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Durufl&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle D&#233;jardin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jorge" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie P&#233;gard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pilate" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.559" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04621404v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lesur Kupin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rogier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Dia Sow" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boury" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae266" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746980v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Milesi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chedly Kastally" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dauphin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Cervantes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Bagnoli" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-52612-y" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04225417v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chateigner" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Lesage-Descauses" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mandin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-023-06521-w" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598142v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer James" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina B Budde" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago C. Gonzalez-Martinez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad228" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209576v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Teyssier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claverol" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gautier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Lelu-Walter" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13091400" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02902844v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lepl&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-06809-2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621320v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pegard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Berard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Faivre-Rampant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Le Paslier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-5660-y" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622249v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Amanzougarene" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Lesage Descauses" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-5239-z" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595551v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Rigaill" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Blondet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbw092" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659381v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mangenot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-603" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664963v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Denoeud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne da Silva" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Noel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2008-9-12-r175" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241621v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannon Brandt" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266650v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Courbariaux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Seraphin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E Eynard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628657v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05118486v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967651v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cuello" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Laurans" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boizot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03523238v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Maury" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Fichot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. D Sow" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delaunay" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Le Jan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740283v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Michotey" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Anger" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ehrenmann" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603542v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brunaud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604786v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Lakhal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laine-Prade" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228453v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duvaux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lesur" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Sow" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05056784v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Daviaud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Mardoc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04283904v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Jan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157492v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lejan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03937688v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Guilbaud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopoldo Sanchez Rodriguez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03937654v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928391v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Biselli" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joukje Buiteveld" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Cattivelli" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Copini" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03289317v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737648v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Canaguier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Gu&#233;rin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Clainche" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736419v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737565v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607166v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740921v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Dejardin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743230v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia P. Faivre-Rampant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Facundo Munoz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456005v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456004v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Charpentier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Kinkel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795537v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744040v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Richet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mauriat" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise F. Laurans" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agr.nagoya-u.ac.jp/~butsuri/pbm8/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745515v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gourcilleau" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Millet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807304v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane El Malki" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.3449.0403" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745523v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919866v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210059v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04170410v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788812v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/odilerogier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6879-364X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.val-de-loire.inra.fr/biofora/Personnel/Permanents/BOIZOT-Nathalie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ingenum.inra.fr/cati" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pepi-ibis.inrae.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pepi-ibis.inrae.fr/correspondants-centre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gentree-h2020.eu/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://b4est.eu/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.inra.fr/epitree-project/Le-projet-EPITREE" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www6.val-de-loire.inra.fr/biofora/Projets/SPEAL" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070106v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Durufl&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle D&#233;jardin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jorge" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie P&#233;gard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pilate" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.559" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05184466v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parisa Savane" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli&#225;&#353;ov&#225; Kate&#345;ina" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dobrev Petre I" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vondr&#225;kov&#225; Zuzana" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Delile" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2025.110283" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05322036v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duplan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Qi Feng" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenva&#235;l Laskar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bao-Dong Cai" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Segura" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.10.14.681991" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04621404v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lesur Kupin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rogier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Dia Sow" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boury" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae266" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746980v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Milesi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chedly Kastally" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dauphin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Cervantes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Bagnoli" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-52612-y" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04225417v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chateigner" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Lesage-Descauses" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mandin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-023-06521-w" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598142v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer James" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina B Budde" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago C. Gonzalez-Martinez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msad228" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209576v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Teyssier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claverol" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gautier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Lelu-Walter" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13091400" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02902844v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lepl&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-06809-2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621320v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pegard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Berard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Faivre-Rampant" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Le Paslier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-5660-y" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622249v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhila Amanzougarene" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Lesage Descauses" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-5239-z" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595551v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Rigaill" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Blondet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbw092" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659381v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cruaud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mangenot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-9-603" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664963v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Denoeud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne da Silva" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Noel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2008-9-12-r175" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241621v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannon Brandt" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266650v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Courbariaux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Seraphin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E Eynard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628657v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05118486v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03523238v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Maury" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Fichot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. D Sow" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delaunay" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Le Jan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967651v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Cuello" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Laurans" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boizot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603542v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brunaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740283v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Michotey" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Anger" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ehrenmann" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604786v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Lakhal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laine-Prade" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228453v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duvaux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lesur" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Sow" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05056784v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Daviaud" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Mardoc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157492v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lejan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04283904v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Jan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03937654v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Guilbaud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopoldo Sanchez Rodriguez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03937688v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02928391v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Biselli" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joukje Buiteveld" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Cattivelli" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Copini" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03289317v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737648v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Canaguier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Gu&#233;rin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Clainche" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736419v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737565v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607166v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740921v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Dejardin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743230v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia P. Faivre-Rampant" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Facundo Munoz" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456005v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456004v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Charpentier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Kinkel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795537v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744040v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Richet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mauriat" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise F. Laurans" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agr.nagoya-u.ac.jp/~butsuri/pbm8/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745515v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Gourcilleau" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Millet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807304v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane El Malki" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.3449.0403" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745523v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919866v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04210059v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04170410v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788812v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>