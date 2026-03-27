--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -463,1776 +463,1776 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04772483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrieval of Monsoon Landslide Timings With Sentinel‐1 Reveals the Effects of Earthquakes and Extreme Rainfall</w:t>
+                <w:t xml:space="preserve">A transition support system to build decarbonization scenarios in the academic community</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Burrows</w:t>
+                <w:t xml:space="preserve">Nicolas Gratiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Marc</w:t>
+                <w:t xml:space="preserve">Jérémie Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoff Andermann</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marceau Challet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dangles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Janicot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2023GL104720⟩</w:t>
+              <w:t xml:space="preserve">PLOS Sustainability and Transformation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2 (4), pp.e0000049. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pstr.0000049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04187861v1</w:t>
+                <w:t xml:space="preserve">hal-04126329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flash floods triggered by the 15–17th March 2022 rainstorm event in the Atacama Desert mapped from InSAR coherence time series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Cabré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katy Burrows</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Carretier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Hazards</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 116 (1), pp.1345-1353. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11069-022-05707-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04187968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debris‐Flow Process Controls on Steepland Morphology in the San Gabriel Mountains, California</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Retrieval of Monsoon Landslide Timings With Sentinel‐1 Reveals the Effects of Earthquakes and Extreme Rainfall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scott Mccoy</w:t>
+                <w:t xml:space="preserve">K. Burrows</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katherine Barnhart</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Odin Marc</w:t>
+                <w:t xml:space="preserve">O. Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoff Andermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2022JF007017⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 50 (16), pp.e2023GL104720. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023GL104720⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04187895v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04187861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Robust Channel Head Extraction Method Based on High‐Resolution Topographic Convergence, Suitable for Both Slowly and Fastly Eroding Landscapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Lurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Carretier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 128 (9), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1029/2022JF006999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04240230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steady-state forms of channel profiles shaped by debris flow and fluvial processes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Debris‐Flow Process Controls on Steepland Morphology in the San Gabriel Mountains, California</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scott W Mccoy</w:t>
+                <w:t xml:space="preserve">William Struble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luke Mcguire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott Mccoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Barnhart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Katherine R Barnhart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/esurf-11-1117-2023⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Earth Surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 128 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2022JF007017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04276607v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04187895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A transition support system to build decarbonization scenarios in the academic community</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Steady-state forms of channel profiles shaped by debris flow and fluvial processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marceau Challet</w:t>
+                <w:t xml:space="preserve">Luke A Mcguire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Dangles</w:t>
+                <w:t xml:space="preserve">Scott W Mccoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odin Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Struble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Janicot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Katherine R Barnhart</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLOS Sustainability and Transformation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 2 (4), pp.e0000049. </w:t>
+              <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pstr.0000049⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/esurf-11-1117-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04126329v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04276607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights from the topographic characteristics of a large global catalog of rainfall-induced landslide event inventories</w:t>
+                <w:t xml:space="preserve">Seismic Velocity Recovery in the Subsurface: Transient Damage and Groundwater Drainage Following the 2015 Gorkha Earthquake, Nepal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Emberson</w:t>
+                <w:t xml:space="preserve">Luc Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dalia Kirschbaum</w:t>
+                <w:t xml:space="preserve">Christoph Sens-Schönfelder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoff Andermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pukar Amatya</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Kristen L. Cook</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/nhess-22-1129-2022⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 127, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021JB023402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03740552v2</w:t>
+                <w:t xml:space="preserve">insu-03619990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Sentinel-1 radar amplitude time series to constrain the timings of individual landslides: a step towards understanding the controls on monsoon-triggered landsliding</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Global Assessment of the Capability of Satellite Precipitation Products to Retrieve Landslide-Triggering Extreme Rainfall Events</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Remy</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romulo Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Gosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Emberson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/nhess-22-2637-2022⟩</w:t>
+              <w:t xml:space="preserve">Earth Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 26 (1), pp.122-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/EI-D-21-0022.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03852933v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03740568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Assessment of the Capability of Satellite Precipitation Products to Retrieve Landslide-Triggering Extreme Rainfall Events</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using Sentinel-1 radar amplitude time series to constrain the timings of individual landslides: a step towards understanding the controls on monsoon-triggered landsliding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Burrows</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Remy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Interactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 26 (1), pp.122-138. </w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 22 (8), pp.2637-2653. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1175/EI-D-21-0022.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/nhess-22-2637-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03740568v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03852933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismic Velocity Recovery in the Subsurface: Transient Damage and Groundwater Drainage Following the 2015 Gorkha Earthquake, Nepal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insights from the topographic characteristics of a large global catalog of rainfall-induced landslide event inventories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Emberson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Illien</w:t>
+                <w:t xml:space="preserve">Dalia Kirschbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph Sens-Schönfelder</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christoff Andermann</w:t>
+                <w:t xml:space="preserve">Pukar Amatya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakan Tanyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 127, </w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (3), pp.1129-1149. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2021JB023402⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/nhess-22-1129-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03619990v1</w:t>
+                <w:t xml:space="preserve">hal-03740552v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward Using Seismic Interferometry to Quantify Landscape Mechanical Variations after Earthquakes</w:t>
+                <w:t xml:space="preserve">Controls on the grain size distribution of landslides in Taiwan: the influence of drop height, scar depth and bedrock strength</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Turowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Meunier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of the Seismological Society of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 111 (3), pp.1631-1649. </w:t>
+              <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (4), pp.995-1011. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1785/0120200264⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/esurf-9-995-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03357361v1</w:t>
+                <w:t xml:space="preserve">hal-03357344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controls on the grain size distribution of landslides in Taiwan: the influence of drop height, scar depth and bedrock strength</w:t>
+                <w:t xml:space="preserve">Toward Using Seismic Interferometry to Quantify Landscape Mechanical Variations after Earthquakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Sens-Schönfelder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Illien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jens Turowski</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Manuel Hobiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9 (4), pp.995-1011. </w:t>
+              <w:t xml:space="preserve">Bulletin of the Seismological Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 111 (3), pp.1631-1649. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/esurf-9-995-2021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1785/0120200264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03357344v1</w:t>
+                <w:t xml:space="preserve">hal-03357361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annually Resolved Monsoon Onset and Withdrawal Dates Across the Himalayas Derived From Local Precipitation Statistics</w:t>
+                <w:t xml:space="preserve">Earthquake statistics changed by typhoon-driven erosion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Brunello</w:t>
+                <w:t xml:space="preserve">Philippe Steer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Andermann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">O. Marc</w:t>
+                <w:t xml:space="preserve">Louise Jeandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Schneider</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Comiti</w:t>
+                <w:t xml:space="preserve">Nadaya Cubas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odin Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020GL088420⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.10899. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-67865-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03357333v1</w:t>
+                <w:t xml:space="preserve">insu-02891623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earthquake statistics changed by typhoon-driven erosion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Annually Resolved Monsoon Onset and Withdrawal Dates Across the Himalayas Derived From Local Precipitation Statistics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Brunello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Steer</w:t>
+                <w:t xml:space="preserve">C. Andermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Jeandet</w:t>
+                <w:t xml:space="preserve">K. Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadaya Cubas</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Patrick Meunier</w:t>
+                <w:t xml:space="preserve">F. Comiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.10899. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 47 (23), pp.e2020GL088420. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-67865-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2020GL088420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-02891623v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03357333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seismic Response of a Mountain Ridge Prone to Landsliding</w:t>
               </w:r>
@@ -2346,555 +2346,555 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03357373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial Patterns of Storm‐Induced Landslides and Their Relation to Rainfall Anomaly Maps</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Seismic and geologic controls on spatial clustering of landslides in three large earthquakes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taro Uchida</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
+                <w:t xml:space="preserve">Niels Hovius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 46 (20), pp.11167-11177. </w:t>
+              <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (3), pp.829-839. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2019GL083173⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/esurf-7-829-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03517587v1</w:t>
+                <w:t xml:space="preserve">hal-03372955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term erosion of the Nepal Himalayas by bedrock landsliding: the role of monsoons, earthquakes and giant landslides</w:t>
+                <w:t xml:space="preserve">Spatial Patterns of Storm‐Induced Landslides and Their Relation to Rainfall Anomaly Maps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Gosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Behling</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christoff Andermann</w:t>
+                <w:t xml:space="preserve">Hitoshi Saito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jens M Turowski</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Taro Uchida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 7 (1), pp.107-128. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (20), pp.11167-11177. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/esurf-7-107-2019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2019GL083173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03372950v1</w:t>
+                <w:t xml:space="preserve">hal-03517587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure and Deformation History of the Rapidly Growing Tainan Anticline at the Deformation Front of the Taiwan Mountain Belt</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long-term erosion of the Nepal Himalayas by bedrock landsliding: the role of monsoons, earthquakes and giant landslides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odin Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryline Le Béon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Odin Marc</w:t>
+                <w:t xml:space="preserve">Robert Behling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoff Andermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Suppe</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Shiuh-Tsann Huang</w:t>
+                <w:t xml:space="preserve">Jens M Turowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2019TC005510⟩</w:t>
+              <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (1), pp.107-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/esurf-7-107-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03707752v1</w:t>
+                <w:t xml:space="preserve">hal-03372950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismic and geologic controls on spatial clustering of landslides in three large earthquakes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Rault</w:t>
+                <w:t xml:space="preserve">Structure and Deformation History of the Rapidly Growing Tainan Anticline at the Deformation Front of the Taiwan Mountain Belt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Le Béon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odin Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Suppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Robert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Odin Marc</w:t>
+                <w:t xml:space="preserve">Mong-Han Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niels Hovius</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Shiuh-Tsann Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 7 (3), pp.829-839. </w:t>
+              <w:t xml:space="preserve">Tectonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 38, pp.3311-3334. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/esurf-7-829-2019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2019TC005510⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03372955v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03707752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Initial insights from a global database of rainfall-induced landslide inventories: the weak influence of slope and strong influence of total storm rainfall</w:t>
               </w:r>
@@ -2906,77 +2906,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Stumpf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Malet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Gosset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taro Uchida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 6 (4), pp.903-922. </w:t>
@@ -3161,64 +3161,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of the area affected by earthquake-induced landsliding based on seismological parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niels Hovius</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17, pp.1159-1175. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3246,1572 +3246,1572 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03707652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation of sulfides and rapid weathering in recent landslides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Chemical weathering in active mountain belts controlled by stochastic bedrock landsliding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Emberson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niels Hovius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Galy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Niels Hovius</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 4 (3), pp.727-742. </w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9 (1), pp.42 - 45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/esurf-4-727-2016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ngeo2600⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02933320v1</w:t>
+                <w:t xml:space="preserve">hal-01772376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical weathering in active mountain belts controlled by stochastic bedrock landsliding</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Oxidation of sulfides and rapid weathering in recent landslides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Emberson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Galy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odin Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niels Hovius</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 9 (1), pp.42 - 45. </w:t>
+              <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (3), pp.727-742. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ngeo2600⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/esurf-4-727-2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01772376v1</w:t>
+                <w:t xml:space="preserve">hal-02933320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From Carbon to Societal Footprint: Geoscience Research in the Face of the Socio-Environmental Emergency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Champollion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Chassé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dassie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd OZCAR TERENO Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05307409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cartographie et compréhension des liens entre les industries d'énergies fossiles (IF) et l'enseignement supérieur et la recherche (EsR) français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Jouniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odin Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Precheur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Saphy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Labos1.5 Empreinte environnementale et soutenabilité des activités de recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Paris, France. , 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05219763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ma Terre en 180 Minutes: a transition support system to build decarbonization scenarios in the academic community</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Champollion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Anquetin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Baehr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Bardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Vienna, Austria. , </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-6356⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04199599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a better understanding of the impact of erosion on faultslip and seismicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Steer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Jeandet Ribes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Cattin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Simoes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadaya Cubas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2021 (EGU 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, online, Austria. , </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-1179⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03226315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PROSPECTIVE - Surfaces et interfaces continentales 2024-2028</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ayrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucilla Benedetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Calmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INSU, CNRS. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04936744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospective Surfaces et Interfaces Continentales : 2024-2028</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ayrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Pinay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Ferrage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nizar Abcha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ackerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INSU, CNRS; INEE, CNRS. 2024, 147 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-05045026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Carbon to Societal Footprint: Geoscience Research in the Face of the Socio-Environmental Emergency</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">Prospective SIC 2023 Document de synthèse préliminaire des ateliers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile H. Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Chassé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Immel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Emilie Dassie</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Kuppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...418 lines deleted...]
-                <w:t xml:space="preserve">insu-03226315v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04977466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New constraints on the long-term debris-flow incision law based on high resolution topographic data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Lurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Carretier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05391633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decadal-scale decay of landslide-derived fluvial suspended sediment after Typhoon Morakot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Ruetenik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ken Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04187873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steady-state forms of channel profiles shaped by debris-flow and fluvial processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luke Mcguire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scott Mccoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Struble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Barnhart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03830845v1</w:t>
-              </w:r>
-[...148 lines deleted...]
-                <w:t xml:space="preserve">hal-04977466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4881,51 +4881,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfgang Schwanghart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Cattin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Himalayas, Dynamics of a Giant 3: Current Activity of the Himalayan Range</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Wiley; ISTE, 2023, </w:t>
@@ -5021,51 +5021,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Riva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Duyck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Kuppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5125,51 +5125,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activism as a tool for education and societal outreach: legitimacy, efficiency and complementarity with classic science communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Kuppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5236,187 +5236,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04903588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topographic characteristics of rainfall triggered landslides from a newly compiled set of inventories</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Controls on the grain size distribution of landslides in Taiwan: the influence of drop height, scar depth and bedrock strength</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Turowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Meunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">vEGU21</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, à renseigner, Unknown Region. </w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Vienne, Austria. pp.10795, </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12335⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-10795⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03669245v1</w:t>
+                <w:t xml:space="preserve">insu-03669251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seismic velocity recovery following the 2015 Mw 7.8 Gorkha earthquake, Nepal: Towards a coupled vision of damage and hydrological-induced velocity variations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Illien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Sens-Schönfelder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoff Andermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5474,317 +5474,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03669240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishing the timings of rainfall-triggered landslides using Sentinel-1 satellite radar data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katy Burrows</w:t>
+                <w:t xml:space="preserve">Topographic characteristics of rainfall triggered landslides from a newly compiled set of inventories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalia Kirschbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakan Tanyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Remy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">vEGU21</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, à renseigner, Unknown Region. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-11028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-12335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03669250v1</w:t>
+                <w:t xml:space="preserve">insu-03669245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controls on the grain size distribution of landslides in Taiwan: the influence of drop height, scar depth and bedrock strength</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Establishing the timings of rainfall-triggered landslides using Sentinel-1 satellite radar data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Burrows</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odin Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrick Meunier</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Remy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Vienne, Austria. pp.10795, </w:t>
+              <w:t xml:space="preserve">vEGU21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, à renseigner, Unknown Region. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-10795⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-11028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03669251v1</w:t>
+                <w:t xml:space="preserve">insu-03669250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Typhoon-driven landsliding induces earthquakes: example of the 2009 Morakot typhoon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Steer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Jeandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadaya Cubas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Odin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Geosciences Union, Apr 2017, Vienne, Austria. pp.EGU2017-9089</w:t>
@@ -5813,103 +5813,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Typhoon-driven landsliding induces earthquakes: example of the 2009 Morakot typhoo (Invited)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Steer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Jeandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadaya Cubas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Odin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Geophysical Union Fall Meeting 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, American Geophysical Union, Dec 2016, San Francisco, United States. pp.EP54A-05</w:t>
@@ -6107,51 +6107,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540926v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rollot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Wallenhorst" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Curien" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Bel Mokhtar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bucchianeri" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772481v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odin Marc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maialen Barret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Biancamaria" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Dassas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Firmin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pstr.0000135" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772483v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory A Ruetenik" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken L Ferrier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-12-863-2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187861v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Burrows" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Marc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoff Andermann" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL104720" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187968v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Cabr&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Remy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Burrows" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carretier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-022-05707-y" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187895v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Struble" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Mcguire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Mccoy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Barnhart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JF007017" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240230v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lurin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meunier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JF006999" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276607v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke A Mcguire" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott W Mccoy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine R Barnhart" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-11-1117-2023" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126329v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gratiot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Klein" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Challet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dangles" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Janicot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pstr.0000049" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740552v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Emberson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia Kirschbaum" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pukar Amatya" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakan Tanyas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-22-1129-2022" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852933v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-22-2637-2022" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740568v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romulo Oliveira" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Gosset" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/EI-D-21-0022.1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03619990v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Illien" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Sens-Sch&#246;nfelder" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristen L. Cook" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JB023402" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357361v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Hobiger" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120200264" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357344v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Turowski" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-9-995-2021" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357333v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brunello" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Andermann" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Schneider" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Comiti" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL088420" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02891623v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Steer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Jeandet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadaya Cubas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-67865-y" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357373v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rault" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-An A Chao" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Gelis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Burtin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jui-Ming M Chang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120190127" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03517587v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hitoshi Saito" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taro Uchida" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GL083173" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372950v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Behling" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens M Turowski" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-7-107-2019" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03707752v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Le B&#233;on" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Suppe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mong-Han Huang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiuh-Tsann Huang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019TC005510" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372955v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Robert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Hovius" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-7-829-2019" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060439v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Stumpf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-6-903-2018" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03707905v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakan Tanya&#351;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cees J. van Westen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate E. Allstadt" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Anna Nowicki Jessee" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tolga G&#246;r&#252;m" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JF004236" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03707652v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-17-1159-2017" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933320v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Galy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-4-727-2016" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01772376v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo2600" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04936744v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calmet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307409v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeanneau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Albert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Champollion" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chass&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dassie" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219763v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Husson" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jouniaux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Precheur" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Saphy" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199599v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumont" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baehr" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Bardet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6356" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03226315v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Jeandet Ribes" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Cattin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Simoes" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-1179" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391633v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Carretier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187873v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Ruetenik" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Ferrier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830845v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977466v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H. Albert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Immel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kuppel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187938v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaushal Gnyawali" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Schwanghart" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Fort" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394228683.ch4" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903610v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Riva" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Duyck" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Wens" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7892" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903588v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8324" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669245v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12335" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669240v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristen Cook" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12714" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669250v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-11028" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669251v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10795" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01510112v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Odin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01416987v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540926v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rollot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Wallenhorst" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Curien" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Bel Mokhtar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bucchianeri" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772481v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odin Marc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maialen Barret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Biancamaria" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Dassas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Firmin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pstr.0000135" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772483v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory A Ruetenik" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken L Ferrier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-12-863-2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126329v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gratiot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Klein" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Challet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dangles" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Janicot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pstr.0000049" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187968v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Cabr&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Remy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Burrows" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carretier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-022-05707-y" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187861v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Burrows" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Marc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoff Andermann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023GL104720" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240230v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lurin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meunier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JF006999" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187895v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Struble" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Mcguire" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Mccoy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Barnhart" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JF007017" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276607v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke A Mcguire" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott W Mccoy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine R Barnhart" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-11-1117-2023" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03619990v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Illien" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Sens-Sch&#246;nfelder" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristen L. Cook" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JB023402" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740568v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romulo Oliveira" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Gosset" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Emberson" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Malet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/EI-D-21-0022.1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852933v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-22-2637-2022" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740552v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalia Kirschbaum" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pukar Amatya" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakan Tanyas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-22-1129-2022" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357344v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Turowski" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-9-995-2021" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357361v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Hobiger" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120200264" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02891623v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Steer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Jeandet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadaya Cubas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-67865-y" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357333v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brunello" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Andermann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Schneider" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Comiti" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL088420" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357373v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rault" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-An A Chao" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Gelis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Burtin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jui-Ming M Chang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120190127" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372955v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Robert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Hovius" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-7-829-2019" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03517587v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hitoshi Saito" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taro Uchida" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019GL083173" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372950v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Behling" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens M Turowski" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-7-107-2019" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03707752v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Le B&#233;on" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Suppe" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mong-Han Huang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiuh-Tsann Huang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019TC005510" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060439v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Stumpf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-6-903-2018" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03707905v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakan Tanya&#351;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cees J. van Westen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate E. Allstadt" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Anna Nowicki Jessee" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tolga G&#246;r&#252;m" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JF004236" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03707652v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-17-1159-2017" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01772376v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Galy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo2600" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933320v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-4-727-2016" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307409v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeanneau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Albert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Champollion" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chass&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dassie" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219763v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Husson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jouniaux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Precheur" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Saphy" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199599v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aumont" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Baehr" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Bardet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-6356" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03226315v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Jeandet Ribes" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Cattin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Simoes" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-1179" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04936744v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calmet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977466v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H. Albert" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Immel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kuppel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391633v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Carretier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187873v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Ruetenik" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Ferrier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830845v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187938v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaushal Gnyawali" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Schwanghart" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Fort" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394228683.ch4" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903610v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Riva" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Duyck" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Wens" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-7892" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903588v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-8324" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669251v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10795" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669240v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristen Cook" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12714" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669245v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-12335" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03669250v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-11028" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01510112v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Odin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01416987v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>