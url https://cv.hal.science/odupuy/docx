--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,6104 +66,6238 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (46)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerebral oxygenation and cognitive performance under different acute normobaric hypoxic conditions: a fNIRS study</w:t>
+                <w:t xml:space="preserve">Graded normobaric hypoxia alters cerebral oxygenation and cognition in middle-aged adults: a single-blind counterbalanced randomized crossover trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ayoub Boulares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Corentin Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Gimenes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Theurot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Pichon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dimitri Theurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, </w:t>
+              <w:t xml:space="preserve">GeroScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, Online ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00421-025-06042-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11357-026-02187-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05471086v1</w:t>
+                <w:t xml:space="preserve">inserm-05544846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of self-selected audiovisual stimuli on affective responses and cortical oxygenation in the prefrontal cortex during acute endurance exercise: An fNIRS study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cerebral oxygenation and cognitive performance under different acute normobaric hypoxic conditions: a fNIRS study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu-Bu Wang</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+                <w:t xml:space="preserve">Nathan Mathe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Gimenes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Theurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mental Health and Physical Activity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mhpa.2025.100688⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00421-025-06042-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05162517v1</w:t>
+                <w:t xml:space="preserve">hal-05471086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the acute effects of breaking up prolonged sitting time with single-task or a dual-task walking on cognitive function and cerebral blood flow in older adults: a randomized crossover trial</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of Intermittent Hypoxia Protocols on Physical Performance in Trained and Untrained Individuals: An Umbrella Review of Systematic Reviews and Meta-Analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayoub Boulares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Luigi Bragazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GeroScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11357-025-01817-0⟩</w:t>
+              <w:t xml:space="preserve">Sports medicine - Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (1), pp.145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40798-025-00933-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05314317v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05471097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Intermittent Hypoxia Protocols on Physical Performance in Trained and Untrained Individuals: An Umbrella Review of Systematic Reviews and Meta-Analyses</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Whole-body cryostimulation exposures effectively alleviates menstrual-related pain and associated sleep disturbances in young women: a randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bretonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Arc-Chagnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dugué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports medicine - Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40798-025-00933-7⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Pain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6, pp.1614153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpain.2025.1614153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05471097v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05360604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early sensorimotor restriction in rats induces age-dependent mitochondrial alterations in skeletal muscles and brain structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Van Gaever</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Dupuy</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Canu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Daussin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, The Journal of Physiology, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1113/JP287765⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04977305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-body cryostimulation exposures effectively alleviates menstrual-related pain and associated sleep disturbances in young women: a randomized controlled trial</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Delpech</w:t>
+                <w:t xml:space="preserve">Effects of self-selected audiovisual stimuli on affective responses and cortical oxygenation in the prefrontal cortex during acute endurance exercise: An fNIRS study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Bu Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Bigliassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qian Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Pain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpain.2025.1614153⟩</w:t>
+              <w:t xml:space="preserve">Mental Health and Physical Activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29, pp.100688. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mhpa.2025.100688⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05360604v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05162517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;sup&amp;gt;1&amp;lt;/sup&amp;gt;H NMR urinary metabolomic analysis in recreational athletes: Impact of physical exercise, high intensity interval training and whole body cryostimulation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">François Bieuzen</w:t>
+                <w:t xml:space="preserve">Comparison of the acute effects of breaking up prolonged sitting time with single-task or a dual-task walking on cognitive function and cerebral blood flow in older adults: a randomized crossover trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo M. Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Dugué</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gustavo O Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liye Zou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max D Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélcio Kanegusuku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational and Structural Biotechnology Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.csbj.2025.05.007⟩</w:t>
+              <w:t xml:space="preserve">GeroScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 48 (2), pp.2813-2825. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11357-025-01817-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05291013v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05314317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Intermittent Hypoxia Protocols on Cognitive Performance and Brain Health in Older Adults Across Cognitive States: A Systematic Literature Review</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">&amp;lt;sup&amp;gt;1&amp;lt;/sup&amp;gt;H NMR urinary metabolomic analysis in recreational athletes: Impact of physical exercise, high intensity interval training and whole body cryostimulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Douzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bieuzen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dugué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 101 (1), pp.13-30. </w:t>
+              <w:t xml:space="preserve">Computational and Structural Biotechnology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27, pp.1913 - 1926. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/JAD-240711⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.csbj.2025.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05488562v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05291013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do not underestimate the cognitive benefits of exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dupuy</w:t>
+                <w:t xml:space="preserve">The effectiveness of cryostimulation exposure on sleep and recovery in male athletes: Timing considerations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Arc-Chagnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Ludyga</w:t>
+                <w:t xml:space="preserve">Romain Bouzigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francisco B Ortega</w:t>
+                <w:t xml:space="preserve">Robin Pla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles H. Hillman</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kirk I. Erickson</w:t>
+                <w:t xml:space="preserve">Laurent Bosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Human Behaviour</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41562-024-01949-x⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (12), pp.1788-1797. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejsc.12200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04834476v1</w:t>
+                <w:t xml:space="preserve">hal-04841499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arm cooling selectively impacts sensorimotor control</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Human dopaminergic system in the exercise-cognition link</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meijun Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile Scotto</w:t>
+                <w:t xml:space="preserve">Fabian Herold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Petitcollin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dupuy</w:t>
+                <w:t xml:space="preserve">Zhihao Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géry Casiez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoit Dugué</w:t>
+                <w:t xml:space="preserve">Soichi Ando</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 131 (4), pp.607-618. </w:t>
+              <w:t xml:space="preserve">Trends in Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (8), pp.708-712. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/jn.00196.2023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molmed.2024.04.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04529087v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04938476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intention–behaviour gap in physical activity: unravelling the critical role of the automatic tendency towards effort minimisation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+                <w:t xml:space="preserve">Do not underestimate the cognitive benefits of exercise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Layan Fessler</w:t>
+                <w:t xml:space="preserve">Sebastian Ludyga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neville Owen</w:t>
+                <w:t xml:space="preserve">Francisco B Ortega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles H. Hillman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirk I. Erickson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bjsports-2024-108144⟩</w:t>
+              <w:t xml:space="preserve">Nature Human Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8 (8), pp.1460-1463. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41562-024-01949-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04880535v1</w:t>
+                <w:t xml:space="preserve">hal-04834476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effectiveness of cryostimulation exposure on sleep and recovery in male athletes: Timing considerations</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of Intermittent Hypoxia Protocols on Cognitive Performance and Brain Health in Older Adults Across Cognitive States: A Systematic Literature Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayoub Boulares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Luigi Bragazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejsc.12200⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 101 (1), pp.13-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JAD-240711⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04841499v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05488562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human dopaminergic system in the exercise-cognition link</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Arm cooling selectively impacts sensorimotor control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Scotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meijun Hou</w:t>
+                <w:t xml:space="preserve">Florian Petitcollin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabian Herold</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Boris Cheval</w:t>
+                <w:t xml:space="preserve">Géry Casiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Molecular Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molmed.2024.04.011⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 131 (4), pp.607-618. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/jn.00196.2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04938476v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of combined physical and cognitive program performed in socially enriched environment on older people’s cognitive abilities and quality of life (StimCoAPS): study protocol for a randomized controlled trial</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Virginie Migeot</w:t>
+                <w:t xml:space="preserve">Intention–behaviour gap in physical activity: unravelling the critical role of the automatic tendency towards effort minimisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liye Zou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvio Maltagliati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layan Fessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neville Owen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open Sport and Exercise Medicine </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjsem-2023-001577⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 58 (16), pp.889-891. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bjsports-2024-108144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04246643v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliability of Scores Computed by a Commercial Virtual Reality System and Association with Indices of Cognitive Performance in Male Elite Rugby Players</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Partial-body cryostimulation does not impact peripheral microvascular responsiveness but reduces muscular metabolic O2 consumption (m V ˙ O2) at rest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Theurot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Douzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renée Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app13021001⟩</w:t>
+              <w:t xml:space="preserve">Cryobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 112, pp.104561. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cryobiol.2023.104561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04056789v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04246147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute Effects of a Maximal Cardiopulmonary Exercise Test on Cardiac Hemodynamic and Cerebrovascular Response and Their Relationship with Cognitive Performance in Individuals with Type 2 Diabetes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Effects of combined physical and cognitive program performed in socially enriched environment on older people’s cognitive abilities and quality of life (StimCoAPS): study protocol for a randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphanie Gonnord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Clarys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anil Nigam</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Albouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Migeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph20085552⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open Sport and Exercise Medicine </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (4), pp.e001577. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjsem-2023-001577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04537197v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04246643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partial-body cryostimulation does not impact peripheral microvascular responsiveness but reduces muscular metabolic O2 consumption (m V ˙ O2) at rest</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Reliability of Scores Computed by a Commercial Virtual Reality System and Association with Indices of Cognitive Performance in Male Elite Rugby Players</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Vachon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Le Moal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bosquet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cryobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cryobiol.2023.104561⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (2), pp.1001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app13021001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04246147v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04056789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of simultaneous exercise and cognitive training on executive functions, baroreflex sensitivity and pre-frontal cortex oxygenation in healthy older adults: a pilot study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Acute Effects of a Maximal Cardiopulmonary Exercise Test on Cardiac Hemodynamic and Cerebrovascular Response and Their Relationship with Cognitive Performance in Individuals with Type 2 Diabetes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Besnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Gagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meghann Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Nigam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GeroScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11357-022-00595-3⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 20 (8), pp.5552. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph20085552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04538515v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04537197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute Effect of a Simultaneous Exercise and Cognitive Task on Executive Functions and Prefrontal Cortex Oxygenation in Healthy Older Adults</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Effects of Cardiorespiratory Fitness on Cerebral Oxygenation in Healthy Adults: A Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Talia Salzman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Bosquet</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Anne Fraser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (4), pp.455. </w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.838450. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/brainsci12040455⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2022.838450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03874955v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04537172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Cardiorespiratory Fitness on Cerebral Oxygenation in Healthy Adults: A Systematic Review</w:t>
+                <w:t xml:space="preserve">Effect of simultaneous exercise and cognitive training on executive functions, baroreflex sensitivity and pre-frontal cortex oxygenation in healthy older adults: a pilot study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Talia Salzman</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Manon Pellegrini-Laplagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Anne Fraser</w:t>
+                <w:t xml:space="preserve">Philippe Sosner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bosquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13, pp.838450. </w:t>
+              <w:t xml:space="preserve">GeroScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 45, pp.119-140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2022.838450⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11357-022-00595-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04537172v1</w:t>
+                <w:t xml:space="preserve">hal-04538515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardiorespiratory fitness and prefrontal cortex oxygenation during Stroop task in older males</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Acute Effect of a Simultaneous Exercise and Cognitive Task on Executive Functions and Prefrontal Cortex Oxygenation in Healthy Older Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Pellegrini-Laplagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sosner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bosquet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2021.113621⟩</w:t>
+              <w:t xml:space="preserve">Brain Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (4), pp.455. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/brainsci12040455⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03517321v1</w:t>
+                <w:t xml:space="preserve">hal-03874955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cryostimulation for Post-exercise Recovery in Athletes: A Consensus and Position Paper</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Editorial: From Physiological Adaptations to Endurance Performance: It is Time to Bridge the Gap!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Brocherie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kazushige Goto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Bernard</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gruet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Vercruyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 3, pp.688828. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fspor.2021.688828⟩</w:t>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fspor.2021.775654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04099190v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03364004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of acute partial-body cryostimulation on cognitive performance, cerebral oxygenation, and cardiac autonomic activity</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Wafa Douzi</w:t>
+                <w:t xml:space="preserve">Cardiorespiratory fitness and prefrontal cortex oxygenation during Stroop task in older males</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Goenarjo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Fraser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Berryman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Guitet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Louis</w:t>
+                <w:t xml:space="preserve">Anaïck Perrochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
+              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 242, pp.113621. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-87089-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2021.113621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03251759v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03517321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooling During Exercise May Induce Benefits Linked to Improved Brain Perfusion</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dimitri Theurot</w:t>
+                <w:t xml:space="preserve">Cryostimulation for Post-exercise Recovery in Athletes: A Consensus and Position Paper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bouzigon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludwig Vinches</w:t>
+                <w:t xml:space="preserve">Ivo Tiemessen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Hallé</w:t>
+                <w:t xml:space="preserve">Massimo de Nardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/a-1213-5960⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3, pp.688828. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fspor.2021.688828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04518557v1</w:t>
+                <w:t xml:space="preserve">hal-04099190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: From Physiological Adaptations to Endurance Performance: It is Time to Bridge the Gap!</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Brocherie</w:t>
+                <w:t xml:space="preserve">Impact of acute partial-body cryostimulation on cognitive performance, cerebral oxygenation, and cardiac autonomic activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Theurot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dugué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Douzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kazushige Goto</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Vercruyssen</w:t>
+                <w:t xml:space="preserve">Paul Guitet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fspor.2021.775654⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-87089-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03364004v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03251759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1H-NMR-Based Analysis for Exploring Knee Synovial Fluid Metabolite Changes after Local Cryotherapy in Knee Arthritis Patients</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Cooling During Exercise May Induce Benefits Linked to Improved Brain Perfusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Douzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Nadège Boildieu</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dugué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Theurot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludwig Vinches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/metabo10110460⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 42 (02), pp.122-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/a-1213-5960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03177010v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Per-Cooling (Using Cooling Systems during Physical Exercise) Enhances Physical and Cognitive Performances in Hot Environments. A Narrative Review</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Dimitri Theurot</w:t>
+                <w:t xml:space="preserve">Effect of High Intensity Interval Training Compared to Continuous Training on Cognitive Performance in Young Healthy Adults: A Pilot Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Mekari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meghan Earle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juhani Smolander</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sara Drisdelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Killen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph17031031⟩</w:t>
+              <w:t xml:space="preserve">Brain Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (2), pp.81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/brainsci10020081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04520322v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04537049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of whole-body cryotherapy: time- and dose-response investigation on circulating blood catecholamines and heart rate variability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Louis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Theurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Robert Filliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Volondat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 120 (8), pp.1733 - 1743. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00421-020-04406-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04246874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluative Threat Increases Effort Expenditure in a Cycling Exercise: An Exploratory Study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Per-Cooling (Using Cooling Systems during Physical Exercise) Enhances Physical and Cognitive Performances in Hot Environments. A Narrative Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Douzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Theurot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Terache</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Juhani Smolander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dugué</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sport and Exercise Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1123/jsep.2019-0177⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (3), pp.1031. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph17031031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02946306v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04520322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerebral Oxygenation Reserve: The Relationship Between Physical Activity Level and the Cognitive Load During a Stroop Task in Healthy Young Males</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Berryman</w:t>
+                <w:t xml:space="preserve">1H-NMR-Based Analysis for Exploring Knee Synovial Fluid Metabolite Changes after Local Cryotherapy in Knee Arthritis Patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Douzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier X. Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentine Metier</w:t>
+                <w:t xml:space="preserve">François Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaick Perrochon</w:t>
+                <w:t xml:space="preserve">Nadège Boildieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 17 (4), pp.1406. </w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (11), pp.460. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijerph17041406⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/metabo10110460⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02862430v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03177010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Intensity Interval Training Improves Cognitive Flexibility in Older Adults</w:t>
+                <w:t xml:space="preserve">Evaluative Threat Increases Effort Expenditure in a Cycling Exercise: An Exploratory Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Said Mekari</w:t>
+                <w:t xml:space="preserve">Leila Selimbegović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heather Neyedli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sarah Fraser</w:t>
+                <w:t xml:space="preserve">Julie Terache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myles O’brien</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ricardo Martins</w:t>
+                <w:t xml:space="preserve">Y. Blandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/brainsci10110796⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sport and Exercise Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 42 (4), pp.336-343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/jsep.2019-0177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04537136v1</w:t>
+                <w:t xml:space="preserve">hal-02946306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardiorespiratory fitness, blood pressure, and cerebral oxygenation during a dual-task in healthy young males</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+                <w:t xml:space="preserve">Cerebral Oxygenation Reserve: The Relationship Between Physical Activity Level and the Cognitive Load During a Stroop Task in Healthy Young Males</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Goenarjo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bosquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Berryman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Metier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaick Perrochon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Berryman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbr.2019.112422⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (4), pp.1406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph17041406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03488606v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02862430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional status is associated with prefrontal cortex activation in gait in subacute stroke patients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Hermand</w:t>
+                <w:t xml:space="preserve">High-Intensity Interval Training Improves Cognitive Flexibility in Older Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Mekari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxence Compagnat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dupuy</w:t>
+                <w:t xml:space="preserve">Heather Neyedli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Fraser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Salle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anaick Perrochon</w:t>
+                <w:t xml:space="preserve">Myles O’brien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.559227. </w:t>
+              <w:t xml:space="preserve">Brain Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (11), pp.796. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fneur.2020.559227⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/brainsci10110796⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03187520v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04537136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of High Intensity Interval Training Compared to Continuous Training on Cognitive Performance in Young Healthy Adults: A Pilot Study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Melanie Killen</w:t>
+                <w:t xml:space="preserve">Cardiorespiratory fitness, blood pressure, and cerebral oxygenation during a dual-task in healthy young males</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Goenarjo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Fraser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaick Perrochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Berryman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/brainsci10020081⟩</w:t>
+              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 380, pp.112422 -. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbr.2019.112422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04537049v1</w:t>
+                <w:t xml:space="preserve">hal-03488606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3‐min whole body cryotherapy/cryostimulation after training in the evening improves sleep quality in physically active men</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Functional status is associated with prefrontal cortex activation in gait in subacute stroke patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hermand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Compagnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Romain Bouzigon</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Salle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaick Perrochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/17461391.2018.1551937⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.559227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fneur.2020.559227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04538273v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03187520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambulatory blood pressure reduction following 2 weeks of high-intensity interval training on an immersed ergocycle</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Prefrontal Cortex Activation During Dual Task With Increasing Cognitive Load in Subacute Stroke Patients: A Pilot Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hermand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Tapie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vincent Gremeaux</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Fraser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Compagnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of cardiovascular diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.acvd.2019.07.005⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11, pp.160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnagi.2019.00160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03489144v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02862402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerebral and Muscle Oxygenation during Repeated Shuttle Run Sprints with Hypoventilation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">PARTIAL-BODY CRYOSTIMULATION AFTER TRAINING IMPROVES SLEEP QUALITY IN PROFESSIONAL SOCCER PLAYERS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Douzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Aurelien Pichon</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Theurot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dugué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/a-0836-9011⟩</w:t>
+              <w:t xml:space="preserve">BMC Research Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12, pp.141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13104-019-4172-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04475267v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02453484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PARTIAL-BODY CRYOSTIMULATION AFTER TRAINING IMPROVES SLEEP QUALITY IN PROFESSIONAL SOCCER PLAYERS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">3‐min whole body cryotherapy/cryostimulation after training in the evening improves sleep quality in physically active men</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Douzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Tanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Boucard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bouzigon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Research Notes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13104-019-4172-9⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19 (6), pp.860-867. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17461391.2018.1551937⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02453484v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04538273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prefrontal Cortex Activation During Dual Task With Increasing Cognitive Load in Subacute Stroke Patients: A Pilot Study</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Ambulatory blood pressure reduction following 2 weeks of high-intensity interval training on an immersed ergocycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sosner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gayda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maxence Compagnat</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Garzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gremeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnagi.2019.00160⟩</w:t>
+              <w:t xml:space="preserve">Archives of cardiovascular diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 112, pp.680 - 690. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.acvd.2019.07.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02862402v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03489144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooling during exercise enhances performances, but the cooled body areas matter: A systematic review with meta‐analyses</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cerebral and Muscle Oxygenation during Repeated Shuttle Run Sprints with Hypoventilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Woorons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Mucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire P. Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/sms.13521⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, International Journal of Sports Medicine, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/a-0836-9011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03251809v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04475267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive function in patients with stable coronary heart disease: Related cerebrovascular and cardiovascular responses</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Joffrey Drigny</w:t>
+                <w:t xml:space="preserve">Cooling during exercise enhances performances, but the cooled body areas matter: A systematic review with meta‐analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafa Douzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dugué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludwig Vinches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chady Al Sayed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0183791⟩</w:t>
+              <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (11), pp.1660-1676. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/sms.13521⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01652235v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03251809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermoneutral immersion exercise accelerates heart rate recovery: A potential novel training modality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauricio Garzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil Nigam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Steve Comtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Sport Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17 (3), pp.310-316. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/17461391.2016.1226391⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03008249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardiovascular and cerebral hemodynamics during exercise and recovery in obese individuals as a function of their fitness status</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId176" w:history="1">
+                <w:t xml:space="preserve">Cognitive function in patients with stable coronary heart disease: Related cerebrovascular and cardiovascular responses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gayda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Grémeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Bherer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Juneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joffrey Drigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14814/phy2.13321⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0183791⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01588561v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01652235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambulatory blood pressure reduction following high-intensity interval exercise performed in water or dryland condition</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId176" w:history="1">
+                <w:t xml:space="preserve">Cardiovascular and cerebral hemodynamics during exercise and recovery in obese individuals as a function of their fitness status</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gayda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Lapierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christopher Lemasson</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Fraser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Bherer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Society of Hypertension</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jash.2016.02.011⟩</w:t>
+              <w:t xml:space="preserve">Physiological Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5 (12), pp.e13321. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14814/phy2.13321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01330401v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01588561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Night and postexercise cardiac autonomic control in functional overreaching</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Ambulatory blood pressure reduction following high-intensity interval exercise performed in water or dryland condition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sosner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gayda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Garzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1139/apnm-2012-0203⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Society of Hypertension</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10 (5), pp.420--428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jash.2016.02.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02078593v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01330401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Night and postexercise cardiac autonomic control in functional overreaching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Bherer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Audiffren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bosquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physiology, Nutrition, and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 38 (2), pp.200-208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1139/apnm-2012-0203⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02078593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Reliability of heart rate measures used to assess post-exercise parasympathetic reactivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Mekary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Berryman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Bherer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Audiffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Physiology and Functional Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 32 (4), pp.296-304. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1475-097X.2012.01125.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02098020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6173,654 +6307,654 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénéfices d’une intervention combinée physique et cognitive réalisée dans un environnement socialement enrichi sur la qualité de vie des personnes âgées : un essai contrôlé randomisé de 12 semaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphanie Gonnord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Clarys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Albouy-Llaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Migeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Vieillissement &amp; Maintien de l'Autonomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Tours (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La stimulation sociale : un facteur modérant l’effet d’un entrainement combiné physique et cognitif et la qualité de vie des séniors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Vieillissement, cognition et qualité de vie : bénéfices d’une intervention combinée physique et cognitive réalisée dans un environnement enrichi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphanie Gonnord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Clarys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Albouy-Llaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Migeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque scientifique pluridisciplinaire « Pour que vieillir soit une chance »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, DIJON, France</w:t>
+              <w:t xml:space="preserve">Journées de Printemps de la Société de Neuropsychologie de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Angoulême, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05499307v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vieillissement, cognition et qualité de vie : bénéfices d’une intervention combinée physique et cognitive réalisée dans un environnement enrichi</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">La stimulation sociale : un facteur modérant l’effet d’un entrainement combiné physique et cognitif et la qualité de vie des séniors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphanie Gonnord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Clarys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Albouy-Llaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Migeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Printemps de la Société de Neuropsychologie de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Angoulême, France</w:t>
+              <w:t xml:space="preserve">Colloque scientifique pluridisciplinaire « Pour que vieillir soit une chance »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, DIJON, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05499300v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieillissement, cognition et qualité de vie : bénéfices d’une intervention combinée physique et cognitive réalisée dans un environnement enrichi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphanie Gonnord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Clarys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Albouy-Llaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Migeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Printemps de la Société de Neuropsychologie de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patients AVC et marche : Association du statut fonctionnel à l’activation du cortex préfrontal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Hermand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Compagnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.Y. Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Daviet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27ème congrès annuel de la Société Francophone Posture, Équilibre et Locomotion (SOFPEL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Société Francophone Posture, Equilibre et Locomotion – SOFPEL, Dec 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04498316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6830,271 +6964,271 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of cold exposure on cardiovascular and autonomic nervous system responses : A systematic review with meta-analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hela Jdidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire de Bisschop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Douzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20e congrès international ACAPS : Les Environnements de l'Activité Physique et Sportive (ACAPS 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Reims, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05411545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Courbatures, Fatigue et Inflammation : Méta-analyse pour connaître les techniques de récupération les plus efficaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Douzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Theurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17e Congrès International de l'ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05411702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7104,150 +7238,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscular and Cerebral Tissue Oxygenation and Blood Flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Theurot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dugué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Paolo Capodaglio. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Whole-Body Cryostimulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer International Publishing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.59-65, 2024, 978-3-031-18544-1. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-18545-8_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04536843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7257,161 +7391,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intrinsic motivation magnifies the effects of physical activity on perceived cognitive health</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvio Maltagliati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Raichlen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sarrazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05384241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId236"/>
+      <w:footerReference w:type="default" r:id="rId238"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7558,51 +7692,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471086v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Faucher" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Pichon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Mathe" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gimenes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Theurot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-025-06042-3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162517v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Bu Wang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Bigliassi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cheval" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Yu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Maltagliati" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2025.100688" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314317v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo M. Cunha" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo O Silva" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liye Zou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max D Oliveira" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lcio Kanegusuku" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-025-01817-0" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471097v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Boulares" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Luigi Bragazzi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40798-025-00933-7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04977305v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Van Gaever" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Dupont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Canu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Daussin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP287765" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360604v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bretonneau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Arc-Chagnaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dugu&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delpech" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpain.2025.1614153" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291013v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Douzi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bieuzen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2025.05.007" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488562v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-240711" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834476v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Ludyga" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco B Ortega" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles H. Hillman" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirk I. Erickson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-024-01949-x" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529087v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Scotto" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Petitcollin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;ry Casiez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00196.2023" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880535v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layan Fessler" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neville Owen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2024-108144" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841499v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouzigon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pla" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bosquet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsc.12200" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938476v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meijun Hou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Herold" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihao Zhang" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soichi Ando" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmed.2024.04.011" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246643v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Gonnord" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Clarys" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albouy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Migeot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjsem-2023-001577" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056789v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vachon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Le Moal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13021001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537197v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Besnier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gagnon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meghann Monnet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Nigam" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20085552" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246147v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Morin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2023.104561" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538515v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Pellegrini-Laplagne" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sosner" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-022-00595-3" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874955v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci12040455" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537172v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talia Salzman" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Anne Fraser" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.838450" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517321v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Goenarjo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fraser" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Berryman" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;ck Perrochon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2021.113621" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099190v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Tiemessen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo de Nardi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bernard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2021.688828" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251759v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Guitet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-87089-y" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518557v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Vinches" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hall&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1213-5960" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-03364004v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Brocherie" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazushige Goto" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gruet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vercruyssen" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2021.775654" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177010v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Guillot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Seguin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Boildieu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10110460" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520322v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juhani Smolander" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17031031" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246874v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Robert Filliard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Volondat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-020-04406-5" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946306v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Selimbegovi&#263;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Terache" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Blandin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jsep.2019-0177" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02862430v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Metier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaick Perrochon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17041406" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537136v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Mekari" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Neyedli" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myles O&#8217;brien" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Martins" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci10110796" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488606v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2019.112422" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187520v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hermand" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Compagnat" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Salle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2020.559227" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537049v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meghan Earle" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Drisdelle" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Killen" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci10020081" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538273v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Tanneau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Boucard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2018.1551937" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489144v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gayda" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Garzon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gremeaux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvd.2019.07.005" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04475267v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Woorons" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mucci" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire P. Millet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Pichon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-0836-9011" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453484v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-019-4172-9" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02862402v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Tapie" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2019.00160" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251809v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chady Al Sayed" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.13521" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01652235v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gr&#233;meaux" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Bherer" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Juneau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Drigny" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0183791" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008249v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Steve Comtois" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2016.1226391" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01588561v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Lapierre" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.13321" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330401v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Lemasson" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jash.2016.02.011" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CL3N497S-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078593v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Audiffren" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2012-0203" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098020v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Mekary" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-097X.2012.01125.x" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3L2WKNG3-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487986v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albouy-Llaty" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499307v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499300v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487998v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498316v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Salle" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Daviet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411545v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Jdidi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire de Bisschop" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411702v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536843v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/chapter/10.1007/978-3-031-18545-8_5" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18545-8_5" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05384241v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Raichlen" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pelletier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarrazin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05544846v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Boulares" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Faucher" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gimenes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Theurot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Pichon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-026-02187-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471086v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Mathe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-025-06042-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471097v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Luigi Bragazzi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40798-025-00933-7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360604v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bretonneau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Arc-Chagnaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dugu&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delpech" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpain.2025.1614153" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04977305v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Van Gaever" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Dupont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Canu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Daussin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP287765" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162517v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Bu Wang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Bigliassi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Cheval" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qian Yu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Maltagliati" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mhpa.2025.100688" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314317v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo M. Cunha" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo O Silva" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liye Zou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max D Oliveira" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lcio Kanegusuku" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-025-01817-0" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291013v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Douzi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bieuzen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2025.05.007" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841499v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouzigon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pla" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bosquet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsc.12200" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938476v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meijun Hou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Herold" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhihao Zhang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soichi Ando" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmed.2024.04.011" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834476v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Ludyga" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco B Ortega" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles H. Hillman" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirk I. Erickson" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-024-01949-x" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488562v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-240711" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529087v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Scotto" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Petitcollin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;ry Casiez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00196.2023" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880535v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layan Fessler" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neville Owen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2024-108144" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246147v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Morin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2023.104561" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246643v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Gonnord" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Clarys" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albouy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Migeot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjsem-2023-001577" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056789v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vachon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Le Moal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13021001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537197v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Besnier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gagnon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meghann Monnet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Nigam" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20085552" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537172v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talia Salzman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Anne Fraser" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.838450" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538515v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Pellegrini-Laplagne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sosner" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11357-022-00595-3" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874955v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci12040455" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insep.hal.science/hal-03364004v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Brocherie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazushige Goto" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gruet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vercruyssen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2021.775654" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517321v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Goenarjo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fraser" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Berryman" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;ck Perrochon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2021.113621" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099190v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Tiemessen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo de Nardi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bernard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2021.688828" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251759v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Guitet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-87089-y" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518557v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Vinches" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hall&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-1213-5960" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537049v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Mekari" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meghan Earle" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Martins" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Drisdelle" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Killen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci10020081" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246874v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Robert Filliard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Volondat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-020-04406-5" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520322v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juhani Smolander" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17031031" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177010v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Guillot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Seguin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Boildieu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10110460" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946306v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Selimbegovi&#263;" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Terache" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Blandin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jsep.2019-0177" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02862430v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Metier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaick Perrochon" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17041406" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537136v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Neyedli" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myles O&#8217;brien" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/brainsci10110796" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488606v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2019.112422" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187520v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hermand" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Compagnat" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Salle" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2020.559227" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02862402v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Tapie" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2019.00160" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453484v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Boucard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-019-4172-9" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538273v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Tanneau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2018.1551937" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489144v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gayda" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Garzon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gremeaux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvd.2019.07.005" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04475267v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Woorons" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mucci" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire P. Millet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Pichon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-0836-9011" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251809v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chady Al Sayed" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sms.13521" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008249v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Steve Comtois" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2016.1226391" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01652235v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gr&#233;meaux" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Bherer" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Juneau" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Drigny" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0183791" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01588561v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Lapierre" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.13321" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330401v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Lemasson" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jash.2016.02.011" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CL3N497S-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078593v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Audiffren" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/apnm-2012-0203" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098020v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Mekary" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1475-097X.2012.01125.x" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3L2WKNG3-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487986v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albouy-Llaty" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499300v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499307v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487998v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498316v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Salle" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Daviet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411545v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Jdidi" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire de Bisschop" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411702v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536843v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link-springer-com.ressources.univ-poitiers.fr/chapter/10.1007/978-3-031-18545-8_5" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18545-8_5" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05384241v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Raichlen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pelletier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sarrazin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>