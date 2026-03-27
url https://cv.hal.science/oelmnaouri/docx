--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -190,50 +190,82 @@
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Autrans (Grenoble), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05041492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing Keystone Security Against Cache Timing Attacks: A Modular Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
@@ -274,58 +306,58 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Lagadec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque 2025 du GDR SoC2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2025, Lorient, France</w:t>
+              <w:t xml:space="preserve">, Jun 2025, Lorient, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05056900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>