--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -100,373 +100,373 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailor-made vincristine-liposomes for tumor targeting</w:t>
+                <w:t xml:space="preserve">Generation of Anti-Epidermal Growth Factor Receptor-2 (HER2) Immunoliposomes Using Microbial Transglutaminase (mTG)-Mediated Site-Specific Conjugated Antibodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariana Abawi</w:t>
+                <w:t xml:space="preserve">Anna Bérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana-Maria Trunfio-Sfarghiu</w:t>
+                <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Thomann</w:t>
+                <w:t xml:space="preserve">Saïd El Alaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Petiot</w:t>
+                <w:t xml:space="preserve">Thierry Granjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giovanna Lollo</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Meddy El Alaoui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">ACS Pharmacology &amp; Translational Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (10), pp.3034-3044. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2024.07.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsptsci.4c00197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04733369v1</w:t>
+                <w:t xml:space="preserve">hal-04926125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of Anti-Epidermal Growth Factor Receptor-2 (HER2) Immunoliposomes Using Microbial Transglutaminase (mTG)-Mediated Site-Specific Conjugated Antibodies</w:t>
+                <w:t xml:space="preserve">Tailor-made vincristine-liposomes for tumor targeting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Bérot</w:t>
+                <w:t xml:space="preserve">Ariana Abawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ofelia Maniti</w:t>
+                <w:t xml:space="preserve">Ana-Maria Trunfio-Sfarghiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saïd El Alaoui</w:t>
+                <w:t xml:space="preserve">Céline Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Granjon</w:t>
+                <w:t xml:space="preserve">Emma Petiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meddy El Alaoui</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Giovanna Lollo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Pharmacology &amp; Translational Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 7 (10), pp.3034-3044. </w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsptsci.4c00197⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2024.07.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04926125v1</w:t>
+                <w:t xml:space="preserve">hal-04733369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carrier–Tumor Cell Membrane Interactions for Optimized Delivery of a Promising Drug, 4(RS)-4-F4t-Neuroprostane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariana Abawi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Thomann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanna Lollo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Granjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Petiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 15 (12), pp.2739. </w:t>
@@ -677,51 +677,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Weremiejczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieszka Strzelecka‐kiliszek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ekeveliny Amabile Veschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -958,51 +958,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layth Ben Trad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemBioChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 24 (3), </w:t>
@@ -1040,90 +1040,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monomethyl Auristatin E Grafted-Liposomes to Target Prostate Tumor Cell Lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariana Abawi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bompard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Bérot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Andretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1455,51 +1455,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and structural characterization of a novel nanoemulsion for oral drug delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annalisa Rosso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanna Lollo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1723,51 +1723,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cholesterol re-organisation and lipid de-packing by arginine-rich cell penetrating peptides: Role in membrane translocation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margherita Di Pisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1853,51 +1853,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glass Microsphere-Supported Giant Vesicles for the Observation of Self-Reproduction of Lipid Boundaries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Fiore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Girard-Egrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1996,51 +1996,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Madanamoothoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Berlioz-Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès P Girard-Egrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2277,51 +2277,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Habchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cagna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès P Girard-Egrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2506,51 +2506,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basic cell penetrating peptides induce plasma membrane positive curvature, lipid domain separation and protein redistribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hong-Rong Piao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2595,268 +2595,268 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02345708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carrier-inside-carrier: polyelectrolyte microcapsules as reservoir for drug-loaded liposomes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Basic cell penetrating peptides induce plasma membrane positive curvature, lipid domain separation and protein redistribution.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ofelia Maniti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong-Rong Piao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesus Ayala-Sanmartin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Liposome Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 50, pp.73-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocel.2014.02.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01142690v1</w:t>
+                <w:t xml:space="preserve">hal-00955205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Basic cell penetrating peptides induce plasma membrane positive curvature, lipid domain separation and protein redistribution.</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Carrier-inside-carrier: polyelectrolyte microcapsules as reservoir for drug-loaded liposomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Maniti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rebaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Sarkis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Jia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Liposome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 25 (2), pp.122-130</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00955205v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01142690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of lipids on MGD1 membrane binding highlights novel mechanisms for galactolipid biosynthesis regulation in chloroplasts.</w:t>
               </w:r>
@@ -2868,51 +2868,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joe Sarkis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joana Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Jouhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3093,51 +3093,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Binding of moesin and ezrin to membranes containing phosphatidylinositol (4,5) bisphosphate: A comparative study of the affinity constants and conformational changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nada Khalifat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3221,1485 +3221,1485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00730777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activation of Moesin, a Protein That Links Actin Cytoskeleton to the Plasma Membrane, Occurs by Phosphatidylinositol 4,5-bisphosphate (PIP2) Binding Sequentially to Two Sites and Releasing an Autoinhibitory Linker</w:t>
+                <w:t xml:space="preserve">Secondary Structure of rhBMP-2 in a Protective Biopolymeric Carrier Material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Ben-Aissa</w:t>
+                <w:t xml:space="preserve">Flora Gilde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Patino-Lopez</w:t>
+                <w:t xml:space="preserve">R. Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. V. Belkina</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">O. Maniti</w:t>
+                <w:t xml:space="preserve">J. F. Mano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Rosales</w:t>
+                <w:t xml:space="preserve">D. Logeart-Avramoglou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 287 (20), pp.16311-16323. </w:t>
+              <w:t xml:space="preserve">Biomacromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13 (11), pp.3620-3626. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.M111.304881⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/bm3010808⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01067506v1</w:t>
+                <w:t xml:space="preserve">hal-01067512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secondary Structure of rhBMP-2 in a Protective Biopolymeric Carrier Material</w:t>
+                <w:t xml:space="preserve">Activation of Moesin, a Protein That Links Actin Cytoskeleton to the Plasma Membrane, Occurs by Phosphatidylinositol 4,5-bisphosphate (PIP2) Binding Sequentially to Two Sites and Releasing an Autoinhibitory Linker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flora Gilde</w:t>
+                <w:t xml:space="preserve">K. Ben-Aissa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Patino-Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. V. Belkina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Logeart-Avramoglou</w:t>
+                <w:t xml:space="preserve">T. Rosales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomacromolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 13 (11), pp.3620-3626. </w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 287 (20), pp.16311-16323. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/bm3010808⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M111.304881⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01067512v1</w:t>
+                <w:t xml:space="preserve">hal-01067506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic energy-independent mechanism of internalization for the cell penetrating peptide penetratin.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Metabolic energy-independent mechanism of internalization for the cell penetrating peptide penetratin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Blanchard</w:t>
+                <w:t xml:space="preserve">Élise Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Trugnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Lamazière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesus Ayala-Sanmartin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 44 (6), pp. 869-875. </w:t>
+              <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biocel.2012.02.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00688621v1</w:t>
+                <w:t xml:space="preserve">hal-02359763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic energy-independent mechanism of internalization for the cell penetrating peptide penetratin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Metabolic energy-independent mechanism of internalization for the cell penetrating peptide penetratin.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élise Blanchard</w:t>
+                <w:t xml:space="preserve">Elise Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Trugnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Lamazière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesus Ayala-Sanmartin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biochemistry and Cell Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, </w:t>
+              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 44 (6), pp. 869-875. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biocel.2012.02.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02359763v1</w:t>
+                <w:t xml:space="preserve">hal-00688621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acyl chain composition determines cardiolipin clustering induced by mitochondrial creatine kinase binding to monolayers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ofelia Maniti</w:t>
+                <w:t xml:space="preserve">Acyl chain composition determines cardiolipin clustering induced by mitochondrial creatine kinase binding to monolayers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mouhedine Cheniour</w:t>
+                <w:t xml:space="preserve">M. Cheniour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-France Lecompte</w:t>
+                <w:t xml:space="preserve">M.F Lecompte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Marcillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Marcillat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">René Buchet</w:t>
+                <w:t xml:space="preserve">R. Buchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1808 (4), pp.1129-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2011.01.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01162735v1</w:t>
+                <w:t xml:space="preserve">hal-00599327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acyl chain composition determines cardiolipin clustering induced by mitochondrial creatine kinase binding to monolayers.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">O. Marcillat</w:t>
+                <w:t xml:space="preserve">Acyl chain composition determines cardiolipin clustering induced by mitochondrial creatine kinase binding to monolayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Buchet</w:t>
+                <w:t xml:space="preserve">Mouhedine Cheniour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Lecompte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Marcillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Buchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1808 (4), pp.1129-1139</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00599327v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01162735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct Behaviour of the Homeodomain Derived Cell Penetrating Peptide Penetratin in Interaction with Different Phospholipids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Lipid domain separation, bilayer thickening and pearling induced by the cell penetrating peptide penetratin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Lamazière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabel Alves</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Claude Wolf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Chassaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0015819⟩</w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 1798 ((12)), pp.2223-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2009.12.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02393477v1</w:t>
+                <w:t xml:space="preserve">hal-02402116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid domain separation, bilayer thickening and pearling induced by the cell penetrating peptide penetratin</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Distinct Behaviour of the Homeodomain Derived Cell Penetrating Peptide Penetratin in Interaction with Different Phospholipids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Trugnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesus Ayala-Sanmartin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbamem.2009.12.024⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0015819⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02402116v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02393477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitochondrial creatine kinase interaction with cardiolipin-containing biomimetic membranes is a two step process involving adsorption and insertion</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T. Granjon</w:t>
+                <w:t xml:space="preserve">Distinct behaviour of the homeodomain derived cell penetrating peptide penetratin in interaction with different phospholipids.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ofelia Maniti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Trugnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesus Ayala-Sanmartin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Biophysics Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (12), pp.e15819. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0015819⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00599396v1</w:t>
+                <w:t xml:space="preserve">hal-00618692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure-Function Relations in Oxaloacetate Decarboxylase Complex. Fluorescence and Infrared Approaches to Monitor Oxomalonate and Na+ Binding Effect</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mitochondrial creatine kinase interaction with cardiolipin-containing biomimetic membranes is a two step process involving adsorption and insertion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Maniti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-F. Lecompte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Marcillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Granjon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Biophysics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 39, pp.1649-1655</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00599375v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00599396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct behaviour of the homeodomain derived cell penetrating peptide penetratin in interaction with different phospholipids.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Structure-Function Relations in Oxaloacetate Decarboxylase Complex. Fluorescence and Infrared Approaches to Monitor Oxomalonate and Na+ Binding Effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Granjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Maniti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Auchli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dahinden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Buchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 5 (12), pp.e15819. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0015819⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 5 (6), pp.10935. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0010935⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00618692v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00599375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphatidylinositol 4,5-Bisphosphate-Induced Conformational Change of Ezrin and Formation of Ezrin Oligomers</w:t>
               </w:r>
@@ -4711,51 +4711,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nada Khalifat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4832,90 +4832,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitochondrial creatine kinase interaction with heterogeneous monolayers : effect on lipid lateral organization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Vernoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Marcillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Granjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 91 (6), pp.752-764</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4940,103 +4940,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphology modifications in negatively charged lipid monolayers upon mitochondrial creatine kinase binding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhedine Cheniour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Marcillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Granjon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Membrane Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 26 (3), pp.171-185</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5231,77 +5231,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localization of Annexin A6 and its translocation across membrane in matrix vesicles during apatite formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Buchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Granjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Magne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïda Mebarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5375,51 +5375,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des interactions molécules-membranes et conception de vecteurs lipidiques sélectifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ofelia Maniti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Claude Bernard Lyon 1, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5606,51 +5606,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733369v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Abawi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Thomann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Petiot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Lollo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2024.07.017" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926125v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna B&#233;rot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofelia Maniti" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d El Alaoui" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Granjon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meddy El Alaoui" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsptsci.4c00197" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329859v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics15122739" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859918v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Filali" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Darragi-Raies" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layth Ben-Trad" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Piednoir" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saw-See Hong" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232113201" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835328v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yubo Wang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Weremiejczyk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Strzelecka&#8208;kiliszek" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekeveliny Amabile Veschi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jex2.38" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859927v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Ionut Matei" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirela Maria Sava" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Duclos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms231911998" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939059v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Chieffo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Altamura" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layth Ben Trad" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pilet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202200513" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851780v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyi Wang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bompard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Andretto" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22084103" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451094v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bompard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Maniti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aboukhachfe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ausserre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girard-Egrot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.1c01184" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083631v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Rosso" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyre Brizuela" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;da Mebarek" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Blum" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c00262" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02841383v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chevalier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Troung" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bordes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2020.124614" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133472v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biotri.2019.100091" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02023385v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Almeida" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Di Pisa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Swiecicki" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Ayala-Sanmartin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0210985" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02116118v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Fiore" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Girard-Egrot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Monnard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Strazewski" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201710708" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547144v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Madanamoothoo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Berlioz-Barbier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s P Girard-Egrot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Buchet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7OB00708F" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-01739046v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zouaoui" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brizuela" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2017.09.003" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01791747v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Benarouche" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Habchi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cagna" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2017.10.010" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414394v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fran&#231;ois-Moutal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Lecompte" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vial" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lagarde" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/09687688.2015.1023376" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345708v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Rong Piao" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142690v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rebaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sarkis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Jia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Zhao" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955205v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2014.02.017" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8L3WZVDP-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987212v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Sarkis" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Rocha" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vie" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.14-250415" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917871v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Francois-Moutal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Marcillat" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Granjon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2012.08.023" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730777v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Khalifat" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kriti Goggia" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dalonneau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gu&#233;rin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2012.07.004" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067506v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ben-Aissa" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Patino-Lopez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. V. Belkina" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rosales" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.304881" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067512v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Gilde" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guillot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Mano" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Logeart-Avramoglou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm3010808" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688621v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Blanchard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Trugnan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Lamazi&#232;re" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2012.02.010" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZG2T03VF-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359763v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Blanchard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162735v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhedine Cheniour" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Lecompte" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marcillat" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599327v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cheniour" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F Lecompte" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Buchet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2011.01.005" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FZRPZRV6-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393477v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Alves" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0015819" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402116v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Wolf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lambert" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Chassaing" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2009.12.024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3MFWDTZP-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599396v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Lecompte" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599375v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Auchli" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dahinden" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0010935" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618692v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533075v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Carvalho" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Nicolas" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Arold" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi101141d" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180862v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vernoux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vial" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180856v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353100v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vernoux" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Besson" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940201v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Magne" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04428420v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926125v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna B&#233;rot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofelia Maniti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d El Alaoui" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Granjon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meddy El Alaoui" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsptsci.4c00197" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733369v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Abawi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Thomann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Petiot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Lollo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2024.07.017" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329859v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics15122739" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859918v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Filali" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Darragi-Raies" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layth Ben-Trad" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Piednoir" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saw-See Hong" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232113201" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835328v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yubo Wang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Weremiejczyk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Strzelecka&#8208;kiliszek" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekeveliny Amabile Veschi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jex2.38" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859927v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Ionut Matei" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirela Maria Sava" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Duclos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms231911998" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939059v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Chieffo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Altamura" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layth Ben Trad" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pilet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.202200513" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851780v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyi Wang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bompard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Andretto" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22084103" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451094v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bompard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Maniti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aboukhachfe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ausserre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girard-Egrot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.1c01184" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083631v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Rosso" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyre Brizuela" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;da Mebarek" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Blum" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c00262" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02841383v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chevalier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Troung" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bordes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2020.124614" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133472v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biotri.2019.100091" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02023385v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Almeida" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Di Pisa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Swiecicki" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Ayala-Sanmartin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0210985" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02116118v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Fiore" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Girard-Egrot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Monnard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Strazewski" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201710708" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547144v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Madanamoothoo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Berlioz-Barbier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s P Girard-Egrot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Buchet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7OB00708F" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-01739046v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Zouaoui" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trunfio-Sfarghiu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brizuela" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2017.09.003" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01791747v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Benarouche" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Habchi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cagna" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2017.10.010" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414394v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fran&#231;ois-Moutal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Lecompte" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vial" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lagarde" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/09687688.2015.1023376" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345708v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Rong Piao" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955205v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2014.02.017" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8L3WZVDP-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142690v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rebaud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sarkis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Jia" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Zhao" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987212v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Sarkis" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Rocha" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Jouhet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Vie" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.14-250415" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917871v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Francois-Moutal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Marcillat" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Granjon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2012.08.023" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730777v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Khalifat" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kriti Goggia" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dalonneau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gu&#233;rin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2012.07.004" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067512v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Gilde" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guillot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Mano" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Logeart-Avramoglou" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm3010808" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067506v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ben-Aissa" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Patino-Lopez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. V. Belkina" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rosales" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.304881" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359763v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Blanchard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Trugnan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Lamazi&#232;re" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocel.2012.02.010" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZG2T03VF-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688621v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Blanchard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599327v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cheniour" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F Lecompte" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Buchet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2011.01.005" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FZRPZRV6-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162735v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhedine Cheniour" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Lecompte" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marcillat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402116v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Wolf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lambert" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Chassaing" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2009.12.024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3MFWDTZP-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393477v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Alves" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0015819" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618692v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599396v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Lecompte" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599375v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Auchli" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dahinden" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0010935" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00533075v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Carvalho" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Nicolas" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Arold" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi101141d" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180862v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vernoux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vial" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180856v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353100v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vernoux" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Besson" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940201v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Magne" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04428420v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>