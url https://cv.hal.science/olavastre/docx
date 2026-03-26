--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -265,620 +265,620 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05311406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Redox Modification of a Ferrocenylimine Ligands for Iron III-CrCl2 Catalysis in Ethylene Polymerization</w:t>
+                <w:t xml:space="preserve">Advancing Industrial Imaging: Contactless THz Domain Spectroscopy for Topography and Chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Revault</w:t>
+                <w:t xml:space="preserve">Thomas Vullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Cabrol</w:t>
+                <w:t xml:space="preserve">Emilie Hérault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Lavastre</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maxime Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Rochefeuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Garet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Science and Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 13 (12), pp.370-373. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21275/SR241202193104⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 13 (11), pp.1581-1584. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21275/SR241119135215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04904204v1</w:t>
+                <w:t xml:space="preserve">hal-04904162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing Industrial Imaging: Contactless THz Domain Spectroscopy for Topography and Chemistry</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Redox Modification of a Ferrocenylimine Ligands for Iron III-CrCl2 Catalysis in Ethylene Polymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Hérault</w:t>
+                <w:t xml:space="preserve">Cyril Revault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Bernier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Edouard Rochefeuille</w:t>
+                <w:t xml:space="preserve">Audrey Cabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Garet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Lavastre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Science and Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 13 (11), pp.1581-1584. </w:t>
+              <w:t xml:space="preserve">, 2024, 13 (12), pp.370-373. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21275/SR241119135215⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21275/SR241202193104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04904162v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04904204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Affordable Blown MechanicalVentilation on CO2 and PM2, 5 to Improve AirQuality in Schools</w:t>
+                <w:t xml:space="preserve">Correction of THz Images for Trustful Identification of Library of Materials in Reflection Configuration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maela Adam</w:t>
+                <w:t xml:space="preserve">Li-Wei Hsu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Hérault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Garet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Science and Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 12 (6), </w:t>
+              <w:t xml:space="preserve">, 2023, 12 (9), pp.SR23704151849. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21275/SR23526122556⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21275/sr23704151849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04257447v1</w:t>
+                <w:t xml:space="preserve">hal-04257393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interest of a Network of Air Monitoring Micro -Stations to Visualize Air Quality at a RegionalLevel and at Discrete Locations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Impact of Affordable Blown MechanicalVentilation on CO2 and PM2, 5 to Improve AirQuality in Schools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maela Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Science and Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 12 (6), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21275/SR23526123640⟩</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21275/SR23526122556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04257430v1</w:t>
+                <w:t xml:space="preserve">hal-04257447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction of THz Images for Trustful Identification of Library of Materials in Reflection Configuration</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emilie Hérault</w:t>
+                <w:t xml:space="preserve">Interest of a Network of Air Monitoring Micro -Stations to Visualize Air Quality at a RegionalLevel and at Discrete Locations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maela Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Science and Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 12 (9), pp.SR23704151849. </w:t>
+              <w:t xml:space="preserve">, 2023, 12 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21275/sr23704151849⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21275/SR23526123640⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04257393v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04257430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Throughput Screening of the Alkoxide/Oxime-Based Library An Alternative to Organotin Compounds for the Alkoxysilane Condensation in Adhesives and Sealants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Fouquay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -994,51 +994,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Cornée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Tardivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdeltif Amrane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1098,51 +1098,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of new high-throughput screening method to compare and to detect efficient catalysts for adhesive materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Fouquay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1213,342 +1213,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01300878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new ligand for chromium-catalyzed polymerization of ethylene at room temperature. Crystal structures of the lignads and chromium complex</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">One step ecofriendly and metal-free introduction of N,N-Bisallyl Amino and N-substituted 2,5-dihydropyrrole moieties from primary amines containing molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Lansalot</w:t>
+                <w:t xml:space="preserve">Thomas Regnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Sirol.</w:t>
+                <w:t xml:space="preserve">Girard Lucie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Catalysis Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current microwave chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2 (2), pp.179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/2213335601666141201193252⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01164796v1</w:t>
+                <w:t xml:space="preserve">hal-01164800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acetyl-hydroxy-fulvene: A new ligand for chromium-catalyzed polymerization of ethylene at room temperature. Crystal structures of the ligands and chromium complex</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">A new ligand for chromium-catalyzed polymerization of ethylene at room temperature. Crystal structures of the lignads and chromium complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S Sirol</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Lansalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Sirol.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Catalysis Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 60, pp.46--49. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2015, 60, pp.46</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01300887v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01164796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One step ecofriendly and metal-free introduction of N,N-Bisallyl Amino and N-substituted 2,5-dihydropyrrole moieties from primary amines containing molecules</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Acetyl-hydroxy-fulvene: A new ligand for chromium-catalyzed polymerization of ethylene at room temperature. Crystal structures of the ligands and chromium complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lansalot-Matras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Girard Lucie</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Sirol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current microwave chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/2213335601666141201193252⟩</w:t>
+              <w:t xml:space="preserve">Catalysis Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 60, pp.46--49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.catcom.2014.11.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01164800v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01300887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical spectroscopy techniques can accurately distinguish benign and malignant renal tumours.</w:t>
               </w:r>
@@ -1586,51 +1586,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Rioux-Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Verhoest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BJU International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 111 (6), pp.865-71. </w:t>
@@ -1694,51 +1694,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Mignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Denoual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Floner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1850,51 +1850,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Poul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Floner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 36, pp.1828-1835. </w:t>
@@ -2091,51 +2091,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct Monitoring of the Role Played by a Stabilizer in a Solid Sample of Polymer Using Direct Analysis in Real Time Mass Spectrometry: The Case of Irgafos 168 in Polyethylene.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Fouyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Rondeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2182,51 +2182,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnoctic précoce du Cancer du Colon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lacombe Francois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2316,51 +2316,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Bensalah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Rioux-Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2570,51 +2570,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostic precoce du cancer du côlon. [Early diagnosis of human colorectal cancer.]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Senhadji</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2846,51 +2846,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fleureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Rioux-Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3069,944 +3069,944 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00589382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Encapsulation of Pd(OAc)2 catalyst in an ionic liquid phase confined in silica gels. Application to Heck–Mizoroki reaction</w:t>
+                <w:t xml:space="preserve">Stepwise functionalization of SiNx surfaces for covalent immobilization of antibodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Volland</w:t>
+                <w:t xml:space="preserve">Stéphanie Dauphas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Gruit</w:t>
+                <w:t xml:space="preserve">Soraya Ababou-Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Régnier</w:t>
+                <w:t xml:space="preserve">Aurélie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydie Viau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Lavastre</w:t>
+                <w:t xml:space="preserve">France Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tayeb Mohammed-Brahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Thin Solid Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 517, pp.6016-6022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00388590v1</w:t>
+                <w:t xml:space="preserve">hal-00411116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stepwise functionalization of SiNx surfaces for covalent immobilization of antibodies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Encapsulation of Pd(OAc)2 catalyst in an ionic liquid phase confined in silica gels. Application to Heck–Mizoroki reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Volland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Dauphas</w:t>
+                <w:t xml:space="preserve">Marina Gruit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soraya Ababou-Girard</w:t>
+                <w:t xml:space="preserve">Thomas Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Girard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tayeb Mohammed-Brahim</w:t>
+                <w:t xml:space="preserve">Lydie Viau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin Solid Films</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 33, pp.2015-2021. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b902909e⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00411116v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00388590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covalent immobilization of antibodies on electrochemically functionalized carbon surfaces</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis of alcoholic ZnO nanocolloids in the presence of piperidine organic base: Nucleation-Growth evidence of Zn5(OH)8Ac2.2H2O fine particles and ZnO nanocrystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Corlu</w:t>
+                <w:t xml:space="preserve">F. Grasset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christiane Guguen-Guillouzo</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christian Baudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Sasaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Haneda</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/B801743C⟩</w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 317 (2), pp.493-500. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2007.09.078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00673085v1</w:t>
+                <w:t xml:space="preserve">hal-00341801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covalent Immobilisation of Antibodies on Electrochemically Functionalized Carbon Surfaces</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">N-Tripodal Ligands to Generate Copper Catalysts for the Syndiotactic Polymerization of Methyl-Methacrylate. Crystal structures of copper complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lansalot-Matras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bonnette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Mignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 32, pp.1228-1234</w:t>
+              <w:t xml:space="preserve">Journal of Organometallic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 3, pp.393-398</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00341636v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00341791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N-Tripodal Ligands to Generate Copper Catalysts for the Syndiotactic Polymerization of Methyl-Methacrylate. Crystal structures of copper complexes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Localization and Quantitative Analysis of Antigen-Antibody Binding on 2D Substrate Using Imaging NanoSIMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Dauphas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Corlu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Guguen-Guillouzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organometallic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 3, pp.393-398</w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 80, pp.5958-5962</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00341791v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00341814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of alcoholic ZnO nanocolloids in the presence of piperidine organic base: Nucleation-Growth evidence of Zn5(OH)8Ac2.2H2O fine particles and ZnO nanocrystals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Covalent immobilization of antibodies on electrochemically functionalized carbon surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Dauphas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Grasset</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Anne Corlu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Guguen-Guillouzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soraya Ababou-Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 32 (7), pp.1228-1234. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/B801743C⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2007.09.078⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00341801v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00673085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localization and Quantitative Analysis of Antigen-Antibody Binding on 2D Substrate Using Imaging NanoSIMS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
+                <w:t xml:space="preserve">Covalent Immobilisation of Antibodies on Electrochemically Functionalized Carbon Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dauphas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Corlu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Guguen-Guillouzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ababou-Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christiane Guguen-Guillouzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 80, pp.5958-5962</w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 32, pp.1228-1234</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00341814v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00341636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solvent-free one-pot four-component synthesis of 2-aminomorpholines. Access to related diaminoalcohols</w:t>
               </w:r>
@@ -4018,51 +4018,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Regnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Berrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Carboni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4100,77 +4100,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solvent-Free One-Pot Four-Component Synthesis of Morpholine Derivatives. Access to Related Diaminoalcohols.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Berrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Carboni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4221,64 +4221,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ionic Liquid Supports Stable in Conditions of Peptide Couplings and Deprotection Reactions and For Traceless Suzuki Reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Mincheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bonnette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Collect. Czech. Chem. Commun</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 72, pp.417-434</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4297,299 +4297,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00341060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">General and environmentally friendly synthesis of heterocyclic multidentate molecules based on microwave-assisted heating protocol</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Functionalized Ionic Liquids as New Supports for Peptide, Traceless and Catalyzed Carbon-carbon Coupling Reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bonnette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Mincheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 62, pp.155-159</w:t>
+              <w:t xml:space="preserve">Combinatorial Chemistry and High Throughput Screening</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 9, pp.229-232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00322598v1</w:t>
+                <w:t xml:space="preserve">hal-00322607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the Bridging Arylethynyl Ligand in Bi- and Trinuclear Ruthenium and Iron Complexes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">General and environmentally friendly synthesis of heterocyclic multidentate molecules based on microwave-assisted heating protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Fiedler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organometallics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 25, pp.635-643</w:t>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 62, pp.155-159</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00337274v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00322598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functionalized Ionic Liquids as New Supports for Peptide, Traceless and Catalyzed Carbon-carbon Coupling Reactions</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Role of the Bridging Arylethynyl Ligand in Bi- and Trinuclear Ruthenium and Iron Complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Fiedler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combinatorial Chemistry and High Throughput Screening</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 9, pp.229-232</w:t>
+              <w:t xml:space="preserve">Organometallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 25, pp.635-643</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00322607v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00337274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Second-order non-linear optical response of metallo-organic compounds: towards switchable materials</w:t>
               </w:r>
@@ -4851,277 +4851,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05009242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New topologic and chemical imaging for industry, based on non contact THz time domain spectroscopy sensor</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">2024 -Antibes Juan-Les-Pins Résonateur en anneau pour la détermination de la glycémie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Édouard Rochefeuille</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Garet</w:t>
+                <w:t xml:space="preserve">Z Liermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Corrao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lacrevaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Lavastre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Rochefeuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5TH WORKSHOP OF IEEE SENSORS FRANCE CHAPTER</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Grenoble (FRANCE), France</w:t>
+              <w:t xml:space="preserve">23èmes Journées Nationales Microondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Antibes (06), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04682090v1</w:t>
+                <w:t xml:space="preserve">hal-04769781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2024 -Antibes Juan-Les-Pins Résonateur en anneau pour la détermination de la glycémie</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">O Lavastre</w:t>
+                <w:t xml:space="preserve">New topologic and chemical imaging for industry, based on non contact THz time domain spectroscopy sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Vullien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Hérault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Rochefeuille</w:t>
+                <w:t xml:space="preserve">Édouard Rochefeuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Garet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23èmes Journées Nationales Microondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Antibes (06), France</w:t>
+              <w:t xml:space="preserve">5TH WORKSHOP OF IEEE SENSORS FRANCE CHAPTER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Grenoble (FRANCE), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04769781v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04682090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La spectroscopique optique : une technique innovante pour caractériser l’agressivité des tumeurs de vessie</w:t>
               </w:r>
@@ -5280,64 +5280,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Dauphas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Corlu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'électrochimie 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2009, Sinaia, Roumanie</w:t>
@@ -5366,103 +5366,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise au point d'un biocapteur pour la détection de protéines : Fonctionnalisation et caractérisation d'une surface de nitrure de silicium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Dauphas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Geneste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2èmes Journées Nanosciences de Bretagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Nantes, France</w:t>
@@ -5517,432 +5517,432 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planar chromatography with an inverse gradient elution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Method for determining information about molecular weight of polymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Fouyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, Patent n° : WO2013/079617. 2014</w:t>
+              <w:t xml:space="preserve">France, Patent n° : WO2014/083035. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01164481v1</w:t>
+                <w:t xml:space="preserve">hal-01164479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Device and method for determining rheological properties of polymerisation product</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Planar chromatography with an inverse gradient elution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">France, Patent n° : WO2014/083039. 2014</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Fouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : WO2013/079617. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01164344v1</w:t>
+                <w:t xml:space="preserve">hal-01164481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved planar chromatography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Fouyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO 2013/079613. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01164482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Device and method for quantification of polymerization reaction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Device and method for determining rheological properties of polymerisation product</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Darsy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, Patent n° : WO2014/083037. 2014</w:t>
+              <w:t xml:space="preserve">France, Patent n° : WO2014/083039. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01164478v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01164344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Method for determining information about molecular weight of polymers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Device and method for quantification of polymerization reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">France, Patent n° : WO2014/083035. 2014</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Darsy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : WO2014/083037. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01164479v1</w:t>
+                <w:t xml:space="preserve">hal-01164478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuel cell with electrolytes circulating by percolation through electrodes with porous three-​dimensional structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Floner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5999,64 +5999,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benzyl-pyridinium and imidazolium ionic liquids salts for use in planar chromatography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Cabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO 2013/079616. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6074,51 +6074,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Process for manufacture of a metallized graphitic felt element with homogeneous bulk coating by a conducting organic polymer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Floner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6175,51 +6175,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymerization catalyst system based on oxime-ether ligands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sirol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6257,523 +6257,523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00342584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymerisation catalytic system based on hydroxy-carbonyl fulvene ligands</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Catalyst components based on ferricenium complexes used for olefin polymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Revault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Patent n° : Eur. Pat. Appl. n° 07290934.4. 2007</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sirol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patent n° : WO2007113169 Appl. EP20060290538. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00342573v1</w:t>
+                <w:t xml:space="preserve">hal-00343349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalyst components based on ferricenyl complexes used for olefin polymerization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Polymerisation catalytic system based on hydroxy-carbonyl fulvene ligands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lavastre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Revault</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">Patent n° : WO2007113168 App. EP20060290539. 2007</w:t>
+                <w:t xml:space="preserve">C. Lansalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Razavi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patent n° : Eur. Pat. Appl. n° 07290934.4. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00343350v1</w:t>
+                <w:t xml:space="preserve">hal-00342573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Procédé de fabrication d'un élément de feutre graphitique métallisé revêtu d'une façon homogène dans tout son volume d'un polymère organique conducteur</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Catalyst components based on ferricenyl complexes used for olefin polymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Revault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">N° de brevet: Fr. Pat. Appl. n° 07/02623. 2007</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sirol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patent n° : WO2007113168 App. EP20060290539. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00342577v1</w:t>
+                <w:t xml:space="preserve">hal-00343350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymerisation catalytic system based on carbonylamino fulvene ligands</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Procédé de fabrication d'un élément de feutre graphitique métallisé revêtu d'une façon homogène dans tout son volume d'un polymère organique conducteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Floner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">Patent n° : Eur. Pat. Appl. n° 07290931.0. 2007</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Geneste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N° de brevet: Fr. Pat. Appl. n° 07/02623. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00342570v1</w:t>
+                <w:t xml:space="preserve">hal-00342577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalyst components based on ferricenium complexes used for olefin polymerization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Polymerisation catalytic system based on carbonylamino fulvene ligands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lavastre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Revault</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Lavastre</w:t>
+                <w:t xml:space="preserve">C. Lansalot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Razavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sirol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Patent n° : WO2007113169 Appl. EP20060290538. 2007</w:t>
+              <w:t xml:space="preserve">Patent n° : Eur. Pat. Appl. n° 07290931.0. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00343349v1</w:t>
+                <w:t xml:space="preserve">hal-00342570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalyst Components Based on Ferricinium Complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Revault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Razavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6804,64 +6804,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalyst Components Based on Ferrocenyl Complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Revault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Razavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6892,51 +6892,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrochemical method and device for voltammetric analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lavastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Floner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7299,51 +7299,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311406v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Biard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Houzet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Rochefeuille" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lacrevaz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Artillan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21275/SR25825142614" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904204v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Revault" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Cabrol" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lavastre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21275/SR241202193104" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904162v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vullien" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie H&#233;rault" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bernier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Garet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21275/SR241119135215" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257447v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maela Adam" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21275/SR23526122556" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257430v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21275/SR23526123640" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257393v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Wei Hsu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21275/sr23704151849" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02050595v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Colin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fouquay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Simon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscombsci.8b00161" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-00840315v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayet Djelal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Corn&#233;e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Tardivel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeltif Amrane" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arabjc.2013.06.003" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01300878v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Colin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fouquay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Michaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Simon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2016.02.002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164796v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Lansalot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sirol." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01300887v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lansalot-Matras" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sirol" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2014.11.017" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164800v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Regnier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girard Lucie" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/2213335601666141201193252" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-RLPT8VBR-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00727758v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Couapel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Senhadji" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rioux-Leclercq" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Verhoest" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1464-410X.2012.11369.x" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844360v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mignard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Denoual" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Floner" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Geneste" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2012.10.015" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-00843848v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Marion" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidal Saleh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Poul" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2NJ40265C" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957399v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Tartivel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Tatin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Delhaye" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Maupas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Gendron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2012.04.058" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCTBR5PV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122014v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Fouyer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rondeau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac301759q" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164787v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacombe Francois" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907509v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fleureau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bensalah" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rolland" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2011.05.092" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842673v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zaarour" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. A. Qachachi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. M. Saleh" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Justaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2011.07.020" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9DNX5WCZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907632v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lacombe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2011.01.029" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HF5SMT1F-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957403v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Chun Chiang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Tzo Wei" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yin-Quan Chen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Wen Yen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Chiao Huang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.19.008847" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00496624v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eururo.2010.06.002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589382v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2010.03.006" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388590v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Volland" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gruit" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas R&#233;gnier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Viau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b902909e" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-8QNWPML9-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411116v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dauphas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Ababou-Girard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Girard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Le Bihan" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayeb Mohammed-Brahim" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673085v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Corlu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Guguen-Guillouzo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B801743C" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-B0SP2G1V-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341636v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dauphas" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ababou-Girard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341791v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnette" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mignard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341801v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grasset" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Baudet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sasaki" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Haneda" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2007.09.078" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CW1M6ZBQ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341814v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341063v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Regnier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berr&#233;e" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Carboni" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356438v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Berr&#233;e" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Carboni" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341060v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Mincheva" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322598v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R&#233;gnier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337274v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Klein" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fiedler" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322607v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550474v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Gaudry" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Capes" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Langot" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marcen" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kollmannsberger" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009242v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682090v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Rochefeuille" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04769781v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Liermann" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Corrao" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Lavastre" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Rochefeuille" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01228195v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fardoun" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Couapel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rioux-Leclercq" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Quemener" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2013.08.243" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668170v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Dauphas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439488v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164481v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164344v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Darsy" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164482v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164478v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164479v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116052v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Paris" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164477v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343345v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Floner" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Geneste" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342584v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boulanger" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sirol" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Razavi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342573v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lansalot" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343350v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Revault" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342577v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342570v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343349v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342533v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342527v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343342v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589385v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-Q. Chen" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-Y. Cheng" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-C. Chiang" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-T. Wei" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-C. Huang" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311406v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Biard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Houzet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Rochefeuille" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lacrevaz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Artillan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21275/SR25825142614" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904162v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vullien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie H&#233;rault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bernier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Garet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21275/SR241119135215" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904204v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Revault" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Cabrol" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lavastre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21275/SR241202193104" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257393v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Wei Hsu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21275/sr23704151849" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257447v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maela Adam" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21275/SR23526122556" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257430v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21275/SR23526123640" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02050595v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Colin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fouquay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Michaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Simon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscombsci.8b00161" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-00840315v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayet Djelal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Corn&#233;e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Tardivel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeltif Amrane" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arabjc.2013.06.003" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01300878v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Colin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fouquay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Michaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Simon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2016.02.002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164800v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Regnier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girard Lucie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/2213335601666141201193252" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-RLPT8VBR-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164796v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Lansalot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Sirol." TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01300887v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lansalot-Matras" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sirol" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2014.11.017" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00727758v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Couapel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Senhadji" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rioux-Leclercq" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Verhoest" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1464-410X.2012.11369.x" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844360v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mignard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Denoual" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Floner" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Geneste" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2012.10.015" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-00843848v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Marion" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidal Saleh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Poul" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2NJ40265C" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957399v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Tartivel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Tatin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Delhaye" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Maupas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Gendron" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2012.04.058" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCTBR5PV-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122014v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Fouyer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rondeau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac301759q" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164787v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacombe Francois" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907509v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fleureau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bensalah" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rolland" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2011.05.092" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842673v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zaarour" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. A. Qachachi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. M. Saleh" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Justaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinorgbio.2011.07.020" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9DNX5WCZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907632v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lacombe" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2011.01.029" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HF5SMT1F-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957403v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Chun Chiang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Tzo Wei" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yin-Quan Chen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Wen Yen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-Chiao Huang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.19.008847" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00496624v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eururo.2010.06.002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589382v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2010.03.006" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411116v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dauphas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Ababou-Girard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Girard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Le Bihan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayeb Mohammed-Brahim" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00388590v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Volland" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gruit" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas R&#233;gnier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Viau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b902909e" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-8QNWPML9-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341801v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grasset" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Baudet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sasaki" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Haneda" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2007.09.078" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CW1M6ZBQ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341791v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnette" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mignard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341814v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dauphas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Corlu" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Guguen-Guillouzo" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673085v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B801743C" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-B0SP2G1V-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341636v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ababou-Girard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341063v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Regnier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berr&#233;e" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Carboni" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356438v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Berr&#233;e" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Carboni" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341060v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Mincheva" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322607v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322598v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R&#233;gnier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00337274v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Klein" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fiedler" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01550474v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Gaudry" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Capes" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Langot" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marcen" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kollmannsberger" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009242v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04769781v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Liermann" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Corrao" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Lavastre" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Rochefeuille" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682090v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Rochefeuille" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01228195v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fardoun" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Couapel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rioux-Leclercq" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Quemener" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2013.08.243" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668170v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Dauphas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439488v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164479v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164481v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164482v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164344v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Darsy" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164478v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116052v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Paris" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164477v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343345v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Floner" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Geneste" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342584v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boulanger" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sirol" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Razavi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343349v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Revault" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342573v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lansalot" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343350v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342577v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342570v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342533v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342527v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00343342v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589385v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-Q. Chen" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-Y. Cheng" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-C. Chiang" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-T. Wei" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.-C. Huang" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>