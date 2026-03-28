--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -221,471 +221,471 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03964985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les aspects de droit international privé du devoir de diligence et de la responsabilité des entreprises : bilan d'étape</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+                <w:t xml:space="preserve">Droit des étrangers et de la nationalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Corneloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Jault-Seseke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Parrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 04, pp.185</w:t>
+              <w:t xml:space="preserve">, 2022, 05, pp.244</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03550920v1</w:t>
+                <w:t xml:space="preserve">halshs-03561740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tribunal compétent en matière d'action en restitution fondée sur l'enrichissement sans cause</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 03, pp.542</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03791767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Droit des étrangers et de la nationalité</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Karine Parrot</w:t>
+                <w:t xml:space="preserve">Les aspects de droit international privé du devoir de diligence et de la responsabilité des entreprises : bilan d'étape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 05, pp.244</w:t>
+              <w:t xml:space="preserve">, 2022, 04, pp.185</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03561740v1</w:t>
+                <w:t xml:space="preserve">halshs-03550920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'autorité des règles de conflit de lois. Réflexion sur l'incidence des considérations substantielles,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 04, pp.979</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03538016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La loi applicable aux « actions pour violations des droits de l'homme en matière commerciale »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 05, pp.252</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03134390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L'autorité des règles de conflit de lois. Réflexion sur l'incidence des considérations substantielles,</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La règle des codéfendeurs et l'action paulienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
-[...68 lines deleted...]
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 04, pp.772</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03114255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1401,51 +1401,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loi applicable à la prescription de l'action de l'acheteur dans la vente internationale de marchandises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 03, pp.404</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02238740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1591,51 +1591,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inefficacité de la possession d'état de Français frauduleuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 03, pp.501</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02238702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1660,51 +1660,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Précisions sur la contestation par le ministère public d'une déclaration de nationalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 02, pp.331</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02238691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1965,50 +1965,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02215601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Compétence européenne en matière délictuelle : localisation du préjudice financier subi par l'investisseur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 04, pp.921</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02238674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Droit des étrangers et de la nationalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2056,142 +2125,280 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 08, pp.450</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02214578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Compétence européenne en matière délictuelle : localisation du préjudice financier subi par l'investisseur</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compétence en matière de contrats conclus par les consommateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 04, pp.921</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 03, pp.630</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02238619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Détermination de la loi applicable en matière de rupture brutale des relations commerciales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 04, pp.823</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02238629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application de la loi française en cas de rupture brutale des relations commerciales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 04, pp.832</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02238630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droit des étrangers et de la nationalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2246,264 +2453,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 07, pp.445</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02214015v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">halshs-02238630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droit des étrangers et de la nationalité</w:t>
               </w:r>
@@ -2627,51 +2627,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la compétence du juge français pour connaître d'actes de contrefaçon commis à l'étranger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 04, pp.911</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02238529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3007,51 +3007,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la loi applicable à la responsabilité d'une agence de voyages pour un accident survenu à l'étranger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 03, pp.518</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02238396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3214,51 +3214,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la loi applicable à la responsabilité du banquier qui ne vérifie pas la régularité d'un chèque et garantit les endos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 04, pp.760</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02238331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3283,51 +3283,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accidents de la circulation : la loi de 1985 est exclue en cas d'accident à l'étranger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rev. crit. DIP. Revue Critique de Droit International Privé</w:t>
+              <w:t xml:space="preserve">Revue Critique de Droit International Privé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 03, pp.541</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02238120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4050,1152 +4050,1152 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Panorama droit de la nationalité et des étrangers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Corneloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Jault-Seseke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Parrot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022, pp.244</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04138074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notes sous CJUE 9 décembre 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022, pp.535</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04137991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Notes sous Cass. 1ère Civ. 9 mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, pp.552</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04138000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Cass. 1ère Civ, 26 mai 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, pp.1432</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04138008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panorama droit de la nationalité et des étrangers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Parrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Corneloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Jault-Seseke</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, pp.255</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04138085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous CA Paris 17 sept. 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, pp.47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04138027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’autorité des règles de conflit de lois. Réflexion sur l’incidence des considérations substantielles. Compte rendu de la thèse de Djoleen Moya</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, pp.549</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04138061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Cass. Com. 26 fév. 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, pp.772</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04138034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous CA Paris 7 janvier 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, pp.2327</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04138037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panorama droit de la nationalité et des étrangers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Corneloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Parrot</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2022, pp.244</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Jault-Seseke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, pp.347</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2022, pp.535</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04138092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Cass. 1ère Civ. 10 oct. 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, pp.40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2021, pp.1432</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04138041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panorama droit de la nationalité et des étrangers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Parrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Corneloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Jault-Seseke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, pp.313</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04138093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Cass. Soc. 14 sept. 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, pp.467</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04138042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panorama droit de la nationalité et des étrangers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Corneloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Jault-Seseke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Parrot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">2021, pp.255</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017, pp.261</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2021, pp.549</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04138102v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Note sous Cass. Com 2 nov. 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017, pp.404</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...573 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04138047v1</w:t>
-              </w:r>
-[...99 lines deleted...]
-                <w:t xml:space="preserve">hal-04138102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6011,234 +6011,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04137910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Changement climatique et droit international privé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Changement climatique : quel rôle pour le droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04137912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">French national report</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Punitive damages in European Private international law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Milan, Italie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04137913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'arbitrage international en matière environnementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les alternatives au juge en matière environnementale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04137911v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">halshs-04137912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Should favor arbitrandum in state courts be stimulated or limited?</w:t>
               </w:r>
@@ -6319,151 +6319,151 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Un update on PIL aspects of environmental damage and human rights violations in supply chains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivera Boskovic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04137964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Okpabi v. Royal Dutch Shell, a view from France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivera Boskovic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04137968v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-04137964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6723,51 +6723,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03964985v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivera Boskovic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Corneloup" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Jault-Seseke" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Joubert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Parrot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03550920v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03791767v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03561740v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03134390v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03538016v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03114255v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03134391v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02487744v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450062v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137904v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02240751v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216098v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216029v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238740v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01843901v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238702v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238691v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215388v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215383v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215601v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02214578v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238674v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02214015v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238619v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238629v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238630v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02213387v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238529v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212995v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237066v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212191v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238396v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02211433v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02210907v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238331v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238120v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138139v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138142v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138141v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138140v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138143v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138144v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138147v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138146v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138145v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138000v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138074v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137991v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138008v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138085v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138061v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138027v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138037v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138034v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138092v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138041v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138042v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138093v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138047v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138102v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137422v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Kleiner" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137900v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137906v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137905v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137901v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137902v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137903v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137907v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137908v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137909v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137910v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137911v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137913v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137912v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137914v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137968v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137964v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01561021v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03964985v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivera Boskovic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Corneloup" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Jault-Seseke" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Joubert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Parrot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03561740v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03791767v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03550920v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03538016v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03134390v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03114255v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03134391v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02487744v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450062v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137904v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02240751v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216098v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02216029v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238740v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01843901v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238702v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238691v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215388v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215383v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02215601v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238674v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02214578v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238619v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238629v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238630v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02214015v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02213387v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238529v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212995v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02237066v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02212191v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238396v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02211433v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02210907v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238331v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02238120v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138139v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138142v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138141v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138140v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138143v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138144v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138147v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138146v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04138145v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138074v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137991v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138000v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138008v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138085v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138027v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138061v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138034v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138037v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138092v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138041v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138093v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138042v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138102v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138047v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137422v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Kleiner" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137900v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137906v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137905v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137901v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137902v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137903v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137907v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137908v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137909v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137910v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137912v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137913v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137911v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04137914v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137964v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137968v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01561021v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>