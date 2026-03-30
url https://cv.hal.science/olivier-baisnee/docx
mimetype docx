--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -920,51 +920,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 115, pp.en ligne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02622237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1251,165 +1251,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02379831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un impossible journalisme européen</w:t>
+                <w:t xml:space="preserve">Une actualité 'invendable' : les rédactions françaises et britanniques face à l'actualité communautaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hermès, La Revue - Cognition, communication, politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 35, p.145-150</w:t>
+              <w:t xml:space="preserve">Cahiers Politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, p. 43-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00152119v1</w:t>
+                <w:t xml:space="preserve">halshs-00153507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une actualité 'invendable' : les rédactions françaises et britanniques face à l'actualité communautaire</w:t>
+                <w:t xml:space="preserve">Un impossible journalisme européen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers Politiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, p. 43-66</w:t>
+              <w:t xml:space="preserve">Hermès, La Revue - Cognition, communication, politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 35, p.145-150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00153507v1</w:t>
+                <w:t xml:space="preserve">halshs-00152119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'economie de l'information en continu. A propos des conditions de production dans les chaînes d'information en général et à euronews en particulier</w:t>
               </w:r>
@@ -2073,355 +2073,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05066155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ordinaire du politique dans les médias français. État des lieux de la place du politique dans le champ journalistique hors campagne électorale</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Permanences and Mutations in the French and German Media Systems during the COVID-19 pandemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Amiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Ballarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Baisnée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Berthaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Baisnée</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriac Gousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10e Congrès de l’Association française de sociologie.  Intersections, circulation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Colloque Médiatiser la Pandémie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Laval, Mar 2022, Montréal, Canada. pp.529-551, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3138/cjc-2022-0057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05066127v1</w:t>
+                <w:t xml:space="preserve">hal-03866533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ordinaire du politique dans les médias français. État des lieux de la place du politique dans le champ journalistique hors campagne électorale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Hubé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Amiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Ballarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Berthaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l’Association française de sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">10e Congrès de l’Association française de sociologie.  Intersections, circulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Congrès de l'Association française de sociologie. Réseau thématique "sociologie des médias", Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05005401v1</w:t>
+                <w:t xml:space="preserve">hal-05066127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permanences and Mutations in the French and German Media Systems during the COVID-19 pandemic</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’ordinaire du politique dans les médias français. État des lieux de la place du politique dans le champ journalistique hors campagne électorale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Médiatiser la Pandémie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Congrès de l’Association française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03866533v1</w:t>
+                <w:t xml:space="preserve">hal-05005401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saisir les logiques pratiques du travail journalistique par le jeu ? Retours sur la production d’un &amp;quot;jeu sociologique</w:t>
               </w:r>
@@ -3100,243 +3100,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05005386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Live-streaming as engagement in the Yellow Vests movement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">JRP France : a preliminary analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Baisnée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyriac Gousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Nollet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Parent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Understanding the French Yellow Vests Movement through the lens of mixed methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ANR Gilets Jaunes, Sep 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">The Journalistic Role Performance Project (JRP) – Methodology &amp; Early result</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison des Sciences de l’Homme – Dijon, Jun 2021, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05009303v1</w:t>
+                <w:t xml:space="preserve">hal-05005395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">JRP France : a preliminary analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Live-streaming as engagement in the Yellow Vests movement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriac Gousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cyriac Gousset</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizé Cavé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Nollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Parent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journalistic Role Performance Project (JRP) – Methodology &amp; Early result</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Maison des Sciences de l’Homme – Dijon, Jun 2021, Dijon, France</w:t>
+              <w:t xml:space="preserve">Understanding the French Yellow Vests Movement through the lens of mixed methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ANR Gilets Jaunes, Sep 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05005395v1</w:t>
+                <w:t xml:space="preserve">hal-05009303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’automédiatisation des Gilets jaunes : une critique en actes du travail journalistique ?</w:t>
               </w:r>
@@ -3920,204 +3920,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05066185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La médiatisation des « gilets jaunes » à Toulouse. Luttes des classes et de classements dans la presse locale</w:t>
+                <w:t xml:space="preserve">Under-explored case-studies and the role of theory in qualitative comparative journalism studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Nollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l’Association française de sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Public Engagement in Journalism Studies: The Role of Small N Comparative Scholarship</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Communication Association Conference, May 2019, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05006158v1</w:t>
+                <w:t xml:space="preserve">hal-05006147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Under-explored case-studies and the role of theory in qualitative comparative journalism studies</w:t>
+                <w:t xml:space="preserve">La médiatisation des « gilets jaunes » à Toulouse. Luttes des classes et de classements dans la presse locale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizé Cavé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyriac Gousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Nollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Public Engagement in Journalism Studies: The Role of Small N Comparative Scholarship</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Communication Association Conference, May 2019, Washington, United States</w:t>
+              <w:t xml:space="preserve">Congrès de l’Association française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05006147v1</w:t>
+                <w:t xml:space="preserve">hal-05006158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Between denial, testimony and riot porn : disclosing physical violence, disguising social violence in the media coverage of the yellow vests movement</w:t>
               </w:r>
@@ -4663,563 +4663,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04988290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ce que restituer veut dire.</w:t>
+                <w:t xml:space="preserve">Everybody wants them, but nobody knows how to make them work: journalistic deontology authorities and media accountability instruments in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Oeser</w:t>
+                <w:t xml:space="preserve">Ludivine Balland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Rouger</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sandra Vera Zambrano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Routledge. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">En immersion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, 2017</w:t>
+              <w:t xml:space="preserve">European Handbook of Media Accountability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9780367271756</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04044507v1</w:t>
+                <w:t xml:space="preserve">hal-03890728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volens nolens : produire des connaissances comparées sur le journalisme en contexte d’enquête internationale</w:t>
+                <w:t xml:space="preserve">Ce que restituer veut dire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Darras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Vera-Zambrano</w:t>
+                <w:t xml:space="preserve">Alexandra Oeser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Rouger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enquêter sur l’internationalisation des biens médiatiques et culturels</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">En immersion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04044483v1</w:t>
+                <w:t xml:space="preserve">hal-04044507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Security, Terror, and Freedom: The Dynamics of Public Opinion in the French Surveillance Debate</w:t>
+                <w:t xml:space="preserve">Volens nolens : produire des connaissances comparées sur le journalisme en contexte d’enquête internationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Nicolas</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Vera-Zambrano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journalism And The NSA Revelations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5040/9781350986954.ch-005⟩</w:t>
+              <w:t xml:space="preserve">Enquêter sur l’internationalisation des biens médiatiques et culturels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.51-73, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.144187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03826002v1</w:t>
+                <w:t xml:space="preserve">hal-04044483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Journalistic deontology authorities and media accountability instruments in France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Security, Terror, and Freedom: The Dynamics of Public Opinion in the French Surveillance Debate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sandra Vera Zambrano</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Handbook of Media Accountability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4324/9781315616353⟩</w:t>
+              <w:t xml:space="preserve">Journalism And The NSA Revelations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, I.B.Tauris, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5040/9781350986954.ch-005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05507351v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03826002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Everybody wants them, but nobody knows how to make them work: journalistic deontology authorities and media accountability instruments in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">« Journalistic deontology authorities and media accountability instruments in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Balland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Vera Zambrano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Handbook of Media Accountability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 9780367271756</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Routledge, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781315616353⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03890728v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05507351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Media and Accountability in France: Much ado about (almost) nothing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Balland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tobias Eberwein, Susanne Fengler, Epp Lauk &amp; Tanja Leppik-Bork. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mapping Media Accountability - in Europe and Beyond</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Herbert von Halem Verlag, 2011, 978-3-86962-038-1</w:t>
@@ -5248,51 +5248,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Media and Accountability in France: Much ado about (almost) nothing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Balland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5423,273 +5423,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00010031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La production de l'information ‘européenne'. Le cas de la chaîne paneuropéenne d'information Euronews</w:t>
+                <w:t xml:space="preserve">Le corps de presse accrédité auprès de l'Union européenne. Une comparaison franco-britannique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Marchetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">En quête d'Europe. Médias européens et médiatisation de l'Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, PUR, p. 27-52, 2004</w:t>
+              <w:t xml:space="preserve">, PUR, p. 153-175, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00178027v1</w:t>
+                <w:t xml:space="preserve">halshs-00178026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La production de l’information &amp;quot;européenne</w:t>
+                <w:t xml:space="preserve">La production de l'information ‘européenne'. Le cas de la chaîne paneuropéenne d'information Euronews</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Marchetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">En quête d'Europe. Médias européens et médiatisation de l'Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, , 2004, 9782753539426. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, PUR, p. 27-52, 2004</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01423455v1</w:t>
+                <w:t xml:space="preserve">halshs-00178027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le corps de presse accrédité auprès de l'Union européenne. Une comparaison franco-britannique</w:t>
+                <w:t xml:space="preserve">La production de l’information &amp;quot;européenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Baisnée</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Marchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">En quête d'Europe. Médias européens et médiatisation de l'Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, PUR, p. 153-175, 2004</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, , 2004, 9782753539426. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.15684⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00178026v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01423455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6156,51 +6156,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05520227v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aldrin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Baisn&#233;e" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/0947-9511-2025-2-237" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630959v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Gidon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriac Gousset" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Nollet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Parent" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.020.0071" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630964v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Amiel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Berthaut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hub&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cjc-2022-0057" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185724v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Smyrnaios" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02673231231189046" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044044v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pouzadoux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.075.0042" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044069v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233; Cav&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41253-022-00190-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044100v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25200/SLJ.v10.n1.2021.452" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622237v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nicolas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424845v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bory" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Crunel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.6356" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704860v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.166.0111" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02379831v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Marchetti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1466138106064588" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-SXP6ZT6C-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00152119v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00153507v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02379701v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.114.0181" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00152127v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00152116v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02379727v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.283" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066163v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ballarini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006141v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066155v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066127v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005401v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866533v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006180v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006176v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005406v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005391v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005379v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006159v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005386v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009303v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005395v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006166v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006193v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009301v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006183v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066185v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006158v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006147v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006151v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01515725v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Darras" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Frau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://triangle.ens-lyon.fr/spip.php?article6842" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717137v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lecavalierbleu.com/livre/idees-recues-gilets-jaunes/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044462v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988290v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Risto Kunelius" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Splendore" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044507v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Oeser" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rouger" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044483v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Vera-Zambrano" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.144187" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826002v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781350986954.ch-005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507351v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Balland" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Vera Zambrano" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315616353" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890728v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04276744v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507334v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010031v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Smith" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.cohe.2006.01.0335" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178027v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01423455v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.15684" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178026v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988282v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044372v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acrefore/9780190228613.013.906" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00665816v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05520227v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aldrin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Baisn&#233;e" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/0947-9511-2025-2-237" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630959v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Gidon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriac Gousset" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Nollet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Parent" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pdc.020.0071" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630964v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Amiel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Berthaut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hub&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cjc-2022-0057" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185724v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Smyrnaios" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02673231231189046" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044044v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pouzadoux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poeu.075.0042" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044069v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233; Cav&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/s41253-022-00190-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044100v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25200/SLJ.v10.n1.2021.452" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622237v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nicolas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424845v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bory" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Crunel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/travailemploi.6356" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704860v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.166.0111" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02379831v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Marchetti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1466138106064588" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/M70-SXP6ZT6C-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00153507v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00152119v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02379701v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.114.0181" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00152127v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00152116v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02379727v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.283" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066163v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ballarini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006141v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066155v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03866533v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066127v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005401v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006180v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006176v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005406v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005391v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005379v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006159v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005386v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005395v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009303v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006166v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006193v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009301v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006183v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05066185v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006147v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006158v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006151v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01515725v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Darras" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Frau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://triangle.ens-lyon.fr/spip.php?article6842" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717137v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lecavalierbleu.com/livre/idees-recues-gilets-jaunes/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044462v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988290v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Risto Kunelius" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Splendore" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890728v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Balland" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Vera Zambrano" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044507v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Oeser" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Rouger" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044483v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Vera-Zambrano" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.144187" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826002v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781350986954.ch-005" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507351v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315616353" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04276744v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507334v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00010031v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Smith" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.cohe.2006.01.0335" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178026v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00178027v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01423455v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.15684" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988282v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044372v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acrefore/9780190228613.013.906" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00665816v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>