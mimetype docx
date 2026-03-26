--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -364,598 +364,598 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04939276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of polymeric binders in anticorrosive coatings via FTIR spectroscopy</w:t>
+                <w:t xml:space="preserve">Study of Compounds Released from Experimental Dental Composite Formulated Through In Situ Sol‐Gel Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurine Andrieu</w:t>
+                <w:t xml:space="preserve">Rayenne Latoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edgar Espinosa-Rodriguez</w:t>
+                <w:t xml:space="preserve">Djallel Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manel Taam</w:t>
+                <w:t xml:space="preserve">Elodie Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Villard</w:t>
+                <w:t xml:space="preserve">Laurent Vanoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spectrochimica Acta Part A: Molecular and Biomolecular Spectroscopy [1994-..]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 343, pp.126493. </w:t>
+              <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 226 (20), pp.e00291. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.saa.2025.126493⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/macp.202500291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05448805v1</w:t>
+                <w:t xml:space="preserve">hal-05448782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of spray drying process conditions for producing insulin-loaded alginate/chitosan polyelectrolyte complexes</w:t>
+                <w:t xml:space="preserve">Crystal structure, thermal, rheological and mechanical properties of self-reinforced melt-spun high-and low-density polyethylene blends</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naima Faghmous</w:t>
+                <w:t xml:space="preserve">Mohamed Yousfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Djallel Bouzid</w:t>
+                <w:t xml:space="preserve">Isis Castro-Cabrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houssem Ammouchi</w:t>
+                <w:t xml:space="preserve">Aurélie Cayla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imad Alioua</w:t>
+                <w:t xml:space="preserve">Fabien Salaün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boubaker Boukellal</w:t>
+                <w:t xml:space="preserve">Paul Sotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drying Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 43 (4), pp.690-704. </w:t>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 339, pp.129123. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/07373937.2025.2450715⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2025.129123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05448827v1</w:t>
+                <w:t xml:space="preserve">hal-05273830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of Compounds Released from Experimental Dental Composite Formulated Through In Situ Sol‐Gel Process</w:t>
+                <w:t xml:space="preserve">Optimization of spray drying process conditions for producing insulin-loaded alginate/chitosan polyelectrolyte complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rayenne Latoui</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Naima Faghmous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djallel Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Fromentin</w:t>
+                <w:t xml:space="preserve">Houssem Ammouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Vanoye</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Imad Alioua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boubaker Boukellal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/macp.202500291⟩</w:t>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 43 (4), pp.690-704. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373937.2025.2450715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05448782v1</w:t>
+                <w:t xml:space="preserve">hal-05448827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal structure, thermal, rheological and mechanical properties of self-reinforced melt-spun high-and low-density polyethylene blends</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of polymeric binders in anticorrosive coatings via FTIR spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isis Castro-Cabrera</w:t>
+                <w:t xml:space="preserve">Laurine Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Cayla</w:t>
+                <w:t xml:space="preserve">Edgar Espinosa-Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Salaün</w:t>
+                <w:t xml:space="preserve">Manel Taam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Sotta</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maud Villard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 339, pp.129123. </w:t>
+              <w:t xml:space="preserve">Spectrochimica Acta Part A: Molecular and Biomolecular Spectroscopy [1994-..]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 343, pp.126493. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2025.129123⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.saa.2025.126493⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05273830v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05448805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical, Rheological, and Tribological Behavior of an In Situ Silica‐Reinforced Experimental Dental Composite: A Comparative Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayenne Latoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djallel Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youcef Mouadji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1162,90 +1162,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprehensive SEC and NMR Monitoring of Monomer Functionalization for Dental Composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayenne Latoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djallel Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Taam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edgar Espinosa-Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1426,64 +1426,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-situ sol-gel process for the formulation of Bis-GMA/TEGDMA/silica dental nanocomposite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayenne Latoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djallel Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Dugas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1556,64 +1556,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-situ sol-gel process for the formulation of Bis-GMA/TEGDMA/silica dental nanocomposite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayenne Latoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djallel Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Dugas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1954,64 +1954,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing photopolymerization and modeling kinetic degradation in dental composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayenne Latoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djallel Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed-Afif Belhani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2065,291 +2065,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of poly(methyl methacrylate)- b -polyethylene (PMMA- b -PE) block copolymers via conventional emulsion polymerization</w:t>
+                <w:t xml:space="preserve">Chemical Upcycling of Poly(bisphenol A carbonate) to Vinylene Carbonates through Organocatalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Sinniger</w:t>
+                <w:t xml:space="preserve">Killian Onida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Boyron</w:t>
+                <w:t xml:space="preserve">Mohamad Fayad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Norsic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Dugas</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Duguet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d3py00897e⟩</w:t>
+              <w:t xml:space="preserve">Green Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25 (11), pp.4282-4291. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d2gc04413g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04286118v1</w:t>
+                <w:t xml:space="preserve">hal-04960934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Upcycling of Poly(bisphenol A carbonate) to Vinylene Carbonates through Organocatalysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of poly(methyl methacrylate)- b -polyethylene (PMMA- b -PE) block copolymers via conventional emulsion polymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Sinniger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Killian Onida</w:t>
+                <w:t xml:space="preserve">P. Dugas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamad Fayad</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Olivier Boyron</w:t>
+                <w:t xml:space="preserve">G. Patias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Duguet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">D. Lester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Green Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 25 (11), pp.4282-4291. </w:t>
+              <w:t xml:space="preserve">Polymer Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (39), pp.4569-4579. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d2gc04413g⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d3py00897e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04960934v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyethylene and poly(ethylene- co -vinyl acetate) star polymers by iodine transfer polymerization</w:t>
               </w:r>
@@ -2459,248 +2459,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04286213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formulation and Characterization of Poly (Acrylic Acid)- Co-Chitosan Nanoparticles as pH-Thermo-Responsive System to Control Delivery</w:t>
+                <w:t xml:space="preserve">Determination of Short Chain Branching in LLDPE by Rheology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abir Derbali</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Djallel Bouzid</w:t>
+                <w:t xml:space="preserve">Gisèle Usanase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Fraisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Taam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Basic &amp; Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.29169/1927-5129.2022.18.09⟩</w:t>
+              <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.2200150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/macp.202200150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05448896v1</w:t>
+                <w:t xml:space="preserve">hal-03787362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of Short Chain Branching in LLDPE by Rheology</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Formulation and Characterization of Poly (Acrylic Acid)- Co-Chitosan Nanoparticles as pH-Thermo-Responsive System to Control Delivery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Fraisse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Manel Taam</w:t>
+                <w:t xml:space="preserve">Abir Derbali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djallel Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, pp.2200150. </w:t>
+              <w:t xml:space="preserve">Journal of Basic &amp; Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18, pp.72-86. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/macp.202200150⟩</w:t>
+                <w:t xml:space="preserve">⟨10.29169/1927-5129.2022.18.09⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03787362v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05448896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication of Oriented n‐Type Thermoelectric Polymers by Polarity Switching in a DPP‐Based Donor–Acceptor Copolymer Doped with FeCl 3</w:t>
               </w:r>
@@ -3216,429 +3216,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03375404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructure Characterization of Oceanic Polyethylene Debris</w:t>
+                <w:t xml:space="preserve">On the Impact of Linear Siloxanated Side-chains on the Molecular Self-Assembling and Charge Transport Properties of Conjugated Polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Rowenczyk</w:t>
+                <w:t xml:space="preserve">Narayanaswamy Kamatham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Dazzi</w:t>
+                <w:t xml:space="preserve">Olzhas A Ibraikulov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariane Deniset-Besseau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Dominique Goudounèche</w:t>
+                <w:t xml:space="preserve">Jing Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.est.9b07061⟩</w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.2007734. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202007734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02990067v1</w:t>
+                <w:t xml:space="preserve">hal-03006159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethylene Polymerization‐Induced Self‐Assembly (PISA) of Poly(ethylene oxide)‐block‐polyethylene Copolymers via RAFT</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microstructure Characterization of Oceanic Polyethylene Debris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Rowenczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Bergerbit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florian Baffie</w:t>
+                <w:t xml:space="preserve">Ariane Deniset-Besseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arne Wolpers</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Olivier Boyron</w:t>
+                <w:t xml:space="preserve">Victoria Beltran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Goudounèche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202001741⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 54 (7), pp.4102-4109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.9b07061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02972724v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02990067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Impact of Linear Siloxanated Side-chains on the Molecular Self-Assembling and Charge Transport Properties of Conjugated Polymers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ethylene Polymerization‐Induced Self‐Assembly (PISA) of Poly(ethylene oxide)‐block‐polyethylene Copolymers via RAFT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olzhas A Ibraikulov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pablo Durand</w:t>
+                <w:t xml:space="preserve">Cédric Bergerbit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Baffie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jing Wang</w:t>
+                <w:t xml:space="preserve">Arne Wolpers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Dugas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, pp.2007734. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (26), pp.10385-10390. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adfm.202007734⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.202001741⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03006159v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02972724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular-Scale Understanding of the Embrittlement in Polyethylene Ocean Debris</w:t>
               </w:r>
@@ -3752,274 +3752,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02990062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Advanced Technique for Linear Low‐Density Polyethylene Composition Determination: TGA–IST16–GC–MS Coupling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular Dynamics Simulation of Ethylene/Hexene Copolymer Adsorption onto Graphene: New Insight into Thermal Gradient Interaction Chromatography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Delauzun</w:t>
+                <w:t xml:space="preserve">Arnaud Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Boisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 220 (17), pp.1900162. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/macp.201900162⟩</w:t>
+              <w:t xml:space="preserve">, 2019, pp.1800496. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/macp.201800496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02349212v1</w:t>
+                <w:t xml:space="preserve">hal-02074198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Dynamics Simulation of Ethylene/Hexene Copolymer Adsorption onto Graphene: New Insight into Thermal Gradient Interaction Chromatography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Advanced Technique for Linear Low‐Density Polyethylene Composition Determination: TGA–IST16–GC–MS Coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Marre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Brunel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Boyron</w:t>
+                <w:t xml:space="preserve">Alain Delauzun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Clement</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
+                <w:t xml:space="preserve">Ronan Cozic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Boisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, pp.1800496. </w:t>
+              <w:t xml:space="preserve">, 2019, 220 (17), pp.1900162. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/macp.201800496⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/macp.201900162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02074198v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02349212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benzothiadiazole Halogenation Impact in Conjugated Polymers, a Comprehensive Study</w:t>
               </w:r>
@@ -4152,64 +4152,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical Composition of Hexene‐Based Linear Low‐Density Polyethylene by Infrared Spectroscopy and Chemometrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Taam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Boisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 220 (24), pp.1900376. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4377,6118 +4377,6118 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Face-on orientation of fluorinated polymers conveyed by long alkyl chains: a prerequisite for high photovoltaic performances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olzhas A Ibraikulov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olzhas A. Ibraikulov</w:t>
+                <w:t xml:space="preserve">Chheng Ngov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chheng Ngov</w:t>
+                <w:t xml:space="preserve">Patricia Chavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Chavez</w:t>
+                <w:t xml:space="preserve">Ibrahim Bulut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Heinrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">J. Mater. Chem. A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 6 (25), pp.12038-12045. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C8TA04127J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02069695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid Determination of the Chemical Composition of Ethylene/Butadiene Copolymers Using FTIR Spectroscopy and Chemometrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Macqueron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Taam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Macqueron</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Julien Thuilliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Boisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 219 (11), pp.1700609</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01874335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Light Induced Polyethylene Ligation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janin Tanja Offenloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Norsic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Janin Tanja Offenloch</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hatice Mutlu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Taam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 9 (26), pp.3633-3637. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c8py00717a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01874336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal Reduction of NO x with Recycled Plastics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibukun Oluwoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ibukun Oluwoye</w:t>
+                <w:t xml:space="preserve">Bogdan Dlugogorski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bogdan Dlugogorski</w:t>
+                <w:t xml:space="preserve">Jeff Gore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Vyazovkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 51 (13), pp.7714 - 7722. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.est.6b05560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01872941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">To what extent are microplastics from the open ocean weathered?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra ter Halle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra ter Halle</w:t>
+                <w:t xml:space="preserve">Lucie Ladirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Ladirat</w:t>
+                <w:t xml:space="preserve">Marion Martignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Françoise Mingotaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 227, pp.167 - 174. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.envpol.2017.04.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01872646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new straightforward method for measuring xylene soluble for high impact polypropylene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Boyron</w:t>
+                <w:t xml:space="preserve">Monitoring of Generation and Stability of Droplets in Miniemulsion Polymerizarion Using the Near-Infrared Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aarón Cancelas</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christophe Boisson</w:t>
+                <w:t xml:space="preserve">Monique Amaral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothy Mckenna</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Claudio Dariva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elton Franceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Chemical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cjce.22735⟩</w:t>
+              <w:t xml:space="preserve">Macromolecular Reaction Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mren.201700007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01872532v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01872953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring of Generation and Stability of Droplets in Miniemulsion Polymerizarion Using the Near-Infrared Spectroscopy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Monique Amaral</w:t>
+                <w:t xml:space="preserve">A new straightforward method for measuring xylene soluble for high impact polypropylene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudio Dariva</w:t>
+                <w:t xml:space="preserve">Aarón Cancelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Taam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elton Franceschi</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Timothy Mckenna</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Reaction Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mren.201700007⟩</w:t>
+              <w:t xml:space="preserve">Canadian Journal of Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95 (5), pp.939 - 943. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cjce.22735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01872953v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01872532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patchy Supramolecular Bottle‐Brushes Formed by Solution Self‐Assembly of Bis(urea)s and Tris(urea)s Decorated by Two Incompatible Polymer Arms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Catrouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Catrouillet</w:t>
+                <w:t xml:space="preserve">Laurent Bouteiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Bouteiller</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Boyron</w:t>
+                <w:t xml:space="preserve">Cédric Lorthioir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Nicol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 32 (35), pp.8900--8908. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.langmuir.6b01609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01696680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The relationship between the aging of polycarbonate characterized by SEC and the release of bisphenol A quantified by HPLC-UV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malika Benhamada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djallel Bouzid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Taam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Food Research and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 242 (2), pp.227-232. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00217-015-2534-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02069688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and emulsifier properties of a new bio-sourced surfactant based on isosorbide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maroua Ben Abdelkader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maroua Ben Abdelkader</w:t>
+                <w:t xml:space="preserve">Nedra Azizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nedra Azizi</w:t>
+                <w:t xml:space="preserve">Mejed Chemli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 492, pp.1-11. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2015.12.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2015.12.014⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01946911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal stability of imidazolium-based ionic liquids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">pH- and Thermoresponsive Self-Assembly of Cationic Triblock Copolymers with Controlled Dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Lauber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lea Chancelier</w:t>
+                <w:t xml:space="preserve">Julien Santarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Gutel</w:t>
+                <w:t xml:space="preserve">Christophe Chassenieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine C. Santini</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivier Colombani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fr.-Ukr. J. Chem.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 4 (1), pp.51-64. </w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 50 (1), pp.416 - 423. </w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17721/fujcV4I1P51-64⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.macromol.6b02201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02069690v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01872653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pH- and Thermoresponsive Self-Assembly of Cationic Triblock Copolymers with Controlled Dynamics</w:t>
+                <w:t xml:space="preserve">Thermal stability of imidazolium-based ionic liquids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Lauber</w:t>
+                <w:t xml:space="preserve">Lea Chancelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Santarelli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Boyron</w:t>
+                <w:t xml:space="preserve">Thibaut Gutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Chassenieux</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catherine C. Santini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.macromol.6b02201⟩</w:t>
+              <w:t xml:space="preserve">Fr.-Ukr. J. Chem.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (1), pp.51-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17721/fujcV4I1P51-64⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01872653v1</w:t>
+                <w:t xml:space="preserve">hal-02069690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimethyl-aluminium complexes bearing naphthyl-substituted pyridine-alkylamides as pro-initiators for the efficient ROP of ε-caprolactone</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of the Chemical Composition Distribution of Ethylene/1-Alkene Copolymers with HPLC and CRYSTAF—Comparison of Results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajesh Chitta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew P. Armitage</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Boyron</w:t>
+                <w:t xml:space="preserve">Tibor Macko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohan D. M. Champouret</w:t>
+                <w:t xml:space="preserve">Robert Brüll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehzabin Patel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kuldip Singh</w:t>
+                <w:t xml:space="preserve">Emilie Cossoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Catalysts</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 216 (7), pp.721--732</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02069687v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01874348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surfactants have multi-fold effects on skin barrier function</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mechanical properties and molecular structures of virgin and recycled HDPE polymers used in gravity sewer systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Alzerreca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Lemery</w:t>
+                <w:t xml:space="preserve">Dominique Orditz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Briançon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Annie Gohier</w:t>
+                <w:t xml:space="preserve">Guy Louarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/ejd.2015.2587⟩</w:t>
+              <w:t xml:space="preserve">Polymer Testing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 46, pp.1 - 8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2015.06.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01946912v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01725496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical properties and molecular structures of virgin and recycled HDPE polymers used in gravity sewer systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dimethyl-aluminium complexes bearing naphthyl-substituted pyridine-alkylamides as pro-initiators for the efficient ROP of ε-caprolactone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew P. Armitage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan D. M. Champouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Alzerreca</w:t>
+                <w:t xml:space="preserve">Mehzabin Patel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Paris</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Guy Louarn</w:t>
+                <w:t xml:space="preserve">Kuldip Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Testing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2015.06.012⟩</w:t>
+              <w:t xml:space="preserve">Catalysts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (3), pp.1425-1444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/catal5031425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01725496v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the Chemical Composition Distribution of Ethylene/1-Alkene Copolymers with HPLC and CRYSTAF—Comparison of Results</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Surfactants have multi-fold effects on skin barrier function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Lemery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Briançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rajesh Chitta</w:t>
+                <w:t xml:space="preserve">Thierry Oddos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tibor Macko</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Emilie Cossoul</w:t>
+                <w:t xml:space="preserve">Annie Gohier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Chemistry and Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.424-435. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ejd.2015.2587⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01874348v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01946912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The parameters influencing the morphology of poly(?-caprolactone) microspheres and the resulting release of encapsulated drugs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Bile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Bile</w:t>
+                <w:t xml:space="preserve">Marie-Alexandrine Bolzinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Alexandrine Bolzinger</w:t>
+                <w:t xml:space="preserve">Charlène Vigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Valour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 494 (1), pp.152-166. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2015.07.068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01946913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into the deactivation mechanism of supported tungsten hydride on alumina (W-H/Al2O3) catalyst for the direct conversion of ethylene to propylene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Mazoyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Mazoyer</w:t>
+                <w:t xml:space="preserve">Kai C. Szeto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kai C. Szeto</w:t>
+                <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Thivolle-Cazat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Catalysis A: Chemical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 385, pp.125-132. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.molcata.2014.01.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02069698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Temperature Rubbing: A Versatile Method to Align π-Conjugated Polymers without Alignment Substrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Biniek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Pouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Pouget</w:t>
+                <w:t xml:space="preserve">David Djurado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Djurado</w:t>
+                <w:t xml:space="preserve">Eric Gonthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kim Tremel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 47 (12), pp.3871-3879. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ma500762x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02023541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Well-Defined Silica-Supported Zirconium−Benzyl Cationic Species: Improved Heterogenization of Single-Site Polymerization Catalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Popoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Macqueron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Popoff</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoit Macqueron</w:t>
+                <w:t xml:space="preserve">Wissam Sayhoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wissam Sayhoun</w:t>
+                <w:t xml:space="preserve">Jeff Espinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 2014 (5), pp.888--895</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01874356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of ethylene/2-butene cross-metathesis over W-H/Al2O3 for propylene production: Effect of the temperature and reactant ratios on the productivity and deactivation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monitoring pine wood thermolysis under hydrogen atmosphere by in situ and ex situ techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Al Maksoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai C. Szeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Basset</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Kai C. Szeto</w:t>
+                <w:t xml:space="preserve">Anne Roubaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcat.2013.01.016⟩</w:t>
+              <w:t xml:space="preserve">Journal of Analytical and Applied Pyrolysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 100, pp.81-87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaap.2012.11.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02069697v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poly(vinylidene chloride)-Based Amphiphilic Block Copolymers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study of ethylene/2-butene cross-metathesis over W-H/Al2O3 for propylene production: Effect of the temperature and reactant ratios on the productivity and deactivation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Taoufik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Velasquez</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Olivier Boyron</w:t>
+                <w:t xml:space="preserve">Christopher P. Nicholas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Mazoyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai C. Szeto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ma302339x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 301, pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcat.2013.01.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01877406v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring pine wood thermolysis under hydrogen atmosphere by in situ and ex situ techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cherif Larabi</w:t>
+                <w:t xml:space="preserve">Poly(vinylidene chloride)-Based Amphiphilic Block Copolymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Velasquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Pembouong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walid Al Maksoud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kai C. Szeto</w:t>
+                <w:t xml:space="preserve">Jutta Rieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Stoffelbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Roubaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Analytical and Applied Pyrolysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 100, pp.81-87. </w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46 (3), pp.664-673. </w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jaap.2012.11.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/ma302339x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02069696v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01877406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenolate substituent effects on ring-opening polymerization of ε-caprolactone by aluminum complexes bearing 2-(phenyl-2-olate)-6-(1-amidoalkyl)pyridine pincers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafaa Alkarekshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew P. Armitage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wafaa Alkarekshi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Olivier Boyron</w:t>
+                <w:t xml:space="preserve">Christopher J. Davies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matifadza Govere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organometallics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 32 (1), pp.249-259. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/om301057d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02069686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the pH on the RAFT Polymerization of Acrylic Acid in Water. Application to the Synthesis of Poly(acrylic acid)-Stabilized Polystyrene Particles by RAFT Emulsion Polymerization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Chaduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Chaduc</w:t>
+                <w:t xml:space="preserve">Agnès Crépet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Crépet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Boyron</w:t>
+                <w:t xml:space="preserve">Bernadette Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck d'Agosto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 46 (15), pp.6013-6023. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ma401070k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00868190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Borate and MAO free activating supports for metallocene complexes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floran Prades</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floran Prades</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Broyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Broyer</w:t>
+                <w:t xml:space="preserve">Islem Belaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Miserque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 3 (10), pp.2288--2293</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01874365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Small Changes Have Consequences: Lessons from Tetrabenzyltitanium and -zirconium Surface Organometallic Chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Popoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeff Espinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeff Espinas</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jérémie Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Macqueron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Szeto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 19 (3), pp.964-973. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201202737⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/chem.201202737⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02043430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyethylene end functionalization using thia-Michael addition chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Mazzolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Monteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Mazzolini</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Franck D’agosto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 3 (9), pp.2383--2392. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C2PY20199B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01460415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3,6-Dialkylthieno[3,2-b]thiophene moiety as a soluble and electron donating unit preserving the coplanarity of photovoltaic low band gap copolymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Biniek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christos L. Chochos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christos L. Chochos</w:t>
+                <w:t xml:space="preserve">Nicolas Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sadiara Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Polymer Science Part A: Polymer Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 50 (9), pp.1861-1868. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pola.25961⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pola.25961⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02342513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward Better Understanding of the Parameters that Lead to the Formation of Nonspherical Polystyrene Particles via RAFT-Mediated One-Pot Aqueous Emulsion Polymerization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenjing Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck d'Agosto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Charleux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 45 (10), pp.4075-4084. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ma300596f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01877407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transforming Frozen Self-Assemblies of Amphiphilic Block Copolymers Into Dynamic pH-Sensitive Micelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Dutertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chassenieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Colombani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 33 (9), pp.753-759. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/marc.201200078⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/marc.201200078⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02069692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emulsions stabilized with organic solid particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faiza Laredj-Bourezg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Alexandrine Bolzinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 413, pp.252--259</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02044599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitroxide-Mediated Controlled/Living Radical Copolymerization of Methyl Methacrylate with a Low Amount of Styrene in Ionic Liquid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Segolene Brusseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segolene Brusseau</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christopher Schikaneder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Santini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Charleux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 44 (2), pp.215-220. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ma102321z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02069689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyethylene End Functionalization Using Radical-Mediated Thiol−Ene Chemistry: Use of Polyethylenes Containing Alkene End Functionality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Mazzolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gigmes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 44 (9), pp.3381--3387. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ma200342y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01460317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multivariable control of the polymer molecular weight in emulsion polymerization processes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nida Sheibat-Othman</w:t>
+                <w:t xml:space="preserve">A new solvent-free reaction for the preparation of alkoxysilane from cyclic ethers, alcohols or carbonyl compounds.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leyla Pehlivan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sami Othman</w:t>
+                <w:t xml:space="preserve">Estelle Métay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mazen Alamir</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patrice Demonchaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Mignani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Process Control</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 24, pp.4687-4692</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00584426v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01168541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One-Pot Synthesis of Poly(methacrylic acid-co-poly(ethylene oxide) methyl ether methacrylate)-b-polystyrene Amphiphilic Block Copolymers and Their Self-Assemblies in Water via RAFT-Mediated Radical Emulsion Polymerization. A Kinetic Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenjing Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck d'Agosto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Charleux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 44 (19), pp.7584-7593. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/ma201515n⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01877417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new solvent-free reaction for the preparation of alkoxysilane from cyclic ethers, alcohols or carbonyl compounds.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multivariable control of the polymer molecular weight in emulsion polymerization processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nida Sheibat-Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leyla Pehlivan</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mazen Alamir</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Process Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21 (6), pp.861-873. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jprocont.2011.03.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01168541v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00584426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shifting From Ziegler-Natta to Philips-Type Catalyst? A Simple and Safe Access to Reduced Titanium Systems for Ethylene Polymerization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Popoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeff Espinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Goure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId357" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 32 (23), pp.1921-1924. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/marc.201100477⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/marc.201100477⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02069699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Titanacalixarenes in hommogeneous catalysis : synthesis, conformation and catalytic activity in ethylene polymerisation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jeff Espinas</w:t>
+                <w:t xml:space="preserve">Microencapsulation of cytarabine using poly(ethylene glycol)-poly(ϵ-caprolactone) diblock copolymers as surfactant agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roudayna Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulrich Darbost</w:t>
+                <w:t xml:space="preserve">Misara Hamoudeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremie Pelletier</w:t>
+                <w:t xml:space="preserve">Abdelhamid Elaissari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Jeanneau</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hatem Fessi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.200901185⟩</w:t>
+              <w:t xml:space="preserve">Drug Dev. Ind. Pharm.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 36 (4), pp.456-469. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3109/03639040903261989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01162664v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microencapsulation of cytarabine using poly(ethylene glycol)-poly(ϵ-caprolactone) diblock copolymers as surfactant agents</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Titanacalixarenes in hommogeneous catalysis : synthesis, conformation and catalytic activity in ethylene polymerisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeff Espinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Darbost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremie Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roudayna Diab</w:t>
+                <w:t xml:space="preserve">Erwan Jeanneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Misara Hamoudeh</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christian Duchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drug Dev. Ind. Pharm.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3109/03639040903261989⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2010 (9), pp.1349-1359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.200901185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02069691v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01162664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiol-End-Functionalized Polyethylenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Mazzolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilham Mokthari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilham Mokthari</w:t>
+                <w:t xml:space="preserve">Rémi Briquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Delolme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 43 (18), pp.7495--7503</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01874385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microencapsulation of cytarabine using poly(ethylene glycol)\textendashpoly(\varepsilon-caprolactone) diblock copolymers as surfactant agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roudayna Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Misara Hamoudeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Elaissari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hatem Fessi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Drug Development and Industrial Pharmacy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 36 (4), pp.456-469</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02013675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heteronuclear NMR Correlations To Probe the Local Structure of Catalytically Active Surface Aluminum Hydride Species on γ-Alumina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Mazoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Trébosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Trébosc</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 49 (51), pp.9854 - 9858. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201004310⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.201004310⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01702446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlled Release Carriers of Growth Factors FGF-2 and TGF 1: Synthesis, Characterization and Kinetic Modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nader Kalaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nader Kalaji</w:t>
+                <w:t xml:space="preserve">Alexander Deloge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nida Sheibat-Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imad About</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biomedical Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 6 (2), pp.106-116. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1166/jbn.2010.1102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03552182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlled Release Carriers of Growth Factors FGF-2 and TGF&amp;lt;I&amp;gt;β&amp;lt;/I&amp;gt;1: Synthesis, Characterization and Kinetic Modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nader Kalaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nader Kalaji</w:t>
+                <w:t xml:space="preserve">Alexander Deloge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nida Sheibat -Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imad About</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biomedical Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 6 (2), pp.106--116. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1166/jbn.2010.1102⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId388" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02001500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyethylene building blocks by catalyzed chain growth and efficient end functionalization strategies, including click chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Briquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Mazzolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristana Le Bris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId392" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernande Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 47 (48), pp.9311-9313</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01874394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10498,154 +10498,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homogeneous Copolymers of Ethylene with α-olefins Synthesized with Metallocene Catalysts and Their Use as Standards for TREF Calibration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Cossoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Baverel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Baverel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Elsa Martigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tibor Macko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecular Symposia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Unknown, Unknown Region. pp.42--52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01874364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10655,114 +10655,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of polyethylenes : from thermal fractionation techniques to spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Polymers. Université de Lyon, 2021. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021LYSE1090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03647604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId399"/>
+      <w:footerReference w:type="default" r:id="rId398"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10909,51 +10909,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-05409629v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Auchere" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Berlioz-Barbier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Le Masle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boyron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Chaumonnot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2025.466337" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939276v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ferchichi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nida Sheibat&#8208;othman" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Norsic" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Rey&#8208;bayle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202400748" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448805v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Andrieu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Espinosa-Rodriguez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Taam" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Villard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.saa.2025.126493" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448827v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Faghmous" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djallel Bouzid" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Ammouchi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Alioua" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubaker Boukellal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2025.2450715" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448782v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayenne Latoui" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fromentin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vanoye" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.202500291" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273830v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yousfi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Castro-Cabrera" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cayla" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Sala&#252;n" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sotta" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2025.129123" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448772v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Mouadji" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Montarnal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.57769" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227230v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Collas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Rey-Bayle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Monteil" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.202500088" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448795v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202500217" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069943v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Jismy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Durand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine P Jacob" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Richard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202500243" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448843v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Dugas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Espinosa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2024.127731" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879887v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Espinosa Rodriguez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735129v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiyan Zeng" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Heinrich" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4MH00492B" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664681v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nida Sheibat-Othman" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bonnin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4AY00667D" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448862v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Afif Belhani" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10965-024-04116-y" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286118v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sinniger" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boyron" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dugas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Patias" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lester" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3py00897e" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960934v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Onida" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Fayad" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duguet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2gc04413g" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286213v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Baffie" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lansalot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck D'Agosto" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3py00849e" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448896v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Derbali" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29169/1927-5129.2022.18.09" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787362v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Usanase" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fraisse" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.202200150" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03192473v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Mohammed" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Untilova" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Berton" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202000880" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03142669v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Subervie" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Canterel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.0c01692" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972752v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Delorme" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Dufils" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Wilson" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0py01266a" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375404v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Larabi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoussain Khrouz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Chung Szeto" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.organomet.0c00650" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990067v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rowenczyk" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dazzi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Deniset-Besseau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Beltran" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Goudoun&#232;che" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.9b07061" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972724v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bergerbit" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Wolpers" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202001741" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006159v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narayanaswamy Kamatham" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olzhas A Ibraikulov" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Wang" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202007734" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990062v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Garvey" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Imp&#233;ror-Clerc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Rouzi&#232;re" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Gouadec" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.0c02095" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349212v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Marre" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delauzun" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Cozic" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boisson" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.201900162" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074198v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brunel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Clement" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.201800496" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000130v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Olla" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olzhas Ibraikulov" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ferry" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;ry" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.9b01760" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002057v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.201900376" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194242v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishnu Vijayakumar" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Zaborova" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Biniek" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Herrmann" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b17594" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069695v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olzhas A. Ibraikulov" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chheng Ngov" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Chavez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Bulut" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Heinrich" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8TA04127J" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874335v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Macqueron" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Thuilliez" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874336v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janin Tanja Offenloch" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatice Mutlu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8py00717a" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872941v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibukun Oluwoye" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Dlugogorski" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Gore" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Vyazovkin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b05560" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872646v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra ter Halle" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ladirat" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Martignac" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Mingotaud" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2017.04.051" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872532v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aar&#243;n Cancelas" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Mckenna" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.22735" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872953v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Santos" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Amaral" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Dariva" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elton Franceschi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Santos" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mren.201700007" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696680v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Catrouillet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouteiller" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lorthioir" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Nicol" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.6b01609" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069688v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Benhamada" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-015-2534-7" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946911v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Ben Abdelkader" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedra Azizi" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mejed Chemli" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chevalier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2015.12.014" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8NVQ1SHK-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069690v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Chancelier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Gutel" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Santini" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17721/fujcV4I1P51-64" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872653v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lauber" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Santarelli" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chassenieux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colombani" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.6b02201" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069687v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew P. Armitage" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan D. M. Champouret" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehzabin Patel" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuldip Singh" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal5031425" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946912v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lemery" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brian&#231;on" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Oddos" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gohier" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2015.2587" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725496v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Alzerreca" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Paris" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Orditz" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Louarn" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2015.06.012" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874348v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajesh Chitta" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibor Macko" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Br&#252;ll" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cossoul" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946913v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bile" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandrine Bolzinger" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Vigne" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Valour" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.07.068" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069698v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mazoyer" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai C. Szeto" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Merle" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thivolle-Cazat" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcata.2014.01.025" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023541v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pouget" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Djurado" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gonthier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Tremel" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma500762x" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874356v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Popoff" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Sayhoun" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Espinas" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pelletier" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069697v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Basset" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Taoufik" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher P. Nicholas" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2013.01.016" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5ZTJH3ZN-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877406v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Velasquez" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Pembouong" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Rieger" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Stoffelbach" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma302339x" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069696v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Al Maksoud" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Roubaud" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaap.2012.11.022" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1BP7JWV8-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069686v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafaa Alkarekshi" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J. Davies" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matifadza Govere" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om301057d" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868190v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chaduc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Cr&#233;pet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charleux" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck d'Agosto" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma401070k" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874365v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floran Prades" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Broyer" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islem Belaid" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Miserque" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043430v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Macqueron" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Szeto" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201202737" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8L69N9XX-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01460415v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mazzolini" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck D&#8217;agosto" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2PY20199B" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342513v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos L. Chochos" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leclerc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadiara Fall" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.25961" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9MMF5LL7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877407v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjing Zhang" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma300596f" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069692v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dutertre" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201200078" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2KWTNHJD-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044599v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiza Laredj-Bourezg" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069689v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Brusseau" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Schikaneder" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma102321z" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460317v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gigmes" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bertin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma200342y" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584426v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Othman" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazen Alamir" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2011.03.010" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WPV1S2QD-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877417v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma201515n" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168541v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyla Pehlivan" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle M&#233;tay" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Demonchaux" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mignani" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069699v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Goure" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Roux" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201100477" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WC8LCMQ6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162664v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Darbost" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Pelletier" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Jeanneau" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Duchamp" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.200901185" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RNGHXLRV-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069691v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roudayna Diab" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misara Hamoudeh" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Elaissari" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Fessi" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/03639040903261989" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874385v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Mokthari" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Briquel" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delolme" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013675v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702446v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tr&#233;bosc" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baudouin" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201004310" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0BDA04890EF23529B776F3F045E27F81EBBEC83C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552182v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Kalaji" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Deloge" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad About" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jbn.2010.1102" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001500v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nida Sheibat -Othman" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874394v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristana Le Bris" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernande Boisson" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874364v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Baverel" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Martigny" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03647604v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LYSE1090" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-05409629v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Auchere" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Berlioz-Barbier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Le Masle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boyron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Chaumonnot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2025.466337" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939276v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ferchichi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nida Sheibat&#8208;othman" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Norsic" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Rey&#8208;bayle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202400748" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448782v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayenne Latoui" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djallel Bouzid" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fromentin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vanoye" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.202500291" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273830v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yousfi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Castro-Cabrera" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cayla" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Sala&#252;n" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sotta" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2025.129123" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448827v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Faghmous" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Ammouchi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Alioua" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubaker Boukellal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373937.2025.2450715" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448805v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Andrieu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Espinosa-Rodriguez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Taam" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Villard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.saa.2025.126493" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448772v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Mouadji" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Montarnal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.57769" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227230v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Collas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Rey-Bayle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Monteil" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.202500088" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448795v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202500217" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069943v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badr Jismy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Durand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmine P Jacob" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Richard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202500243" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448843v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Dugas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Espinosa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2024.127731" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879887v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Espinosa Rodriguez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735129v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huiyan Zeng" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Heinrich" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4MH00492B" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664681v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nida Sheibat-Othman" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bonnin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4AY00667D" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448862v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed-Afif Belhani" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10965-024-04116-y" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960934v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Onida" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Fayad" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duguet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2gc04413g" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286118v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sinniger" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boyron" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dugas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Patias" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lester" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3py00897e" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286213v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Baffie" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lansalot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck D'Agosto" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3py00849e" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787362v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Usanase" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fraisse" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.202200150" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448896v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Derbali" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29169/1927-5129.2022.18.09" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03192473v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Mohammed" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Untilova" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Berton" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aelm.202000880" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03142669v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Subervie" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Canterel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.0c01692" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972752v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Delorme" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Dufils" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Wilson" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0py01266a" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375404v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Larabi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoussain Khrouz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Chung Szeto" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.organomet.0c00650" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006159v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narayanaswamy Kamatham" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olzhas A Ibraikulov" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Wang" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202007734" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990067v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rowenczyk" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dazzi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Deniset-Besseau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Beltran" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Goudoun&#232;che" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.9b07061" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972724v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bergerbit" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Wolpers" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202001741" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990062v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Garvey" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Imp&#233;ror-Clerc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Rouzi&#232;re" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Gouadec" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.0c02095" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074198v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brunel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Clement" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boisson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.201800496" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349212v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Marre" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delauzun" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Cozic" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.201900162" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000130v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Olla" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olzhas Ibraikulov" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ferry" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;ry" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.9b01760" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002057v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/macp.201900376" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194242v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishnu Vijayakumar" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Zaborova" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Biniek" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Herrmann" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.8b17594" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069695v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chheng Ngov" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Chavez" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Bulut" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Heinrich" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8TA04127J" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874335v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Macqueron" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Thuilliez" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874336v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janin Tanja Offenloch" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatice Mutlu" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8py00717a" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872941v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibukun Oluwoye" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Dlugogorski" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Gore" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Vyazovkin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b05560" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872646v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra ter Halle" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ladirat" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Martignac" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Mingotaud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2017.04.051" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872953v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Santos" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Amaral" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Dariva" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elton Franceschi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Santos" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mren.201700007" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872532v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aar&#243;n Cancelas" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Mckenna" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.22735" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696680v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Catrouillet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouteiller" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lorthioir" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Nicol" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.6b01609" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069688v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Benhamada" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-015-2534-7" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946911v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Ben Abdelkader" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedra Azizi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mejed Chemli" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Chevalier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2015.12.014" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8NVQ1SHK-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872653v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lauber" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Santarelli" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chassenieux" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colombani" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.6b02201" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069690v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Chancelier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Gutel" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Santini" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17721/fujcV4I1P51-64" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874348v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajesh Chitta" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibor Macko" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Br&#252;ll" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cossoul" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725496v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Alzerreca" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Paris" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Orditz" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Louarn" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2015.06.012" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069687v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew P. Armitage" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan D. M. Champouret" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehzabin Patel" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuldip Singh" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal5031425" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946912v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lemery" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brian&#231;on" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Oddos" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gohier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2015.2587" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946913v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bile" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandrine Bolzinger" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Vigne" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Valour" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2015.07.068" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069698v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mazoyer" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai C. Szeto" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Merle" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thivolle-Cazat" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcata.2014.01.025" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023541v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pouget" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Djurado" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gonthier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Tremel" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma500762x" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874356v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Popoff" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Sayhoun" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Espinas" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pelletier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069696v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Al Maksoud" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Roubaud" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaap.2012.11.022" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1BP7JWV8-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069697v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Basset" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Taoufik" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher P. Nicholas" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2013.01.016" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5ZTJH3ZN-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877406v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Velasquez" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Pembouong" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Rieger" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Stoffelbach" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma302339x" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069686v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafaa Alkarekshi" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J. Davies" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matifadza Govere" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om301057d" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868190v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chaduc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Cr&#233;pet" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Charleux" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck d'Agosto" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma401070k" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874365v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floran Prades" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Broyer" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islem Belaid" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Miserque" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043430v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Macqueron" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Szeto" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201202737" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8L69N9XX-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01460415v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mazzolini" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck D&#8217;agosto" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2PY20199B" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342513v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos L. Chochos" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leclerc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadiara Fall" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.25961" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-9MMF5LL7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877407v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjing Zhang" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma300596f" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069692v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dutertre" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201200078" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2KWTNHJD-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044599v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiza Laredj-Bourezg" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069689v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segolene Brusseau" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Schikaneder" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma102321z" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460317v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gigmes" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bertin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma200342y" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168541v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyla Pehlivan" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle M&#233;tay" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Demonchaux" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mignani" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01877417v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma201515n" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584426v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Othman" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazen Alamir" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2011.03.010" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WPV1S2QD-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069699v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Goure" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Roux" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201100477" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WC8LCMQ6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069691v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roudayna Diab" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misara Hamoudeh" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Elaissari" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Fessi" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/03639040903261989" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162664v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Darbost" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Pelletier" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Jeanneau" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Duchamp" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.200901185" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RNGHXLRV-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874385v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Mokthari" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Briquel" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Delolme" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013675v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702446v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tr&#233;bosc" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baudouin" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201004310" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0BDA04890EF23529B776F3F045E27F81EBBEC83C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552182v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nader Kalaji" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Deloge" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad About" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jbn.2010.1102" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001500v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nida Sheibat -Othman" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874394v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristana Le Bris" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernande Boisson" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874364v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Baverel" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Martigny" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03647604v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LYSE1090" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>